--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -4,76 +4,120 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="24955923" w14:textId="77777777" w:rsidR="00D833FF" w:rsidRPr="00793C7E" w:rsidRDefault="00D833FF" w:rsidP="00D833FF">
+    <w:p w14:paraId="24955923" w14:textId="77777777" w:rsidR="00D833FF" w:rsidRDefault="00D833FF" w:rsidP="00D833FF">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="414B3A66" w14:textId="4EA400EB" w:rsidR="00B4789F" w:rsidRDefault="00B4789F" w:rsidP="00D833FF">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4789F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00B4789F">
+          <w:t>https://doi.org/10.23913/pag.v9i18.897</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="288472A8" w14:textId="77777777" w:rsidR="00B4789F" w:rsidRPr="00793C7E" w:rsidRDefault="00B4789F" w:rsidP="00D833FF">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="5742E010" w14:textId="105433A0" w:rsidR="00517A83" w:rsidRDefault="008F5CBA" w:rsidP="00D833FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D833FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Calidad en el servicio en una empresa hotelera en Cancún, México</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="094D4C0F" w14:textId="77777777" w:rsidR="00D833FF" w:rsidRPr="00D833FF" w:rsidRDefault="00D833FF" w:rsidP="00D833FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
@@ -191,74 +235,183 @@
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CF11C00" w14:textId="6B52A3B8" w:rsidR="00D833FF" w:rsidRDefault="00D833FF" w:rsidP="00D833FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D833FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Qualidade de serviço em uma empresa hoteleira em Cancun, México</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t>Qualidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D833FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D833FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>serviço</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D833FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D833FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D833FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> empresa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D833FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>hoteleira</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D833FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D833FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Cancun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D833FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, México</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5FBE95" w14:textId="77777777" w:rsidR="00793C7E" w:rsidRPr="00D833FF" w:rsidRDefault="00793C7E" w:rsidP="00D833FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AEEE21D" w14:textId="65B991A9" w:rsidR="008E666E" w:rsidRPr="00C56A19" w:rsidRDefault="008E666E" w:rsidP="0098046E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56A19">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Luis Alberto Cárdenas León</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="653B2D09" w14:textId="4C100219" w:rsidR="00793C7E" w:rsidRPr="00793C7E" w:rsidRDefault="00793C7E" w:rsidP="0098046E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -783,50 +936,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00B06EA9" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lementos </w:t>
       </w:r>
       <w:r w:rsidR="00896EB4" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tangibles, </w:t>
       </w:r>
       <w:r w:rsidR="00B06EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00B06EA9" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iabilidad</w:t>
       </w:r>
       <w:r w:rsidR="00896EB4" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B06EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00B06EA9" w:rsidRPr="002E62AC">
         <w:rPr>
@@ -997,51 +1151,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B06EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00B06EA9" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">apacidad </w:t>
       </w:r>
       <w:r w:rsidR="007B0CD8" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">de respuesta y </w:t>
       </w:r>
       <w:r w:rsidR="00B06EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00B06EA9" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">onfianza </w:t>
       </w:r>
       <w:r w:rsidR="00B06EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">fueron </w:t>
       </w:r>
       <w:r w:rsidR="007B0CD8" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>las mejor evaluadas</w:t>
       </w:r>
       <w:r w:rsidR="001269B0" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> por los clientes</w:t>
@@ -1175,51 +1328,69 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54EF12B2" w14:textId="749CBC33" w:rsidR="002337AB" w:rsidRDefault="00FC7BB4" w:rsidP="002E62AC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC7BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">Currently, quality is a guarantee that tourists seek in the services they receive. Therefore, hotels must pay attention to more and better strategies and thus improve service through quality and the search for competitiveness. The three-star hotel located in the city of Cancun, Quintana Roo, which was the object of analysis for this study, did not know the satisfaction of its clients and the perception of the quality of its service. Knowing this, the objective of this work was to determine the perception of its clients in terms of five dimensions of service quality: Tangible elements, Reliability, Response capacity, Trust and Empathy, in order to identify areas of opportunity for the hotel. The results showed that the quality of the service is at </w:t>
+        <w:t xml:space="preserve">Currently, quality is a guarantee that tourists seek in the services they receive. Therefore, hotels must pay attention to more and better strategies and thus improve service through quality and the search for competitiveness. The three-star hotel located in the city of Cancun, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC7BB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Quintana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC7BB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Roo, which was the object of analysis for this study, did not know the satisfaction of its clients and the perception of the quality of its service. Knowing this, the objective of this work was to determine the perception of its clients in terms of five dimensions of service quality: Tangible elements, Reliability, Response capacity, Trust and Empathy, in order to identify areas of opportunity for the hotel. The results showed that the quality of the service is at </w:t>
       </w:r>
       <w:r w:rsidR="00454FAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC7BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> good level. The dimensions of Reliability, Responsiveness and Trust were the best evaluated by the clients; the Empathy dimension shows a polarization regarding the perception of the service, and the Tangible </w:t>
       </w:r>
       <w:r w:rsidR="007604C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
@@ -1318,168 +1489,1660 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF595E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14B182BD" w14:textId="77777777" w:rsidR="00C56A19" w:rsidRPr="00657F25" w:rsidRDefault="00C56A19" w:rsidP="00C56A19">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00657F25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Atualmente, a qualidade é uma garantia que os turistas buscam nos serviços que recebem. Por isso, os hotéis devem estar atentos a mais e melhores estratégias e, assim, aprimorar o serviço por meio da qualidade e da busca pela competitividade. O hotel de três estrelas localizado na cidade de Cancun, Quintana Roo, que foi objeto de análise para este estudo, não conhecia a satisfação de seus clientes e a percepção da qualidade de seu serviço. Assim, o objetivo deste trabalho foi determinar a perceção dos seus clientes em termos de cinco dimensões da qualidade de serviço: Elementos tangíveis, Fiabilidade, Capacidade </w:t>
-      </w:r>
+        <w:t>Atualmente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00657F25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>qualidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> é </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>garantia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que os turistas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>buscam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>serviços</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>recebem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>isso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, os </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hotéis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>devem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estar atentos a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>melhores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>estratégias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>assim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aprimorar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>serviço</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>meio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>qualidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e da busca pela </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>competitividade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. O hotel de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>três</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>estrelas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> localizado </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cancun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Quintana Roo, que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>foi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> objeto de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>análise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para este </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>estudo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>de resposta, Confiança e Empatia, de forma a identificar áreas de oportunidade para o hotel. Os resultados mostraram que a qualidade do serviço está no nível bom. As dimensões Confiabilidade, Responsividade e Confiança foram as mais bem avaliadas pelos clientes; a dimensão Empatia mostra uma polarização quanto à percepção do serviço, e a dimensão Elementos Tangíveis encontra-se no nível regular. Espera-se que com os resultados obtidos seja possível trabalhar estratégias adequadas para atingir os níveis de qualidade exigidos para os hotéis da sua categoria.</w:t>
+        <w:t>não</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conhecia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satisfação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>seus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clientes e a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>percepção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>qualidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>seu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>serviço</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Assim, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> objetivo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>deste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trabalho</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>foi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> determinar a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>perceção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>seus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clientes em termos de cinco </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dimensões</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>qualidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>serviço</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Elementos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tangíveis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fiabilidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Capacidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>resposta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Confiança</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Empatia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, de forma a identificar áreas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oportunidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para o hotel. Os resultados </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mostraram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>qualidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>serviço</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> está no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nível</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. As </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dimensões</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Confiabilidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Responsividade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Confiança</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>foram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avaliadas pelos clientes; a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dimensão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Empatia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mostra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>polarização</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>quanto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>percepção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>serviço</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, e a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dimensão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Elementos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tangíveis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>encontra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-se no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nível</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regular. Espera-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> os resultados </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obtidos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>seja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>possível</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trabalhar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>estratégias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adequadas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para atingir os </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>níveis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>qualidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exigidos para os </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hotéis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>categoria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2687F5AA" w14:textId="0AB2069D" w:rsidR="00C56A19" w:rsidRDefault="00C56A19" w:rsidP="00C56A19">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00657F25">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Palavras-chave:</w:t>
-      </w:r>
+        <w:t>Palavras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00657F25">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> qualidade de serviço, competitividade, satisfação do cliente.</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-chave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>qualidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>serviço</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>competitividade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satisfação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00657F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do cliente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="463D3D48" w14:textId="77777777" w:rsidR="00657F25" w:rsidRPr="00DA1643" w:rsidRDefault="00657F25" w:rsidP="00657F25">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Abril 2021</w:t>
+        <w:t>Abril</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Enero 2022</w:t>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3664C67A" w14:textId="77777777" w:rsidR="00657F25" w:rsidRPr="005838B7" w:rsidRDefault="00000000" w:rsidP="00657F25">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="4E841E99">
           <v:rect id="_x0000_i1025" alt="" style="width:388pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hrpct="878" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="214470C0" w14:textId="79C77854" w:rsidR="008E666E" w:rsidRPr="002E62AC" w:rsidRDefault="008E666E" w:rsidP="00657F25">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1603,62 +3266,64 @@
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Aguiló </w:t>
       </w:r>
       <w:r w:rsidR="00456C62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E328E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">1996, </w:t>
       </w:r>
       <w:r w:rsidR="00456C62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">citado en </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Santom</w:t>
       </w:r>
       <w:r w:rsidR="007F7AD1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> y Costa</w:t>
       </w:r>
       <w:r w:rsidR="00456C62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2007) menciona que “</w:t>
       </w:r>
       <w:r w:rsidR="00456C62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00456C62" w:rsidRPr="002E62AC">
@@ -1753,62 +3418,64 @@
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> la obtención de elementos de diferenciación”</w:t>
       </w:r>
       <w:r w:rsidR="00BE0C05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00E72585" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>López y Serrano</w:t>
       </w:r>
       <w:r w:rsidR="00E72585">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2001, citados en </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E72585" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Santom</w:t>
       </w:r>
       <w:r w:rsidR="00E72585">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E72585" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> y Costa</w:t>
       </w:r>
       <w:r w:rsidR="00E72585">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E72585" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2007</w:t>
       </w:r>
       <w:r w:rsidR="00E72585">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E72585" w:rsidRPr="002E62AC">
@@ -1928,84 +3595,98 @@
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidR="00217907" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">el tercer grupo </w:t>
       </w:r>
       <w:r w:rsidR="00CB01D6" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>indaga sobre la</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> medición de la calidad de servicio en hotelería. Los investigadores de este tercer grupo miden los atributos de la calidad del servicio desde el punto de vista de los aspectos tangibles del establecimiento, los relacionados con la fiabilidad y los relacionados con el desempeño de los empleados</w:t>
+        <w:t xml:space="preserve"> medición de la calidad de servicio en hotelería. Los investigadores de este tercer grupo miden los atributos de la calidad del servicio desde el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>punto de vista de los aspectos tangibles del establecimiento, los relacionados con la fiabilidad y los relacionados con el desempeño de los empleados</w:t>
       </w:r>
       <w:r w:rsidR="00CB01D6" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Santom</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB01D6" w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Santom</w:t>
       </w:r>
       <w:r w:rsidR="007F7AD1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CB01D6" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> y Costa, 2007).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35BFA3CB" w14:textId="2C5754B0" w:rsidR="00136852" w:rsidRPr="002E62AC" w:rsidRDefault="00136852" w:rsidP="00F52E28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Angamarca, Díaz y Martínez (2019)</w:t>
       </w:r>
       <w:r w:rsidR="00DC43D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> después de revisar </w:t>
       </w:r>
       <w:r w:rsidR="008B707E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>una v</w:t>
       </w:r>
       <w:r w:rsidR="008B707E" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">asta </w:t>
@@ -2558,94 +4239,108 @@
       <w:r w:rsidR="00F04D00" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001350CD" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>niveles: la empresa, la industria, la región y el país.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53657B4E" w14:textId="66AF5866" w:rsidR="004441F4" w:rsidRDefault="00136852" w:rsidP="002337AB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">De acuerdo con Demuner (citado en </w:t>
+        <w:t xml:space="preserve">De acuerdo con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Demuner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (citado en </w:t>
       </w:r>
       <w:r w:rsidR="006D6BD2" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Millán y Gómez, 2018)</w:t>
       </w:r>
       <w:r w:rsidR="00550039" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la competitividad es “la capacidad que una empresa u organización de cualquier tipo desarrolla, para mantener sistemáticamente ventajas competitivas que le permitan disfrutar y sostener en el tiempo una posición destacada en el entorno socioeconómico” (p.</w:t>
+        <w:t xml:space="preserve"> la competitividad es “la capacidad que una empresa u organización de cualquier tipo desarrolla, para mantener </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>sistemáticamente ventajas competitivas que le permitan disfrutar y sostener en el tiempo una posición destacada en el entorno socioeconómico” (p.</w:t>
       </w:r>
       <w:r w:rsidR="009B7742">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">5). Para la </w:t>
       </w:r>
       <w:r w:rsidR="005A096D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Organización </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Mundial </w:t>
+        <w:t xml:space="preserve">Organización Mundial </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>de Turismo (</w:t>
       </w:r>
       <w:r w:rsidR="005A096D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2003</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="004441F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -3438,98 +5133,104 @@
         </w:rPr>
         <w:t xml:space="preserve"> la satisfacción de sus clientes y </w:t>
       </w:r>
       <w:r w:rsidR="00A91C55" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>percepción de la</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> calidad </w:t>
       </w:r>
       <w:r w:rsidR="00A91C55" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>de su</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> servicio. Se espera que con los resultados obtenidos del presente trabajo se pueda trabajar en estrategias adecuadas para alcanzar los niveles de calidad exigidos para </w:t>
+        <w:t xml:space="preserve"> servicio. Se espera que con los resultados </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">obtenidos del presente trabajo se pueda trabajar en estrategias adecuadas para alcanzar los niveles de calidad exigidos para </w:t>
       </w:r>
       <w:r w:rsidR="00E57647">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>un hotel</w:t>
       </w:r>
       <w:r w:rsidR="00E57647" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>de su categoría</w:t>
       </w:r>
       <w:r w:rsidR="003B40FE" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24099803" w14:textId="1F52EEA6" w:rsidR="008E666E" w:rsidRPr="002E62AC" w:rsidRDefault="008E666E" w:rsidP="00547ED3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Metodología</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E4A9DE1" w14:textId="62B2836E" w:rsidR="003D7C9D" w:rsidRPr="002E62AC" w:rsidRDefault="002337AB" w:rsidP="00F52E28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C82004" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El presente estudio se trata de una investigación cuantitativa, descriptiva, no experimental y transversal (Hernández, Fernández y Baptista,</w:t>
       </w:r>
       <w:r w:rsidR="001B3C28">
@@ -3903,51 +5604,67 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>H0. Más de 50 % de los huéspedes del hotel consideran buena o excelente la calidad en el servicio en el aspecto de la empatía.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01655FE9" w14:textId="6E29E4E0" w:rsidR="00C95B85" w:rsidRDefault="002337AB" w:rsidP="002337AB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C95B85" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se decidió utilizar como base el instrumento Servperf propuesto por Cronin y Taylor en 1992 pero adaptado por Palacios </w:t>
+        <w:t xml:space="preserve">Se decidió utilizar como base el instrumento </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C95B85" w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Servperf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C95B85" w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> propuesto por Cronin y Taylor en 1992 pero adaptado por Palacios </w:t>
       </w:r>
       <w:r w:rsidR="00896EB4" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00C95B85" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2014</w:t>
       </w:r>
       <w:r w:rsidR="00896EB4" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00C95B85" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4123,51 +5840,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5557A757" w14:textId="615451F4" w:rsidR="00E80DC5" w:rsidRPr="002E62AC" w:rsidRDefault="00E80DC5" w:rsidP="00F52E28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk85363183"/>
       <w:r w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla</w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk71721573"/>
       <w:r w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>. Alfa de Cronbach</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
@@ -5503,73 +7219,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>% de nivel de confianza y un error de 5</w:t>
       </w:r>
       <w:r w:rsidR="00B90ECC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>%. La hipótesis planteada en este trabajo de investigación es que existe una calidad en el servicio buena o excelente en el hotel</w:t>
+        <w:t xml:space="preserve">%. La hipótesis planteada en este trabajo de investigación es </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>que existe una calidad en el servicio buena o excelente en el hotel</w:t>
       </w:r>
       <w:r w:rsidR="00B90ECC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> por lo que se debe </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">cumplir con la hipótesis nula que necesita </w:t>
+        <w:t xml:space="preserve"> por lo que se debe cumplir con la hipótesis nula que necesita </w:t>
       </w:r>
       <w:r w:rsidR="00B90ECC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>un puntaje mínimo de 75 por cuestionario</w:t>
       </w:r>
       <w:r w:rsidR="00B90ECC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5882,250 +7598,340 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Máxima</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0692F74F" w14:textId="37029955" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim inf</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>inf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F265223" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim sup</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C29EAA6" w14:textId="79C11277" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim inf</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>inf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="663" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F1BA54A" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim sup</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="757" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22A0F08F" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim inf</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>inf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13396E47" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim sup</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D48427B" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim inf</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>inf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="782B345C" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim sup</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C8498CC" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim inf</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>inf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75E688D2" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim sup</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00976F3F" w:rsidRPr="00547ED3" w14:paraId="084CF432" w14:textId="77777777" w:rsidTr="00547ED3">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1057" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50B0F13F" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6552,57 +8358,59 @@
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dimensión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="845" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="216D1BAD" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Items</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="71CB8799" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Puntuación</w:t>
             </w:r>
           </w:p>
@@ -6759,338 +8567,432 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="461E9461" w14:textId="5D6A00BC" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00D13EC6" w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>í</w:t>
             </w:r>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E2F2AE7" w14:textId="46AB02B1" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00D13EC6" w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>á</w:t>
             </w:r>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="128D9558" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim inf</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>inf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CA71800" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim sup</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11509956" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim inf</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>inf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C1729D8" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim sup</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FAD26BF" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim inf</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>inf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30B46114" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim sup</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12FD0121" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim inf</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>inf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F20FFB2" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim sup</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FFE05AF" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim inf</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>inf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F2D095A" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lim sup</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00976F3F" w:rsidRPr="00547ED3" w14:paraId="2399ABAC" w14:textId="77777777" w:rsidTr="00F52E28">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F661232" w14:textId="77777777" w:rsidR="00C54507" w:rsidRPr="00547ED3" w:rsidRDefault="00C54507" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
@@ -8836,51 +10738,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C46D85D" w14:textId="77777777" w:rsidR="00D846F4" w:rsidRPr="002E62AC" w:rsidRDefault="00D846F4" w:rsidP="002337AB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A6DADFB" w14:textId="02E9E18D" w:rsidR="004C4DBE" w:rsidRPr="002E62AC" w:rsidRDefault="004C4DBE" w:rsidP="002337AB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 4</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. Puntaje total de la calidad en el servicio datos agrupados</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B1594A" w:rsidRPr="00547ED3" w14:paraId="42D0CBC6" w14:textId="77777777" w:rsidTr="00B1594A">
         <w:trPr>
@@ -9790,51 +11691,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="518D200D" wp14:editId="6DC174C8">
             <wp:extent cx="4048760" cy="2571750"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:docPr id="7" name="Imagen 7" descr="Gráfico, Gráfico circular&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Imagen 7" descr="Gráfico, Gráfico circular&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="9738" b="5445"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4072619" cy="2586905"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
@@ -10241,97 +12142,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F6705D9" w14:textId="17601154" w:rsidR="00C272F6" w:rsidRPr="002E62AC" w:rsidRDefault="00C272F6" w:rsidP="00F52E28">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 2</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Niveles de calidad en el servicio por dimensión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1329E100" w14:textId="2D45B2B8" w:rsidR="00D11C49" w:rsidRPr="002E62AC" w:rsidRDefault="008E435C" w:rsidP="00F52E28">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65E5FD35" wp14:editId="6BFDAF21">
             <wp:extent cx="4002398" cy="2228850"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Imagen 8" descr="Gráfico, Gráfico de barras&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Imagen 8" descr="Gráfico, Gráfico de barras&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="8274" b="7532"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4036619" cy="2247907"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
@@ -11109,56 +13009,65 @@
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B1594A" w:rsidRPr="00547ED3" w14:paraId="15C2DFEA" w14:textId="77777777" w:rsidTr="00CF595E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B22604A" w14:textId="77777777" w:rsidR="00B1594A" w:rsidRPr="00547ED3" w:rsidRDefault="00B1594A" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Total de encuestas</w:t>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de encuestas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40D4BDFD" w14:textId="77777777" w:rsidR="00B1594A" w:rsidRPr="00547ED3" w:rsidRDefault="00B1594A" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>146</w:t>
             </w:r>
           </w:p>
@@ -11693,90 +13602,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>embargo, para probar las hipótesis propuestas de forma estadística, se utiliz</w:t>
       </w:r>
       <w:r w:rsidR="00D820C4" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> el procedimiento de contrastes para la proporción poblacional para encontrar el valor </w:t>
+        <w:t xml:space="preserve"> el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">procedimiento de contrastes para la proporción poblacional para encontrar el valor </w:t>
       </w:r>
       <w:r w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> y compararlo con el valor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E644A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sigma</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E644A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> cuyo valor es de -1.645</w:t>
       </w:r>
       <w:r w:rsidR="00276B96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -12400,56 +14311,65 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00976F3F" w:rsidRPr="00547ED3" w14:paraId="487BF173" w14:textId="77777777" w:rsidTr="00F52E28">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E8E6F1E" w14:textId="0121D293" w:rsidR="0088373E" w:rsidRPr="00547ED3" w:rsidRDefault="0088373E" w:rsidP="002337AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Total encuestas</w:t>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00547ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> encuestas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0949963D" w14:textId="77777777" w:rsidR="0088373E" w:rsidRPr="00547ED3" w:rsidRDefault="0088373E" w:rsidP="00F52E28">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00547ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>146</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -14479,90 +16399,91 @@
     </w:p>
     <w:p w14:paraId="6C411027" w14:textId="77777777" w:rsidR="00E644A5" w:rsidRPr="002E62AC" w:rsidRDefault="00E644A5" w:rsidP="00F52E28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65DD18A5" w14:textId="59656435" w:rsidR="00164D7F" w:rsidRPr="002E62AC" w:rsidRDefault="00164D7F" w:rsidP="00F52E28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Condición de rechazo </w:t>
       </w:r>
       <w:r w:rsidR="00985175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00985175" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt; </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E644A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00E644A5" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sigma</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E644A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5.13 &lt; -1.645</w:t>
       </w:r>
       <w:r w:rsidR="00E644A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -14841,64 +16762,66 @@
         <w:t xml:space="preserve">Condición de rechazo </w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt; </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sigma</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00174D26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-4.30 &lt; -1.</w:t>
       </w:r>
       <w:r w:rsidR="00115255" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -15219,64 +17142,66 @@
         <w:t xml:space="preserve">Condición de rechazo </w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt; </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sigma</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A3FA2" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.64</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -15606,64 +17531,66 @@
         <w:t xml:space="preserve">Condición de rechazo </w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77" w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt; </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sigma</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6.12 &lt; -1.</w:t>
       </w:r>
       <w:r w:rsidR="00A400CD" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>645</w:t>
       </w:r>
       <w:r w:rsidR="00A400CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -15695,94 +17622,101 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">observa que la condición de rechazo es falsa, por lo que la hipótesis nula no se rechaza y se concluye que más de </w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> %</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de los huéspedes del hotel consideran buena o excelente la calidad en el servicio del hotel respecto a la dimensión </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">de los huéspedes del hotel consideran buena o excelente la calidad en el servicio del hotel respecto a la dimensión </w:t>
       </w:r>
       <w:r w:rsidR="00052535">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00052535" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">apacidad </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de respuesta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75B90BA8" w14:textId="1DCFE4B2" w:rsidR="00164D7F" w:rsidRDefault="00164D7F" w:rsidP="00797A27">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Para H0. Más de 50 % de los huéspedes del hotel consideran buena o excelente la calidad en el servicio en el aspecto de la </w:t>
       </w:r>
       <w:r w:rsidR="005A3FA2" w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>confianza</w:t>
       </w:r>
       <w:r w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00182422" w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F52E28">
         <w:rPr>
@@ -16001,64 +17935,66 @@
         <w:t xml:space="preserve">Condición de rechazo </w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt; </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sigma</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00174D26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.13 &lt; -1.645</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -16365,64 +18301,66 @@
         <w:t xml:space="preserve">Condición de rechazo </w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt; </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sigma</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00174D26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.31 &lt; -1.645</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -16764,51 +18702,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es la más influyente en el comportamiento de compra de servicios hoteleros</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A52859" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">lo cual concuerda con los resultados obtenidos en esta investigación, </w:t>
+        <w:t xml:space="preserve">lo cual concuerda con los resultados </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52859" w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">obtenidos en esta investigación, </w:t>
       </w:r>
       <w:r w:rsidR="005A3FA2" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">donde se observa que </w:t>
       </w:r>
       <w:r w:rsidR="00D2430E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00D2430E" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iabilidad</w:t>
       </w:r>
       <w:r w:rsidR="005A3FA2" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16855,59 +18801,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">fueron </w:t>
       </w:r>
       <w:r w:rsidR="00D2430E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dimensiones </w:t>
       </w:r>
       <w:r w:rsidR="005A3FA2" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">calificadas como predominantemente buenas. Existe </w:t>
       </w:r>
       <w:r w:rsidR="00A52859" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">cierta </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">polarización de opiniones en cuanto a </w:t>
+        <w:t xml:space="preserve">cierta polarización de opiniones en cuanto a </w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mpatía</w:t>
       </w:r>
       <w:r w:rsidR="00DC2B77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="005A3FA2" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -17834,51 +19772,50 @@
     </w:p>
     <w:p w14:paraId="0207BFC4" w14:textId="77777777" w:rsidR="00D846F4" w:rsidRPr="002E62AC" w:rsidRDefault="00D846F4" w:rsidP="002337AB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24E12CD7" w14:textId="1B4485F7" w:rsidR="002E1FE3" w:rsidRPr="002E62AC" w:rsidRDefault="000E47AC" w:rsidP="002337AB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Se recomienda reforzar </w:t>
       </w:r>
       <w:r w:rsidR="00040C83" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">los elementos de las dimensiones que obtuvieron una calificación de regular, como lo son </w:t>
       </w:r>
       <w:r w:rsidR="006E2412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="006E2412" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lementos </w:t>
       </w:r>
       <w:r w:rsidR="00040C83" w:rsidRPr="002E62AC">
         <w:rPr>
@@ -18115,85 +20052,87 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00040C83" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mpatía</w:t>
       </w:r>
       <w:r w:rsidR="006E2412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00040C83" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se sugiere poner más atención a esta dimensión intangible del hotel. El cuidado y la atención individualizada que el establecimiento ofrece a sus clientes es la esencia </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="00E13137">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00E13137">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> hotelería</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E13137">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00040C83" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">personas trabajando para ofrecer experiencias placenteras a otras personas. Sería complicado que los empleados presten una buena atención individualizada y personalizada al huésped, se preocupen </w:t>
       </w:r>
       <w:r w:rsidR="008F5CBA" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>por sus</w:t>
       </w:r>
       <w:r w:rsidR="00040C83" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -18451,51 +20390,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C5234E8" w14:textId="1BA40DED" w:rsidR="000A7CB8" w:rsidRPr="00D846F4" w:rsidRDefault="000A7CB8" w:rsidP="0098046E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D846F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Futuras líneas de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FB7088C" w14:textId="0A71B6CF" w:rsidR="000A7CB8" w:rsidRPr="002E62AC" w:rsidRDefault="000A7CB8" w:rsidP="002337AB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Este trabajo de investigación se llevó a cabo </w:t>
       </w:r>
       <w:r w:rsidR="00E13137">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>con</w:t>
@@ -19479,72 +21417,115 @@
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>México.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="040A84F7" w14:textId="77777777" w:rsidR="005A096D" w:rsidRDefault="006D6BD2" w:rsidP="002337AB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk85389454"/>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Millán, C. y Gómez, M. (2018). </w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Factores e </w:t>
+        <w:t>Factores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F52E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r w:rsidR="00DC43D0" w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">indicadores de competitividad hotelera. </w:t>
-      </w:r>
+        <w:t xml:space="preserve">indicadores de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DC43D0" w:rsidRPr="00F52E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>competitividad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DC43D0" w:rsidRPr="00F52E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DC43D0" w:rsidRPr="00F52E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>hotelera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DC43D0" w:rsidRPr="00F52E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Compendium</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(40)</w:t>
       </w:r>
       <w:r w:rsidR="00C51078" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, 1-21.</w:t>
@@ -19836,51 +21817,65 @@
     <w:p w14:paraId="7D9D4AB1" w14:textId="77777777" w:rsidR="00A33A5C" w:rsidRPr="002E62AC" w:rsidRDefault="00A33A5C" w:rsidP="00A33A5C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Rubio, L. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Baz, V.(2015).</w:t>
+        <w:t xml:space="preserve">Baz, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>V.(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E62AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2015).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">El poder de la competitividad. </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>México</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -19905,105 +21900,118 @@
       </w:pPr>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Sánchez, J. (17 de abril de 2020). Tras el </w:t>
       </w:r>
       <w:r w:rsidR="00F04D00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00F04D00" w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ovid</w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">-19, ¿calidad o ajustes? </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00984A3C" w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">TecnoHotel. </w:t>
+        <w:t>TecnoHotel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00984A3C" w:rsidRPr="00F52E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00174D26" w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuperado de </w:t>
       </w:r>
       <w:r w:rsidRPr="0098046E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>https://tecnohotelnews.com/2020/04/17/covid-19-calidad- ajustes/</w:t>
       </w:r>
       <w:r w:rsidR="00F04D00" w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="157A5C2D" w14:textId="0C280DC8" w:rsidR="000F492D" w:rsidRDefault="00086541" w:rsidP="002337AB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Santom</w:t>
       </w:r>
       <w:r w:rsidR="001A4CF3" w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, R</w:t>
       </w:r>
       <w:r w:rsidR="00BE0C05" w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. y </w:t>
       </w:r>
       <w:r w:rsidRPr="00F52E28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Costa, G. (2007). </w:t>
       </w:r>
       <w:r w:rsidRPr="002E62AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -20106,1240 +22114,1276 @@
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="6315"/>
       </w:tblGrid>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="6656A0FF" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="172C89BF" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00077C06">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="22AD1DA2" w14:textId="4DBA8842" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00077C06">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="34BF7C8A" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="246B4BFA" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="434E7A88" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Olivia Jiménez Diez (Principal) Luis Cárdenas León (Igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="03B7589E" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="31197866" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="392CB8B9" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Olivia Jiménez Diez (Principal) Luis Cárdenas León (Igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="53F2A0F4" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BCF5CD9" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D29B431" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>------------------------------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="7701966B" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E1592B9" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Validación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3CAA9421" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Jennifer Mul Encalada </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="7F8FFC52" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="12F47E4F" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="489E64DB" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Olivia Jiménez Diez (Principal) Luis Cárdenas León (Igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="1560F027" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51CFE307" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2F456C85" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Olivia Jiménez Diez (Principal) Luis Cárdenas León López (igual), Jenifer Mul Encalada (igual).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="68B1EA3E" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="42E9C6BC" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1D79E77A" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Luis Cárdenas León</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="3FD086E9" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C742BD6" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5FC26604" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Luis Cárdenas León</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="066ED947" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3DD48238" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C947590" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Olivia Jiménez Díez </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="4F47E427" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6592229A" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3246556C" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Olivia Jiménez Diez (Principal) Jennifer Mul Encalada (Igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="5E8FE5F3" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="140896CB" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Visualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="288DAF6E" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jenifer Mul Encalada.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="1C8007E7" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5175970F" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Supervisión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2730F6FD" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Olivia Jiménez Diez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="5E73CE65" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="76BBE109" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="20B51859" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Olivia Jiménez Diez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w14:paraId="398B5EB5" w14:textId="77777777" w:rsidTr="00545ABB">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1BC1DE26" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="77740908" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00545ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Luis Cárdenas león</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="30ADD0B5" w14:textId="77777777" w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidRDefault="00545ABB" w:rsidP="00545ABB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5260"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00545ABB" w:rsidRPr="00545ABB" w:rsidSect="000E1421">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1003" w:right="1701" w:bottom="709" w:left="1701" w:header="177" w:footer="266" w:gutter="284"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46A3DEC8" w14:textId="77777777" w:rsidR="0046115A" w:rsidRDefault="0046115A" w:rsidP="00E3267F">
+    <w:p w14:paraId="4D78ACB5" w14:textId="77777777" w:rsidR="00A50C6A" w:rsidRDefault="00A50C6A" w:rsidP="00E3267F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="685272D7" w14:textId="77777777" w:rsidR="0046115A" w:rsidRDefault="0046115A" w:rsidP="00E3267F">
+    <w:p w14:paraId="287F2131" w14:textId="77777777" w:rsidR="00A50C6A" w:rsidRDefault="00A50C6A" w:rsidP="00E3267F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5BA9B6A2" w14:textId="6CF4D290" w:rsidR="00CF595E" w:rsidRPr="009812F1" w:rsidRDefault="009812F1" w:rsidP="00657F25">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00CF595E" w:rsidRPr="009812F1">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>ol. 8  Núm. 15                   Enero – Junio 2022                      PAG</w:t>
+      <w:t xml:space="preserve">ol. </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00CF595E" w:rsidRPr="009812F1">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>8  Núm.</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00CF595E" w:rsidRPr="009812F1">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 15                   </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00CF595E" w:rsidRPr="009812F1">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00CF595E" w:rsidRPr="009812F1">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00CF595E" w:rsidRPr="009812F1">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00CF595E" w:rsidRPr="009812F1">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2022                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4BE9DE96" w14:textId="77777777" w:rsidR="0046115A" w:rsidRDefault="0046115A" w:rsidP="00E3267F">
+    <w:p w14:paraId="7B4F1F12" w14:textId="77777777" w:rsidR="00A50C6A" w:rsidRDefault="00A50C6A" w:rsidP="00E3267F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C39D18D" w14:textId="77777777" w:rsidR="0046115A" w:rsidRDefault="0046115A" w:rsidP="00E3267F">
+    <w:p w14:paraId="1F1A997B" w14:textId="77777777" w:rsidR="00A50C6A" w:rsidRDefault="00A50C6A" w:rsidP="00E3267F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="78A602AB" w14:textId="147CC6AB" w:rsidR="00CF595E" w:rsidRDefault="00CF595E">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11DE42CD" wp14:editId="16B55A30">
           <wp:extent cx="5400040" cy="584835"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="9" name="Imagen 9"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="18" name="Imagen 18"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
@@ -21353,51 +23397,51 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5400040" cy="584835"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="13C14220" w14:textId="77777777" w:rsidR="00CF595E" w:rsidRDefault="00CF595E">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01107582"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="92E62382"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -28230,52 +30274,53 @@
     <w:abstractNumId w:val="58"/>
   </w:num>
   <w:num w:numId="62" w16cid:durableId="67191025">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="63" w16cid:durableId="1494567758">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="64" w16cid:durableId="1034503376">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="65" w16cid:durableId="1726222366">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="66" w16cid:durableId="1238517535">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="67" w16cid:durableId="1339622936">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="67"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -28670,50 +30715,51 @@
     <w:rsid w:val="00367FFC"/>
     <w:rsid w:val="00370EF8"/>
     <w:rsid w:val="00371C91"/>
     <w:rsid w:val="003721C3"/>
     <w:rsid w:val="00372445"/>
     <w:rsid w:val="00372C7E"/>
     <w:rsid w:val="003730DC"/>
     <w:rsid w:val="003736B5"/>
     <w:rsid w:val="00373D0E"/>
     <w:rsid w:val="003750C4"/>
     <w:rsid w:val="00376C98"/>
     <w:rsid w:val="00377FD8"/>
     <w:rsid w:val="00380A63"/>
     <w:rsid w:val="00382849"/>
     <w:rsid w:val="0038395D"/>
     <w:rsid w:val="00383B37"/>
     <w:rsid w:val="00384123"/>
     <w:rsid w:val="0038615D"/>
     <w:rsid w:val="00386B10"/>
     <w:rsid w:val="00387623"/>
     <w:rsid w:val="00390640"/>
     <w:rsid w:val="00390BDC"/>
     <w:rsid w:val="00391204"/>
     <w:rsid w:val="00393C80"/>
     <w:rsid w:val="0039695B"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A2B01"/>
     <w:rsid w:val="003A3D0F"/>
     <w:rsid w:val="003A7103"/>
     <w:rsid w:val="003B40FE"/>
     <w:rsid w:val="003B4F2F"/>
     <w:rsid w:val="003B5290"/>
     <w:rsid w:val="003B5308"/>
     <w:rsid w:val="003B599C"/>
     <w:rsid w:val="003B5C50"/>
     <w:rsid w:val="003B5CF0"/>
     <w:rsid w:val="003B645F"/>
     <w:rsid w:val="003B7028"/>
     <w:rsid w:val="003C0067"/>
     <w:rsid w:val="003C2ABB"/>
     <w:rsid w:val="003C4147"/>
     <w:rsid w:val="003C584C"/>
     <w:rsid w:val="003C77E2"/>
     <w:rsid w:val="003C7957"/>
     <w:rsid w:val="003D2F89"/>
     <w:rsid w:val="003D404E"/>
     <w:rsid w:val="003D504C"/>
     <w:rsid w:val="003D7C9D"/>
     <w:rsid w:val="003E1153"/>
     <w:rsid w:val="003E1210"/>
     <w:rsid w:val="003E197C"/>
@@ -29406,50 +31452,51 @@
     <w:rsid w:val="00A260AB"/>
     <w:rsid w:val="00A26B00"/>
     <w:rsid w:val="00A27707"/>
     <w:rsid w:val="00A27C37"/>
     <w:rsid w:val="00A309A9"/>
     <w:rsid w:val="00A311FF"/>
     <w:rsid w:val="00A317CC"/>
     <w:rsid w:val="00A3347E"/>
     <w:rsid w:val="00A33A5C"/>
     <w:rsid w:val="00A33FAE"/>
     <w:rsid w:val="00A34338"/>
     <w:rsid w:val="00A34D78"/>
     <w:rsid w:val="00A35244"/>
     <w:rsid w:val="00A3617C"/>
     <w:rsid w:val="00A36200"/>
     <w:rsid w:val="00A379B2"/>
     <w:rsid w:val="00A37EB5"/>
     <w:rsid w:val="00A37F53"/>
     <w:rsid w:val="00A400CD"/>
     <w:rsid w:val="00A40936"/>
     <w:rsid w:val="00A4130A"/>
     <w:rsid w:val="00A41816"/>
     <w:rsid w:val="00A42311"/>
     <w:rsid w:val="00A42D87"/>
     <w:rsid w:val="00A42EF3"/>
+    <w:rsid w:val="00A50C6A"/>
     <w:rsid w:val="00A51CD0"/>
     <w:rsid w:val="00A52859"/>
     <w:rsid w:val="00A52FB2"/>
     <w:rsid w:val="00A53055"/>
     <w:rsid w:val="00A55267"/>
     <w:rsid w:val="00A56DA4"/>
     <w:rsid w:val="00A570E1"/>
     <w:rsid w:val="00A5754A"/>
     <w:rsid w:val="00A60271"/>
     <w:rsid w:val="00A63F3D"/>
     <w:rsid w:val="00A66989"/>
     <w:rsid w:val="00A66ED4"/>
     <w:rsid w:val="00A67346"/>
     <w:rsid w:val="00A70812"/>
     <w:rsid w:val="00A70BAF"/>
     <w:rsid w:val="00A71AED"/>
     <w:rsid w:val="00A7450A"/>
     <w:rsid w:val="00A75D6F"/>
     <w:rsid w:val="00A81940"/>
     <w:rsid w:val="00A82554"/>
     <w:rsid w:val="00A83699"/>
     <w:rsid w:val="00A84867"/>
     <w:rsid w:val="00A84965"/>
     <w:rsid w:val="00A85D19"/>
     <w:rsid w:val="00A86B5E"/>
@@ -29532,50 +31579,51 @@
     <w:rsid w:val="00B20622"/>
     <w:rsid w:val="00B20683"/>
     <w:rsid w:val="00B212CB"/>
     <w:rsid w:val="00B21498"/>
     <w:rsid w:val="00B21B82"/>
     <w:rsid w:val="00B22986"/>
     <w:rsid w:val="00B242E4"/>
     <w:rsid w:val="00B26FC9"/>
     <w:rsid w:val="00B307BD"/>
     <w:rsid w:val="00B30BBE"/>
     <w:rsid w:val="00B31CFB"/>
     <w:rsid w:val="00B31D86"/>
     <w:rsid w:val="00B3470A"/>
     <w:rsid w:val="00B34D99"/>
     <w:rsid w:val="00B3520F"/>
     <w:rsid w:val="00B353FA"/>
     <w:rsid w:val="00B356B2"/>
     <w:rsid w:val="00B35E2A"/>
     <w:rsid w:val="00B40EFB"/>
     <w:rsid w:val="00B415AD"/>
     <w:rsid w:val="00B41E1F"/>
     <w:rsid w:val="00B451C4"/>
     <w:rsid w:val="00B46ADD"/>
     <w:rsid w:val="00B46EFC"/>
     <w:rsid w:val="00B471E5"/>
+    <w:rsid w:val="00B4789F"/>
     <w:rsid w:val="00B50B17"/>
     <w:rsid w:val="00B50E06"/>
     <w:rsid w:val="00B51688"/>
     <w:rsid w:val="00B518AF"/>
     <w:rsid w:val="00B5193F"/>
     <w:rsid w:val="00B52471"/>
     <w:rsid w:val="00B52CD8"/>
     <w:rsid w:val="00B52D7A"/>
     <w:rsid w:val="00B5362A"/>
     <w:rsid w:val="00B54A1E"/>
     <w:rsid w:val="00B55227"/>
     <w:rsid w:val="00B559D4"/>
     <w:rsid w:val="00B61214"/>
     <w:rsid w:val="00B62299"/>
     <w:rsid w:val="00B63A13"/>
     <w:rsid w:val="00B6426C"/>
     <w:rsid w:val="00B64B00"/>
     <w:rsid w:val="00B6541E"/>
     <w:rsid w:val="00B6758F"/>
     <w:rsid w:val="00B70961"/>
     <w:rsid w:val="00B70A7A"/>
     <w:rsid w:val="00B721E7"/>
     <w:rsid w:val="00B724B6"/>
     <w:rsid w:val="00B724E8"/>
     <w:rsid w:val="00B72621"/>
@@ -30090,51 +32138,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="71D84B3C"/>
   <w15:docId w15:val="{073F44CE-80AF-4CB5-95EC-67BDE30A05BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -30569,51 +32617,50 @@
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E706E9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -31238,51 +33285,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLconformatoprevioCar">
     <w:name w:val="HTML con formato previo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="HTMLconformatoprevio"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00657F25"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="38288164">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="63534489">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -31872,51 +33919,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111582384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v9i18.897" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -32260,66 +34307,66 @@
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>Managing quality: the strategy and competitive edge</b:Title>
     <b:Year>1988</b:Year>
     <b:City>new york</b:City>
     <b:Publisher>Free Press</b:Publisher>
     <b:RefOrder>4</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F0BE410-9286-40C0-94BA-6E7523B56829}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5104</Words>
-  <Characters>28075</Characters>
+  <Words>5119</Words>
+  <Characters>28159</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>233</Lines>
+  <Lines>234</Lines>
   <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33113</CharactersWithSpaces>
+  <CharactersWithSpaces>33212</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Cardenas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>