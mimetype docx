--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -7,79 +7,133 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0B7AFF62" w14:textId="7EDAAF9F" w:rsidR="003D301D" w:rsidRPr="003D301D" w:rsidRDefault="003D301D" w:rsidP="003D301D">
+    <w:p w14:paraId="0B7AFF62" w14:textId="7EDAAF9F" w:rsidR="003D301D" w:rsidRDefault="003D301D" w:rsidP="003D301D">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
+      <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
+      <w:r w:rsidRPr="003D301D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="205685FC" w14:textId="2CFD360E" w:rsidR="001324E0" w:rsidRDefault="001324E0" w:rsidP="003D301D">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001324E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="001324E0">
+          <w:rPr>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v9i18.898</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1966A8B2" w14:textId="77777777" w:rsidR="001324E0" w:rsidRPr="001324E0" w:rsidRDefault="001324E0" w:rsidP="003D301D">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6AC51417" w14:textId="32413AD6" w:rsidR="00035FF2" w:rsidRPr="003D301D" w:rsidRDefault="00BB4DE4" w:rsidP="003D301D">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Evaluación de competencias por medio de </w:t>
       </w:r>
       <w:r w:rsidR="009C31B5" w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -1096,51 +1150,61 @@
       <w:r w:rsidR="00762582" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>constituy</w:t>
       </w:r>
       <w:r w:rsidR="00EC00AD" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
       <w:r w:rsidR="00762582" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> una base importante</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00762582" w:rsidRPr="00B3321A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES" w:bidi="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>una base importante</w:t>
       </w:r>
       <w:r w:rsidR="008A04E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00762582" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> junto a la técnica de observación </w:t>
       </w:r>
       <w:r w:rsidR="00762582" w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -1235,62 +1299,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> que l</w:t>
       </w:r>
       <w:r w:rsidR="005A5272" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">os participantes </w:t>
       </w:r>
       <w:r w:rsidR="002462D2" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">evidencian íntima relación entre los saberes que integran la </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">competencia y </w:t>
+        <w:t xml:space="preserve">evidencian íntima relación entre los saberes que integran la competencia y </w:t>
       </w:r>
       <w:r w:rsidR="005A5272" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">muestran alta valoración sobre </w:t>
       </w:r>
       <w:r w:rsidR="00514360" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">el uso de </w:t>
       </w:r>
       <w:r w:rsidR="005A5272" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -1767,961 +1820,930 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> do sétimo semestre do curso de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
         <w:t>Cirurgião</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Dentista da </w:t>
+        <w:t xml:space="preserve"> Dentista da Universidade </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>Universidade</w:t>
+        <w:t>Autônoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> de Sinaloa </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>Autônoma</w:t>
+        <w:t>ao</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de Sinaloa </w:t>
+        <w:t xml:space="preserve"> diagnosticar e fornecer </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>ao</w:t>
+        <w:t>tratamento</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> diagnosticar e fornecer </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>tratamento</w:t>
+        <w:t>com</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> resina </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>com</w:t>
+        <w:t>dentária</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> resina </w:t>
+        <w:t xml:space="preserve">. A </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>dentária</w:t>
+        <w:t>abordagem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">. A </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>abordagem</w:t>
+        <w:t>foi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>foi</w:t>
+        <w:t>quase</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">-experimental, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>quase</w:t>
+        <w:t>descritiva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">-experimental, </w:t>
+        <w:t xml:space="preserve"> e longitudinal. O teste t de Student </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>descritiva</w:t>
+        <w:t>mostrou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e longitudinal. O teste t de </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>Student</w:t>
+        <w:t>um</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>mostrou</w:t>
+        <w:t>nível</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>um</w:t>
+        <w:t>confiança</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> superior a 95%. Os resultados </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>nível</w:t>
+        <w:t>destacam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve"> que a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>confiança</w:t>
+        <w:t>utilização</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> superior a 95%. Os resultados </w:t>
+        <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>destacam</w:t>
+        <w:t>checklist</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que a </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>utilização</w:t>
+        <w:t>foi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> do </w:t>
+        <w:t xml:space="preserve"> eficaz no diagnóstico, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>checklist</w:t>
+        <w:t>elaboração</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>foi</w:t>
+        <w:t>desenvolvimento</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> eficaz no diagnóstico, </w:t>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>elaboração</w:t>
+        <w:t>um</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e </w:t>
+        <w:t xml:space="preserve"> plano de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>desenvolvimento</w:t>
+        <w:t>tratamento</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>um</w:t>
+        <w:t>com</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> plano de </w:t>
+        <w:t xml:space="preserve"> resina para pacientes em clínicas odontológicas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>tratamento</w:t>
+        <w:t>comunitárias</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>com</w:t>
+        <w:t>Além</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> resina para pacientes em clínicas odontológicas </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>comunitárias</w:t>
+        <w:t>disso</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>Além</w:t>
+        <w:t>constituiu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>disso</w:t>
+        <w:t>uma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D301D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">base importante, juntamente </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>constituiu</w:t>
+        <w:t>com</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> a técnica de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>uma</w:t>
+        <w:t>observação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> base importante, juntamente </w:t>
+        <w:t xml:space="preserve"> in situ, para registrar pontos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>com</w:t>
+        <w:t>fortes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a técnica de </w:t>
+        <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>observação</w:t>
+        <w:t>fracos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in situ, para registrar pontos </w:t>
+        <w:t xml:space="preserve"> durante o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>fortes</w:t>
+        <w:t>processo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e </w:t>
+        <w:t xml:space="preserve"> clínico. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>fracos</w:t>
+        <w:t>Identificou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> durante o </w:t>
+        <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>processo</w:t>
+        <w:t>se</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> clínico. </w:t>
+        <w:t xml:space="preserve"> que o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>Identificou</w:t>
+        <w:t>nível</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>-</w:t>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>se</w:t>
+        <w:t>domínio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que o </w:t>
+        <w:t xml:space="preserve"> da </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>nível</w:t>
+        <w:t>competição</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve"> aumenta de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>domínio</w:t>
+        <w:t>acordo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> da </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>competição</w:t>
+        <w:t>com</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> aumenta de </w:t>
+        <w:t xml:space="preserve"> o dinamismo da </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>acordo</w:t>
+        <w:t>prática</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. Por </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>com</w:t>
+        <w:t>fim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o dinamismo da </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>prática</w:t>
+        <w:t>verificou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Por </w:t>
+        <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>fim</w:t>
+        <w:t>se</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> que os participantes </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>verificou</w:t>
-[...39 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>demonstram</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
         <w:t>uma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
@@ -3352,69 +3374,58 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0050593C" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="348C55AD" w14:textId="360E8F35" w:rsidR="00306B69" w:rsidRPr="00B3321A" w:rsidRDefault="00E74797" w:rsidP="006626FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>Candreva</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> y</w:t>
+        <w:t>Candreva y</w:t>
       </w:r>
       <w:r w:rsidR="00AD743E" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AD743E" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>Susacasa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AD743E" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -4043,50 +4054,51 @@
       <w:r w:rsidR="00A01162" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B6DAB" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">(Rodríguez </w:t>
       </w:r>
       <w:r w:rsidR="009A39C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="009A39C0" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>García, 2017)</w:t>
       </w:r>
       <w:r w:rsidR="00A01162" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4139,51 +4151,50 @@
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="00A3406B" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">programas de licenciatura en el área de ciencias de la salud, y específicamente en carreras como la </w:t>
       </w:r>
       <w:r w:rsidR="00C128A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="00C56BD0" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Cirujano Dentista</w:t>
       </w:r>
       <w:r w:rsidR="00A3406B" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="003253FF" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">donde se </w:t>
       </w:r>
       <w:r w:rsidR="00A3406B" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>requiere</w:t>
@@ -5019,103 +5030,103 @@
       <w:r w:rsidR="009E4B09" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> actúa como un mecanismo de revisión durante el proceso de enseñanza-aprendizaje de ciertos indicadores prefijados y permite evaluar cualitativa y cuantitativamente</w:t>
       </w:r>
       <w:r w:rsidR="00853FC0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="009E4B09" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dependiendo del enfoque que se le quiera asignar, así como ajustar el grado de precisión o profundidad. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E4B09" w:rsidRPr="00B3321A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">dependiendo del enfoque que se le quiera asignar, así como ajustar el grado de precisión o profundidad. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39814DDE" w14:textId="36ACE66E" w:rsidR="00031C89" w:rsidRPr="00B3321A" w:rsidRDefault="00031C89" w:rsidP="006626FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Morán (2016) ha denominado a dichos instrumentos de </w:t>
       </w:r>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>evaluación por observación</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">, ya que consisten en un listado de criterios o aspectos dirigidos a identificar la presencia o ausencia de una serie de conductas del profesional, características predefinidas para </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">establecer si se ha alcanzado o no el nivel de desempeño requerido. Este autor también considera que se pueden construir a la medida de acuerdo con las necesidades identificadas, que proporcionan una información precisa del desempeño de actividades o tareas concretas y que son muy útiles para evaluar destrezas psicomotrices, técnicas o procedimientos. </w:t>
+        <w:t xml:space="preserve">, ya que consisten en un listado de criterios o aspectos dirigidos a identificar la presencia o ausencia de una serie de conductas del profesional, características predefinidas para establecer si se ha alcanzado o no el nivel de desempeño requerido. Este autor también considera que se pueden construir a la medida de acuerdo con las necesidades identificadas, que proporcionan una información precisa del desempeño de actividades o tareas concretas y que son muy útiles para evaluar destrezas psicomotrices, técnicas o procedimientos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="451CC3D5" w14:textId="3E9D3985" w:rsidR="00F912E3" w:rsidRPr="00B3321A" w:rsidRDefault="00F912E3" w:rsidP="006626FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Para que la evaluación del nivel de desempeño de una competencia </w:t>
       </w:r>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
@@ -6024,51 +6035,61 @@
       <w:r w:rsidR="00A83B5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00A83B5B" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00306B69" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">de 10 trabajos analizados declaran </w:t>
+        <w:t xml:space="preserve">de 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00306B69" w:rsidRPr="00B3321A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">trabajos analizados declaran </w:t>
       </w:r>
       <w:r w:rsidR="00B64632" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">haber realizado </w:t>
       </w:r>
       <w:r w:rsidR="00A83B5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidR="00B64632" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="es-ES"/>
@@ -6129,51 +6150,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49867DC0" w14:textId="586B6B1B" w:rsidR="001408BD" w:rsidRPr="006626FB" w:rsidRDefault="00B20984" w:rsidP="00E74737">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006626FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Justificación, objetivo e hipótesis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5220CC37" w14:textId="77777777" w:rsidR="00FC4B36" w:rsidRPr="00FC4B36" w:rsidRDefault="00FC4B36" w:rsidP="00FC4B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4B36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Por lo expresado anteriormente, la relevancia de la investigación que aquí se reporta se relaciona con el proceso enseñanza- aprendizaje en general, en tanto se fortalece al implementar y poner a prueba acciones evaluativas que se están considerando más adecuadas para evaluar competencias profesionales. Así, se aporta desde la formación de los estudiantes, beneficiándoles con mejor evaluación y seguimiento en el logro de niveles de dominio al desarrollar sus competencias, lo que favorece su actuar con eficiencia, autonomía y ética, trascendiendo a los pacientes que atienden en las clínicas comunitarias. </w:t>
       </w:r>
     </w:p>
@@ -6421,61 +6441,61 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>l diseño corresponde a una intervención educativa enfatizando en el aspecto evaluativo, que consistió en poner a prueba una lista de cotejo incorporando enunciados que describen cualitativamente las características en el desempeño de competencias, para servir de orientación, realimentación y registro durante su desarrollo, específicamente en lo que se refiere al diagnóstico, elaboración del plan de tratamiento y tratamiento de resinas dentales por parte de estudiantes de odontología en el contexto de una clínica comunitaria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0717D1FC" w14:textId="77777777" w:rsidR="001F5364" w:rsidRPr="001F5364" w:rsidRDefault="001F5364" w:rsidP="001F5364">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5364">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">La lista de cotejo fue diseñada y posteriormente validada en su contenido por seis expertos, cuatro cirujanos dentistas que ejercen como docentes del área clínica y dos investigadoras educativas que laboran en la misma institución donde se llevó a cabo la investigación. En este proceso se recibieron sugerencias sobre la pertinencia, claridad y suficiencia de los indicadores incluidos, así como valores y rangos de puntaje para calificar a los estudiantes. Dichas recomendaciones fueron consideradas en la mejora del instrumento, para después aplicarla en un grupo de estudiantes de décimo semestre de clínica comunitaria </w:t>
+        <w:t xml:space="preserve">La lista de cotejo fue diseñada y posteriormente validada en su contenido por seis expertos, cuatro cirujanos dentistas que ejercen como docentes del área clínica y dos investigadoras educativas que laboran en la misma institución donde se llevó a cabo la </w:t>
       </w:r>
       <w:r w:rsidRPr="001F5364">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">con el fin de valorar la comprensión de los ítems por parte de estudiantes, no habiéndose observado ninguna dificultad al respecto. </w:t>
+        <w:t xml:space="preserve">investigación. En este proceso se recibieron sugerencias sobre la pertinencia, claridad y suficiencia de los indicadores incluidos, así como valores y rangos de puntaje para calificar a los estudiantes. Dichas recomendaciones fueron consideradas en la mejora del instrumento, para después aplicarla en un grupo de estudiantes de décimo semestre de clínica comunitaria con el fin de valorar la comprensión de los ítems por parte de estudiantes, no habiéndose observado ninguna dificultad al respecto. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37DF67EB" w14:textId="77777777" w:rsidR="001F5364" w:rsidRPr="001F5364" w:rsidRDefault="001F5364" w:rsidP="001F5364">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5364">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>El instrumento se integró con tres apartados: El primero evaluó la elaboración del diagnóstico para atender a un paciente el cual consta de 10 ítems con diferente ponderación. El segundo evaluó la elaboración del plan de tratamiento para las resinas dentales, el cual</w:t>
       </w:r>
       <w:r w:rsidRPr="001F5364">
         <w:rPr>
@@ -6765,51 +6785,50 @@
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F6D85C7" w14:textId="5F4A10CB" w:rsidR="004256AD" w:rsidRPr="006626FB" w:rsidRDefault="005F7384" w:rsidP="006626FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 1</w:t>
       </w:r>
       <w:r w:rsidR="00622B0C" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="006626FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Lista de cotejo </w:t>
       </w:r>
       <w:r w:rsidRPr="006626FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8768,50 +8787,51 @@
         <w:trPr>
           <w:trHeight w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A9A3F4E" w14:textId="77777777" w:rsidR="000C1D49" w:rsidRPr="00550552" w:rsidRDefault="000C1D49" w:rsidP="006E1122">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="-103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6A7B8453" w14:textId="4E9C98B1" w:rsidR="000C1D49" w:rsidRPr="00550552" w:rsidRDefault="000C1D49" w:rsidP="00B3321A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
@@ -11124,50 +11144,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005563CD" w:rsidRPr="00550552" w14:paraId="189E23B7" w14:textId="77777777" w:rsidTr="006E1122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58813063" w14:textId="77777777" w:rsidR="000C1D49" w:rsidRPr="00550552" w:rsidRDefault="000C1D49" w:rsidP="006E1122">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="-103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6F2A3CCC" w14:textId="6FB55723" w:rsidR="000C1D49" w:rsidRPr="00550552" w:rsidRDefault="000C1D49" w:rsidP="00B3321A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
@@ -11396,51 +11417,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005563CD" w:rsidRPr="00550552" w14:paraId="0E4296E0" w14:textId="77777777" w:rsidTr="006E1122">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="155A768E" w14:textId="77777777" w:rsidR="000C1D49" w:rsidRPr="00550552" w:rsidRDefault="000C1D49" w:rsidP="006E1122">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="-103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4A82E919" w14:textId="55F28282" w:rsidR="000C1D49" w:rsidRPr="00550552" w:rsidRDefault="000C1D49" w:rsidP="00B3321A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
@@ -12683,50 +12703,51 @@
         </w:rPr>
         <w:t>de campo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AA2886E" w14:textId="5163EDBB" w:rsidR="003C2E54" w:rsidRPr="00B3321A" w:rsidRDefault="00687208" w:rsidP="006626FB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="48" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>El estudiante lleva a cabo las actividades requeridas por el programa de estudios,</w:t>
       </w:r>
       <w:r w:rsidR="007C0E8B" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> pero </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>si los tratamientos que</w:t>
       </w:r>
       <w:r w:rsidR="007C0E8B" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12809,61 +12830,51 @@
       <w:r w:rsidR="007C0E8B" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>igual forma</w:t>
       </w:r>
       <w:r w:rsidR="0089760C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="007C0E8B" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> si son tratamientos </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">para endodoncia o prótesis fija se canalizan al semestre más avanzado para que se les brinde la </w:t>
+        <w:t xml:space="preserve"> si son tratamientos para endodoncia o prótesis fija se canalizan al semestre más avanzado para que se les brinde la </w:t>
       </w:r>
       <w:r w:rsidR="00BB3317">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>atención especializada indicada</w:t>
       </w:r>
       <w:r w:rsidR="007C0E8B" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E960B5" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
@@ -14287,51 +14298,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BB80EEE" w14:textId="6A1136BF" w:rsidR="00F4411C" w:rsidRPr="006626FB" w:rsidRDefault="00F4411C" w:rsidP="006315E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006626FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Instrumentos o técnicas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A79F2F3" w14:textId="6708F8FE" w:rsidR="009D397E" w:rsidRPr="00B3321A" w:rsidRDefault="009D397E" w:rsidP="006626FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">La lista de cotejo </w:t>
       </w:r>
       <w:r w:rsidR="00B06F3F" w:rsidRPr="00B3321A">
@@ -14850,51 +14860,50 @@
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="5C8879B1" w14:textId="3A992518" w:rsidR="009A2603" w:rsidRPr="00B3321A" w:rsidRDefault="00A4733D" w:rsidP="006315E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2030EF2D" w14:textId="6D793E98" w:rsidR="007C489C" w:rsidRDefault="007C489C" w:rsidP="006626FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Los datos </w:t>
       </w:r>
       <w:r w:rsidR="001D3986" w:rsidRPr="00B3321A">
@@ -15610,51 +15619,50 @@
     </w:p>
     <w:p w14:paraId="0653F2D6" w14:textId="3D039806" w:rsidR="0061688C" w:rsidRPr="00B3321A" w:rsidRDefault="00D83424" w:rsidP="00B3321A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 4</w:t>
       </w:r>
       <w:r w:rsidR="00F93C5A" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>Indicadores con fallos en su dominio</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -17551,50 +17559,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="579ED347" w14:textId="62BEAE3E" w:rsidR="0061688C" w:rsidRPr="006315E4" w:rsidRDefault="0061688C" w:rsidP="00B3321A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006315E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>11. Explica brevemente el procedimiento al paciente e informa el</w:t>
             </w:r>
             <w:r w:rsidR="00433CC5" w:rsidRPr="006315E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006315E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
               </w:rPr>
               <w:t>pronóstico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -17773,51 +17782,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57BFC7AE" w14:textId="194CBB37" w:rsidR="00496006" w:rsidRPr="00B3321A" w:rsidRDefault="0066674A" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>En la concentración de las puntuaciones obtenidas para cada una de las resinas realizadas y el promedio obtenido</w:t>
       </w:r>
       <w:r w:rsidR="000D08BE" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se pudo observar que</w:t>
       </w:r>
       <w:r w:rsidR="00366B39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -21507,50 +21515,51 @@
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C6A5A5E" w14:textId="77777777" w:rsidR="0066674A" w:rsidRPr="006315E4" w:rsidRDefault="0066674A" w:rsidP="00B3321A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006315E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>16 H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1719AFED" w14:textId="77777777" w:rsidR="0066674A" w:rsidRPr="006315E4" w:rsidRDefault="0066674A" w:rsidP="00B3321A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006315E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -21985,60 +21994,51 @@
         </w:rPr>
         <w:t>se identificó un mayor porcentaje de incumplimiento por parte de las mujeres que de los hombres</w:t>
       </w:r>
       <w:r w:rsidR="000A3B63" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0066674A" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A3B63" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">como puede observarse en la </w:t>
-[...8 lines deleted...]
-        <w:t>tabla 6</w:t>
+        <w:t>como puede observarse en la tabla 6</w:t>
       </w:r>
       <w:r w:rsidR="0066674A" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, lo cual se reflejó en las puntuaciones obtenidas y la calificación respectiva</w:t>
       </w:r>
       <w:r w:rsidR="00F57075" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Aun así, se identificó que mejoraron el nivel de dominio de la competencia conforme la </w:t>
       </w:r>
       <w:r w:rsidR="00AE70C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>practicaron</w:t>
       </w:r>
@@ -22833,97 +22833,98 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27B71549" wp14:editId="49D3C531">
             <wp:extent cx="3522428" cy="2146852"/>
             <wp:effectExtent l="0" t="0" r="1905" b="6350"/>
             <wp:docPr id="1" name="Gráfico 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{282A3ACC-1FBB-45AD-9DA8-8E2E57A3D417}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C792444" w14:textId="7E53A813" w:rsidR="00BC4A4F" w:rsidRPr="00B3321A" w:rsidRDefault="00BC4A4F" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F44C3E6" w14:textId="22F4C082" w:rsidR="00DC2ABC" w:rsidRDefault="00DC2ABC" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En función de lo anterior, la prueba de hipótesis se realizó con </w:t>
       </w:r>
       <w:r w:rsidR="00613F91" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">el pretest y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00613F91" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>postest</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -23031,51 +23032,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C32F987" w14:textId="3DAD2FDB" w:rsidR="00EF2180" w:rsidRPr="00B3321A" w:rsidRDefault="00EF2180" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Las hipótesis </w:t>
       </w:r>
       <w:r w:rsidR="00492F7B" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>fueron las siguientes</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F633FC" w14:textId="17AADFEC" w:rsidR="00EF2180" w:rsidRPr="00B3321A" w:rsidRDefault="00EF2180" w:rsidP="00B3321A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
@@ -23743,61 +23743,59 @@
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidR="007D5468" w:rsidRPr="006315E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B3321A" w:rsidRPr="006315E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">de </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="007D5468" w:rsidRPr="006315E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>Student</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D3879EA" w14:textId="77777777" w:rsidR="00034FD6" w:rsidRPr="006315E4" w:rsidRDefault="00034FD6" w:rsidP="00B3321A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006315E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
@@ -24947,61 +24945,51 @@
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>realizadas</w:t>
       </w:r>
       <w:r w:rsidR="00871F52" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, como se observa en la tabla 8, </w:t>
       </w:r>
       <w:r w:rsidR="00F51109" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">lo que indica que los estudiantes </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">consideran que </w:t>
+        <w:t xml:space="preserve">lo que indica que los estudiantes consideran que </w:t>
       </w:r>
       <w:r w:rsidR="00656D00" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>este instrumento</w:t>
       </w:r>
       <w:r w:rsidR="00F51109" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004420BF" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
@@ -26506,51 +26494,61 @@
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, los participantes expresan haber fortalecido sus conocimientos teóricos previos y mejorado su manejo de técnicas clínicas. </w:t>
       </w:r>
       <w:r w:rsidR="00765A1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">ambién se sintieron empoderados y motivados, con lo cual obtuvieron confianza, seguridad y regulación al desempeñar sus competencias clínicas con los pacientes a los que atendieron. </w:t>
+        <w:t xml:space="preserve">ambién se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3321A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES" w:bidi="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">sintieron empoderados y motivados, con lo cual obtuvieron confianza, seguridad y regulación al desempeñar sus competencias clínicas con los pacientes a los que atendieron. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF28E7C" w14:textId="2710DFE2" w:rsidR="002B5F79" w:rsidRDefault="002B5F79" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D69A85C" w14:textId="696CA14B" w:rsidR="00550552" w:rsidRDefault="00550552" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
@@ -26583,51 +26581,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D454657" w14:textId="5B9C2FB4" w:rsidR="00137294" w:rsidRPr="00B3321A" w:rsidRDefault="000C78C1" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla </w:t>
       </w:r>
       <w:r w:rsidR="00653BE0" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="002B5F79" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00850E80" w:rsidRPr="00B3321A">
@@ -28028,50 +28025,51 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> la lista de cotejo permite distinguir el desempeño de la competencia en los estudiantes, así </w:t>
       </w:r>
       <w:r w:rsidR="00880AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">también </w:t>
       </w:r>
       <w:r w:rsidR="00342B59" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>que el docente debe servir de ejemplo como un elemento que incide en el aprendizaje y consolidación de la competencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DA97FAD" w14:textId="367EE3C0" w:rsidR="006E77C1" w:rsidRPr="00B3321A" w:rsidRDefault="006E77C1" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Respecto a lo antes descrito, Granados </w:t>
@@ -28174,62 +28172,51 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> instrumento </w:t>
       </w:r>
       <w:r w:rsidR="00CD070F" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>constituyó una</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> base útil para registrar lo </w:t>
-[...10 lines deleted...]
-        <w:t>observado durante el desempeño de competencias de los estudiantes</w:t>
+        <w:t xml:space="preserve"> base útil para registrar lo observado durante el desempeño de competencias de los estudiantes</w:t>
       </w:r>
       <w:r w:rsidR="005E793D" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>en la clínica comunitaria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BEFDDD0" w14:textId="515B9B77" w:rsidR="00516B1A" w:rsidRPr="00B3321A" w:rsidRDefault="006E77C1" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -28995,50 +28982,51 @@
         </w:rPr>
         <w:t>conlleva a los estudiantes a mejorar su conocimiento y experiencia por medio de la acción.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F29706D" w14:textId="670EE822" w:rsidR="002B43FE" w:rsidRPr="00B3321A" w:rsidRDefault="00DC679A" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A partir de lo anterior</w:t>
       </w:r>
       <w:r w:rsidR="00C228A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>, queda claro la importancia</w:t>
       </w:r>
       <w:r w:rsidR="003D5ED1" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> del dinamismo para alcanzar </w:t>
       </w:r>
       <w:r w:rsidR="008E610E" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -29209,51 +29197,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="682DAD6E" w14:textId="6687F9AF" w:rsidR="002B43FE" w:rsidRPr="00B3321A" w:rsidRDefault="00A613AC" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Así, e</w:t>
       </w:r>
       <w:r w:rsidR="00F9157C" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>l nivel de dominio de la competencia aumenta de acuerdo con el dinamismo a partir de la práctica, o sea</w:t>
       </w:r>
       <w:r w:rsidR="00AD5660">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F9157C" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -29986,51 +29973,62 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> evaluar el desempeño de estudiantes de odontología durante </w:t>
       </w:r>
       <w:r w:rsidR="00BB1B60" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">atención a pacientes en las clínicas comunitarias, donde se deben integrar los saberes teóricos, prácticos y actitudinales que conforman una competencia profesional integrada. </w:t>
+        <w:t xml:space="preserve">atención a pacientes en las clínicas comunitarias, donde </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3321A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES" w:bidi="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">se deben integrar los saberes teóricos, prácticos y actitudinales que conforman una competencia profesional integrada. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F0610E" w14:textId="65DB6433" w:rsidR="00E07F05" w:rsidRPr="00B3321A" w:rsidRDefault="009420E0" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>El trabajo permitió dar cuenta de que l</w:t>
       </w:r>
       <w:r w:rsidR="00E07F05" w:rsidRPr="00B3321A">
@@ -30148,51 +30146,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="784CC04B" w14:textId="75C02F40" w:rsidR="00611BF5" w:rsidRDefault="008626FE" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="003D5ED1" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">os resultados arrojados mediante </w:t>
       </w:r>
       <w:r w:rsidR="00B1015B" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">el cuestionario de </w:t>
       </w:r>
       <w:r w:rsidR="00611BF5" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -30821,51 +30818,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="502C43B5" w14:textId="754119BD" w:rsidR="00F85880" w:rsidRPr="006315E4" w:rsidRDefault="00F85880" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006315E4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
       <w:r w:rsidRPr="006315E4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="130EB8E3" w14:textId="4FBDBBF1" w:rsidR="00CE5A22" w:rsidRPr="00B3321A" w:rsidRDefault="00331748" w:rsidP="00B3321A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="49" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -31342,69 +31338,58 @@
       </w:r>
       <w:r w:rsidR="00765A1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42FB32F0" w14:textId="279D2C40" w:rsidR="00CE5A22" w:rsidRPr="00B3321A" w:rsidRDefault="000C426C" w:rsidP="00B3321A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="49" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>Candreva</w:t>
-[...9 lines deleted...]
-        <w:t>, A. y</w:t>
+        <w:t>Candreva, A. y</w:t>
       </w:r>
       <w:r w:rsidR="00CE5A22" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CE5A22" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>Susacasa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CE5A22" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -31786,73 +31771,60 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>My Pedagogic Creed</w:t>
       </w:r>
       <w:r w:rsidR="00F53623" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>School</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">School </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>Journal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003D301D">
         <w:rPr>
@@ -32017,51 +31989,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00BA3DF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>. Recuperado de</w:t>
       </w:r>
       <w:r w:rsidR="00BA3DF4" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00CE5A22" w:rsidRPr="00B3321A">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
           </w:rPr>
           <w:t>http://redie.ens.uabc.mx/vol5no2/contenido-arceo.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CE5A22" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19E25B05" w14:textId="15EDE681" w:rsidR="00CE5A22" w:rsidRPr="00B3321A" w:rsidRDefault="00CE5A22" w:rsidP="00B3321A">
       <w:pPr>
@@ -33058,50 +33030,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> 6-14</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A5BD925" w14:textId="0D494702" w:rsidR="00CE5A22" w:rsidRPr="00B3321A" w:rsidRDefault="009A6AAB" w:rsidP="00B3321A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="49" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Irigoyen, J.</w:t>
       </w:r>
       <w:r w:rsidR="00434696" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Jiménez, M. y Acuña, K.</w:t>
       </w:r>
       <w:r w:rsidR="00CE5A22" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -33363,51 +33336,50 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F108C4C" w14:textId="3B6FA341" w:rsidR="00EF158D" w:rsidRPr="00B3321A" w:rsidRDefault="00E8571C" w:rsidP="00B3321A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="49" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Martínez, J.</w:t>
       </w:r>
       <w:r w:rsidR="00CE5A22" w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005). Los métodos de evaluación de la competencia profesional: la evaluación clínica objetivo estructurada (ECOE). </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3321A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>Educación Médica</w:t>
       </w:r>
       <w:r w:rsidR="002D4DA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -34240,168 +34212,163 @@
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="6315"/>
       </w:tblGrid>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="2554901F" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="08E573B8" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00FB7FB0">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6595225F" w14:textId="165CA687" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00FB7FB0">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="512C9355" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3829C789" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="35D8972E" w14:textId="7B6D48A7" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
@@ -34409,826 +34376,804 @@
               </w:rPr>
               <w:t xml:space="preserve">Enedina Duarte Quintero y Carlota Leticia </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rodriguez</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="5D7B6286" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="361CF2A1" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0F94E0A9" w14:textId="45973D44" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enedina Duarte Quintero y Carlota Leticia Rodríguez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="10774A33" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="617F922F" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7617F74D" w14:textId="5616260E" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No aplica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="30298ED9" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4B663881" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B928CA0" w14:textId="2ABEC473" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enedina Duarte Quintero y Carlota Leticia Rodríguez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="434929CD" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4559E190" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="242F3D23" w14:textId="73832FB0" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carlota Leticia Rodríguez.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="1C1845A9" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="68D57F40" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7C5D2318" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enedina Duarte Quintero.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="69511336" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A351445" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="11579DE5" w14:textId="0AC970D2" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enedina Duarte Quintero.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="737046F1" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="665AE139" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="477F230B" w14:textId="6CF9E1C2" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carlota Leticia Rodríguez y Enedina Duarte Quintero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="5A1C77A2" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="355E859C" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41B1B93F" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Enedina Duarte Quintero y Carlota Leticia Rodríguez </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="21618FB3" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="11266236" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="76A13455" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enedina Duarte Quintero, Carlota Leticia Rodríguez e Irma Osuna Martínez.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="745A83DB" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="36D29261" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Visualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="47467099" w14:textId="4956B587" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carlota Leticia Rodríguez, Enedina Duarte Quintero e Irma Osuna Martínez.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="6ABDF25E" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4F816670" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Supervisión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3243B686" w14:textId="1E7EE52B" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
@@ -35246,86 +35191,84 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rodriguez</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> y Enedina Duarte Quintero.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="7E606E7F" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1407E920" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="74410B6E" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
@@ -35343,313 +35286,322 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rodriguez</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> y Enedina Duarte Quintero.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550552" w:rsidRPr="00550552" w14:paraId="1D979EED" w14:textId="77777777" w:rsidTr="00550552">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="547C01EF" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="591534CE" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00550552" w:rsidRDefault="00550552" w:rsidP="00102771">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550552">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enedina Duarte Quintero.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7B0A7C32" w14:textId="77777777" w:rsidR="00550552" w:rsidRPr="00B3321A" w:rsidRDefault="00550552" w:rsidP="00B3321A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="49" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00550552" w:rsidRPr="00B3321A" w:rsidSect="00D21314">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1276" w:right="1701" w:bottom="709" w:left="1701" w:header="142" w:footer="260" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="226341D5" w14:textId="77777777" w:rsidR="00303478" w:rsidRDefault="00303478">
+    <w:p w14:paraId="78746BEE" w14:textId="77777777" w:rsidR="00092365" w:rsidRDefault="00092365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="622376D0" w14:textId="77777777" w:rsidR="00303478" w:rsidRDefault="00303478">
+    <w:p w14:paraId="1065D149" w14:textId="77777777" w:rsidR="00092365" w:rsidRDefault="00092365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1269618256"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="6F1DA8F4" w14:textId="3EE945A2" w:rsidR="006A3806" w:rsidRDefault="006A3806" w:rsidP="00D21314">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>V</w:t>
         </w:r>
         <w:r w:rsidRPr="009812F1">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t xml:space="preserve">ol. 8 Núm. 15                   </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:szCs w:val="14"/>
           </w:rPr>
-          <w:t>Julio - Diciembre</w:t>
+          <w:t xml:space="preserve">Julio - </w:t>
         </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:szCs w:val="14"/>
+          </w:rPr>
+          <w:t>Diciembre</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="009812F1">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t xml:space="preserve"> 2022                      PAG</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A246577" w14:textId="77777777" w:rsidR="00303478" w:rsidRDefault="00303478">
+    <w:p w14:paraId="0C73BBB7" w14:textId="77777777" w:rsidR="00092365" w:rsidRDefault="00092365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DB34501" w14:textId="77777777" w:rsidR="00303478" w:rsidRDefault="00303478">
+    <w:p w14:paraId="29460A72" w14:textId="77777777" w:rsidR="00092365" w:rsidRDefault="00092365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B93B326" w14:textId="64486F17" w:rsidR="006A3806" w:rsidRDefault="006A3806" w:rsidP="00D21314">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33F7C2BA" wp14:editId="42F61E48">
           <wp:extent cx="5400040" cy="584835"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="33" name="Imagen 33"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="18" name="Imagen 18"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
@@ -35658,51 +35610,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5400040" cy="584835"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15B0328D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5268C9A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="848" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="848" w:hanging="428"/>
       </w:pPr>
@@ -36411,51 +36363,51 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="387413171">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1481926956">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1384596161">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="656568723">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="318850096">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1387872016">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -36503,50 +36455,51 @@
     <w:rsid w:val="00052103"/>
     <w:rsid w:val="00054FFD"/>
     <w:rsid w:val="00056470"/>
     <w:rsid w:val="0005706B"/>
     <w:rsid w:val="00057793"/>
     <w:rsid w:val="00057BF9"/>
     <w:rsid w:val="00060AE0"/>
     <w:rsid w:val="00061C1D"/>
     <w:rsid w:val="0006364E"/>
     <w:rsid w:val="00063828"/>
     <w:rsid w:val="00064642"/>
     <w:rsid w:val="000655DA"/>
     <w:rsid w:val="00066188"/>
     <w:rsid w:val="00066E5E"/>
     <w:rsid w:val="00070F72"/>
     <w:rsid w:val="00072308"/>
     <w:rsid w:val="00072349"/>
     <w:rsid w:val="000738F9"/>
     <w:rsid w:val="00080ADE"/>
     <w:rsid w:val="00085CFC"/>
     <w:rsid w:val="000860E4"/>
     <w:rsid w:val="00086B7A"/>
     <w:rsid w:val="00090977"/>
     <w:rsid w:val="0009149A"/>
     <w:rsid w:val="00091EF9"/>
+    <w:rsid w:val="00092365"/>
     <w:rsid w:val="00094356"/>
     <w:rsid w:val="00094370"/>
     <w:rsid w:val="0009494B"/>
     <w:rsid w:val="00094D3A"/>
     <w:rsid w:val="00094EDC"/>
     <w:rsid w:val="000976A5"/>
     <w:rsid w:val="00097FE9"/>
     <w:rsid w:val="000A02AD"/>
     <w:rsid w:val="000A0E74"/>
     <w:rsid w:val="000A3799"/>
     <w:rsid w:val="000A3B63"/>
     <w:rsid w:val="000A3FB5"/>
     <w:rsid w:val="000A4769"/>
     <w:rsid w:val="000A4D70"/>
     <w:rsid w:val="000A5A62"/>
     <w:rsid w:val="000A6DB3"/>
     <w:rsid w:val="000A712B"/>
     <w:rsid w:val="000A722C"/>
     <w:rsid w:val="000A773B"/>
     <w:rsid w:val="000B33FA"/>
     <w:rsid w:val="000B373C"/>
     <w:rsid w:val="000B4688"/>
     <w:rsid w:val="000B59D6"/>
     <w:rsid w:val="000B6B52"/>
     <w:rsid w:val="000B6D9B"/>
@@ -36572,50 +36525,51 @@
     <w:rsid w:val="000D0DED"/>
     <w:rsid w:val="000D2BB0"/>
     <w:rsid w:val="000D30B8"/>
     <w:rsid w:val="000D36DD"/>
     <w:rsid w:val="000D413D"/>
     <w:rsid w:val="000D7B45"/>
     <w:rsid w:val="000D7FD7"/>
     <w:rsid w:val="000D7FFC"/>
     <w:rsid w:val="000E23FF"/>
     <w:rsid w:val="000E2FBC"/>
     <w:rsid w:val="000E6869"/>
     <w:rsid w:val="000F199D"/>
     <w:rsid w:val="000F6663"/>
     <w:rsid w:val="000F733F"/>
     <w:rsid w:val="000F742E"/>
     <w:rsid w:val="00101035"/>
     <w:rsid w:val="00102771"/>
     <w:rsid w:val="00105DED"/>
     <w:rsid w:val="00110077"/>
     <w:rsid w:val="00110E23"/>
     <w:rsid w:val="001129FB"/>
     <w:rsid w:val="00115E4A"/>
     <w:rsid w:val="0011763B"/>
     <w:rsid w:val="00124F11"/>
     <w:rsid w:val="00126088"/>
+    <w:rsid w:val="001324E0"/>
     <w:rsid w:val="0013273A"/>
     <w:rsid w:val="001327D2"/>
     <w:rsid w:val="00134928"/>
     <w:rsid w:val="00137294"/>
     <w:rsid w:val="001408BD"/>
     <w:rsid w:val="00140E41"/>
     <w:rsid w:val="001449CB"/>
     <w:rsid w:val="00144DC3"/>
     <w:rsid w:val="00146F85"/>
     <w:rsid w:val="001516AE"/>
     <w:rsid w:val="0015222F"/>
     <w:rsid w:val="00153814"/>
     <w:rsid w:val="001559D4"/>
     <w:rsid w:val="00157BC8"/>
     <w:rsid w:val="00160685"/>
     <w:rsid w:val="00161884"/>
     <w:rsid w:val="00161A38"/>
     <w:rsid w:val="001641AA"/>
     <w:rsid w:val="001652A5"/>
     <w:rsid w:val="00165E05"/>
     <w:rsid w:val="00167BAD"/>
     <w:rsid w:val="00170256"/>
     <w:rsid w:val="001723AB"/>
     <w:rsid w:val="001731E0"/>
     <w:rsid w:val="001741B3"/>
@@ -36866,50 +36820,51 @@
     <w:rsid w:val="0036722F"/>
     <w:rsid w:val="00367B69"/>
     <w:rsid w:val="003705F7"/>
     <w:rsid w:val="00370622"/>
     <w:rsid w:val="0037126E"/>
     <w:rsid w:val="00373527"/>
     <w:rsid w:val="00374F7E"/>
     <w:rsid w:val="0038034B"/>
     <w:rsid w:val="003809BA"/>
     <w:rsid w:val="00382727"/>
     <w:rsid w:val="003839BA"/>
     <w:rsid w:val="00383EBA"/>
     <w:rsid w:val="00385FCD"/>
     <w:rsid w:val="00385FD3"/>
     <w:rsid w:val="00386067"/>
     <w:rsid w:val="00386153"/>
     <w:rsid w:val="0038618E"/>
     <w:rsid w:val="003864EE"/>
     <w:rsid w:val="0038692C"/>
     <w:rsid w:val="00386DC5"/>
     <w:rsid w:val="003874BD"/>
     <w:rsid w:val="00387F2F"/>
     <w:rsid w:val="00393047"/>
     <w:rsid w:val="00396F8A"/>
     <w:rsid w:val="00397299"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A25F9"/>
     <w:rsid w:val="003A3F2B"/>
     <w:rsid w:val="003A4E26"/>
     <w:rsid w:val="003A5392"/>
     <w:rsid w:val="003A5453"/>
     <w:rsid w:val="003A65DC"/>
     <w:rsid w:val="003A66A7"/>
     <w:rsid w:val="003A66D3"/>
     <w:rsid w:val="003B0EC3"/>
     <w:rsid w:val="003B0F2E"/>
     <w:rsid w:val="003B233D"/>
     <w:rsid w:val="003B26F4"/>
     <w:rsid w:val="003B2820"/>
     <w:rsid w:val="003B46B6"/>
     <w:rsid w:val="003B5714"/>
     <w:rsid w:val="003C0BBE"/>
     <w:rsid w:val="003C0F24"/>
     <w:rsid w:val="003C2899"/>
     <w:rsid w:val="003C2A68"/>
     <w:rsid w:val="003C2E54"/>
     <w:rsid w:val="003C3CFD"/>
     <w:rsid w:val="003C3DF8"/>
     <w:rsid w:val="003C5136"/>
     <w:rsid w:val="003C6F79"/>
     <w:rsid w:val="003D18B0"/>
@@ -38410,51 +38365,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0E37E97D"/>
   <w15:docId w15:val="{2425B55B-8502-44DF-9220-AC2C6F759D27}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -38532,94 +38487,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -38835,92 +38794,91 @@
     <w:rsid w:val="00550552"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="-15"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="8C7252"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001A7F7C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="001A7F7C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001A7F7C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
@@ -39464,55 +39422,67 @@
     <w:name w:val="Mención sin resolver5"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004037C9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:rsid w:val="00550552"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="8C7252"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001324E0"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="4137423">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="174152950">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -39605,65 +39575,65 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2071953143">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://redie.ens.uabc.mx/vol5no2/contenido-arceo.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v9i18.898" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://redie.ens.uabc.mx/vol5no2/contenido-arceo.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\adagraciela\Desktop\PROCESAMIENTO%20ESTADISTICO%20TESIS%20ENEDINA.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$A$19</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
@@ -40909,69 +40879,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7C19925-1B09-4C67-B866-2B6EE6514415}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>25</Pages>
-  <Words>7029</Words>
-  <Characters>38660</Characters>
+  <Words>7044</Words>
+  <Characters>38743</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>322</Lines>
   <Paragraphs>91</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>45598</CharactersWithSpaces>
+  <CharactersWithSpaces>45696</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dra. Carlota Leticia Rodríguez</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>