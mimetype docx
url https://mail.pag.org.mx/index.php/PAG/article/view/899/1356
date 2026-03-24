--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -4,76 +4,129 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A19A62B" w14:textId="7832C1E9" w:rsidR="00821CEA" w:rsidRDefault="00821CEA" w:rsidP="00821CEA">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:right="-1" w:firstLine="0"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00793C7E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C7E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="138B8D20" w14:textId="56E05B9C" w:rsidR="00224F7E" w:rsidRDefault="00224F7E" w:rsidP="00821CEA">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:right="-1" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224F7E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00224F7E">
+          <w:rPr>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v9i18.899</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="37368222" w14:textId="77777777" w:rsidR="00224F7E" w:rsidRPr="00224F7E" w:rsidRDefault="00224F7E" w:rsidP="00821CEA">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:right="-1" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="18DC3FB6" w14:textId="55089AA8" w:rsidR="000065C7" w:rsidRPr="00821CEA" w:rsidRDefault="00DB77F3" w:rsidP="00821CEA">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="00E93882" w:rsidRPr="00821CEA">
@@ -676,59 +729,57 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66CE9952" w14:textId="1FCA3055" w:rsidR="00666D24" w:rsidRDefault="00666D24" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">Este escrito muestra el desarrollo </w:t>
       </w:r>
       <w:r w:rsidR="00B7789B">
         <w:t xml:space="preserve">y evaluación </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">de una </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006006AB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006006AB" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D623C">
         <w:t>orientada</w:t>
       </w:r>
       <w:r w:rsidR="00B7789B">
         <w:t xml:space="preserve"> a apoyar e</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">l aprendizaje de </w:t>
       </w:r>
       <w:r w:rsidR="000065C7">
         <w:t xml:space="preserve">los principios </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>de la programación orientada a objetos. Para el desarrollo de</w:t>
       </w:r>
       <w:r w:rsidR="00FD5DF9" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> este estudio se usó una </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">metodología en dos </w:t>
       </w:r>
       <w:r w:rsidR="007B0327" w:rsidRPr="00BE00F7">
@@ -758,59 +809,57 @@
       </w:r>
       <w:r w:rsidR="00CA6D9B">
         <w:t xml:space="preserve"> por otro</w:t>
       </w:r>
       <w:r w:rsidR="001A71FC">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA6D9B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD5DF9" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">la evaluación de </w:t>
       </w:r>
       <w:r w:rsidR="005D623C">
         <w:t xml:space="preserve">la percepción del aprendizaje de </w:t>
       </w:r>
       <w:r w:rsidR="00FD5DF9" w:rsidRPr="00BE00F7">
         <w:t>los alumnos</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007B0327" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">En la fase del desarrollo de la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001A71FC" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001A71FC" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B0327" w:rsidRPr="00BE00F7">
         <w:t>se separaron las actividades en dos dimensiones</w:t>
       </w:r>
       <w:r w:rsidR="001A71FC">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="001A71FC" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B0327" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">la dimensión </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">didáctica y la </w:t>
       </w:r>
       <w:r w:rsidR="001B5C24" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">dimensión </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">tecnológica. </w:t>
       </w:r>
       <w:r w:rsidR="003E4579" w:rsidRPr="00BE00F7">
@@ -877,94 +926,90 @@
       <w:r w:rsidR="003E4579" w:rsidRPr="00BE00F7">
         <w:t>respecto a la dimensión tecnológica</w:t>
       </w:r>
       <w:r w:rsidR="001A71FC">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003E4579" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">se eligió al </w:t>
       </w:r>
       <w:r w:rsidR="003E4579" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">paradigma de desarrollo </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>en cascada con fases solapadas.</w:t>
       </w:r>
       <w:r w:rsidR="001B5C24" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> En la </w:t>
       </w:r>
       <w:r w:rsidR="00E717CC">
         <w:t xml:space="preserve">etapa </w:t>
       </w:r>
       <w:r w:rsidR="001B5C24" w:rsidRPr="00BE00F7">
-        <w:t>de evaluación de la aplicación se usó un cuestionario</w:t>
+        <w:t xml:space="preserve">de evaluación de la aplicación se </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5C24" w:rsidRPr="00BE00F7">
+        <w:lastRenderedPageBreak/>
+        <w:t>usó un cuestionario</w:t>
       </w:r>
       <w:r w:rsidR="00E717CC">
         <w:t xml:space="preserve"> cerrado para conocer </w:t>
       </w:r>
       <w:r w:rsidR="001B5C24" w:rsidRPr="00BE00F7">
         <w:t>la percepción del alumnado</w:t>
       </w:r>
       <w:r w:rsidR="00E717CC">
         <w:t xml:space="preserve"> referente a la funcionalidad y utilidad de la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001A71FC" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001B5C24" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F867B4" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">Los resultados obtenidos de la evaluación mostraron que el manejo didáctico fue apropiado en la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001A71FC" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001A71FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F867B4" w:rsidRPr="00BE00F7">
-        <w:t xml:space="preserve">y permitió promover el interés para que </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">los estudiantes aprendieran los fundamentos de la programación. También </w:t>
+        <w:t xml:space="preserve">y permitió promover el interés para que los estudiantes aprendieran los fundamentos de la programación. También </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>muestra</w:t>
       </w:r>
       <w:r w:rsidR="001B5C24" w:rsidRPr="00BE00F7">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A71FC">
         <w:t>una</w:t>
       </w:r>
       <w:r w:rsidR="001A71FC" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F636FE" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">buena </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">aceptación del alumnado </w:t>
       </w:r>
       <w:r w:rsidR="001A71FC">
         <w:t>hacia</w:t>
       </w:r>
@@ -1880,379 +1925,363 @@
         </w:rPr>
         <w:t>design</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>instrucional</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve">; Quanto à </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>Quanto</w:t>
+        <w:t>dimensão</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:t xml:space="preserve"> tecnológica, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>optou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">pelo paradigma de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>desenvolvimento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cascata</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fases </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>sobrepostas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> etapa de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>avaliação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do aplicativo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>foi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utilizado </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>um</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>questionário</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fechado para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>conhecer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>percepção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>alunos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>quanto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
         <w:t xml:space="preserve"> à </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>dimensão</w:t>
+        <w:t>funcionalidade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tecnológica, </w:t>
+        <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>optou</w:t>
+        <w:t>utilidade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">-se pelo paradigma de </w:t>
+        <w:t xml:space="preserve"> do aplicativo. Os resultados </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>desenvolvimento</w:t>
+        <w:t>obtidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> em </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>cascata</w:t>
+        <w:t>com</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...126 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
-      </w:r>
-[...118 lines deleted...]
-        <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>avaliação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>mostraram</w:t>
       </w:r>
@@ -3210,50 +3239,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="416D599A" w14:textId="0AD2DE28" w:rsidR="0060690B" w:rsidRPr="00BE00F7" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Textoindependienteprimerasangra"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Operaciones </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">relacionadas </w:t>
       </w:r>
       <w:r w:rsidR="00304979">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>con</w:t>
       </w:r>
       <w:r w:rsidR="00304979" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3292,51 +3322,50 @@
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ámbito de variables; paso de parámetros y uso de argumentos).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B133992" w14:textId="0589641C" w:rsidR="0060690B" w:rsidRPr="00BE00F7" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Además, </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">los alumnos deben comprender </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>conceptos específicos de un paradigma, ya sea de la programación estructurada o de la</w:t>
       </w:r>
       <w:r w:rsidR="00DD09BE">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> programación orientada a objetos</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">Respecto a </w:t>
@@ -3868,101 +3897,101 @@
         <w:t xml:space="preserve">al desarrollo </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>de la lógica computacional</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F32977" w14:textId="51E9AB48" w:rsidR="0060690B" w:rsidRPr="00BE00F7" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ante la </w:t>
       </w:r>
       <w:r w:rsidR="00A97272" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">dificultad </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>de la materia</w:t>
       </w:r>
       <w:r w:rsidR="00666A7E">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> frecuentemente se observa que en los estudiantes de cursos o asignaturas de programación surge </w:t>
       </w:r>
       <w:r w:rsidR="007827E3">
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">desinterés por la materia, </w:t>
       </w:r>
       <w:r w:rsidR="00666A7E">
         <w:t>lo que genera</w:t>
       </w:r>
       <w:r w:rsidR="00666A7E" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">problemas </w:t>
       </w:r>
       <w:r w:rsidR="00666A7E">
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> aprendizaje y una tasa alta de estudiantes reprobados </w:t>
       </w:r>
       <w:r w:rsidR="002D3EC0">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="002D3EC0" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">desertores (Zatarain, 2018). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35F5AA60" w14:textId="758AAB30" w:rsidR="00C21205" w:rsidRPr="00BE00F7" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Por otro lado, el diseño </w:t>
       </w:r>
       <w:r w:rsidR="00A97272" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">versátil </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>de los recursos educativos es muy importante por su función mediadora</w:t>
       </w:r>
       <w:r w:rsidR="009228BE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> ya que bien diseñados</w:t>
       </w:r>
       <w:r w:rsidR="003E2B65" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> los materiales educativos </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">promueven el interés, la motivación y además la utilización de la multimedia </w:t>
       </w:r>
       <w:r w:rsidR="003E2B65" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">ayuda a </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">que los alumnos aprendan haciendo uso de diferentes </w:t>
@@ -4019,59 +4048,57 @@
       </w:r>
       <w:r w:rsidR="00080A36" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">su interés por la programación, que disminuya </w:t>
       </w:r>
       <w:r w:rsidR="00A47DE8" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">su frustración ante </w:t>
       </w:r>
       <w:r w:rsidR="00B31713" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">sus dudas </w:t>
       </w:r>
       <w:r w:rsidR="00A47DE8" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">y que mantenga su motivación. Se aprovechan </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>las tecnologías de comunicación actuales</w:t>
       </w:r>
       <w:r w:rsidR="00080A36" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A47DE8" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">para </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">desarrollar una </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006F559E" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006F559E" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">móvil que </w:t>
       </w:r>
       <w:r w:rsidR="00A47DE8" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">introduzca </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>a los alumnos en la ardua tarea de comprender el proceso de la programación orientada a objetos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="550D9D6F" w14:textId="77777777" w:rsidR="00024072" w:rsidRPr="00BE00F7" w:rsidRDefault="00024072" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="176DD436" w14:textId="77777777" w:rsidR="00E16466" w:rsidRPr="00821CEA" w:rsidRDefault="0060690B" w:rsidP="00A40D09">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:sz w:val="28"/>
@@ -4181,62 +4208,52 @@
       <w:r w:rsidR="00C80B27" w:rsidRPr="00C80B27">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C80B27" w:rsidRPr="00C80B27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Rodríguez, Lozano</w:t>
       </w:r>
       <w:r w:rsidR="00C80B27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C80B27" w:rsidRPr="00C80B27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">y </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>y Nisperuza</w:t>
+      </w:r>
       <w:r w:rsidR="00C80B27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D431CE" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020</w:t>
       </w:r>
       <w:r w:rsidR="00D431CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -4459,115 +4476,67 @@
         </w:rPr>
         <w:t>Codecademy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>edX</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Khan </w:t>
+        <w:t xml:space="preserve">, Khan Academy, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Academy</w:t>
+        <w:t>Codewars</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, Udemy, Dash, Bento.io, Code </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Avengers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="004A7DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
@@ -4608,75 +4577,71 @@
         <w:t xml:space="preserve">loques, Alice, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002973C2" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Greenfoot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00852632" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00767CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00767CEF" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kuz</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00767CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00767CEF" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ariste</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00767CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00767CEF" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidR="00767CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00852632" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4829,102 +4794,100 @@
     </w:p>
     <w:p w14:paraId="2A7ABEB6" w14:textId="1983BA97" w:rsidR="009D1B49" w:rsidRDefault="009D1B49" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">El </w:t>
       </w:r>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>software</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> educativo desarrollado para dispositivos móviles es una categoría en continuo crecimiento</w:t>
       </w:r>
       <w:r w:rsidR="009F11F8" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> y difusión</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">, ya que la alta disponibilidad de los teléfonos inteligentes </w:t>
       </w:r>
       <w:r w:rsidR="0052762F" w:rsidRPr="00BE00F7">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">facilita </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>que</w:t>
       </w:r>
       <w:r w:rsidR="0052762F" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> docentes y alumnos usen </w:t>
       </w:r>
       <w:r w:rsidR="00A97272" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">las aplicaciones didácticas </w:t>
       </w:r>
       <w:r w:rsidR="0052762F" w:rsidRPr="00BE00F7">
         <w:t>para promover las habilidades de los alumnos.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AB16380" w14:textId="77777777" w:rsidR="00024072" w:rsidRPr="00BE00F7" w:rsidRDefault="00024072" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C1CA0CA" w14:textId="78F0A380" w:rsidR="009D1B49" w:rsidRPr="00821CEA" w:rsidRDefault="009D1B49" w:rsidP="00A40D09">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Uso de las </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00024072" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>apps</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> en la enseñanza</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01515003" w14:textId="4BF2D30B" w:rsidR="009D1B49" w:rsidRPr="00BE00F7" w:rsidRDefault="009D1B49" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">Un beneficio del material didáctico digital es la posibilidad de enriquecer la experiencia de aprendizaje mediante el </w:t>
       </w:r>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>software</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> que integra elementos semánticos estructurales y elementos didácticos como los ejercicios</w:t>
       </w:r>
@@ -5267,72 +5230,72 @@
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Se hace un empleo productivo del tiempo en el aula. Al mejorarse la interacción con el docente, se aprovecha el tiempo presencial.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B0D505F" w14:textId="6F9D3358" w:rsidR="009D1B49" w:rsidRPr="00024072" w:rsidRDefault="009D1B49" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Contribuye a mejorar la formación continua. Consiste en utilizar los recursos disponibles en las sociedades para la formación de las personas a lo largo de la vida y para prevenir y remediar carencias a determinadas edades.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58D13483" w14:textId="0765290A" w:rsidR="009D1B49" w:rsidRPr="00024072" w:rsidRDefault="009D1B49" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Se vinculan las tareas formales e informales en el aprendizaje. Este vínculo es el resultado de la intersección de los múltiples universos digitales de usuarios conectados entre sí por nexos, </w:t>
       </w:r>
       <w:r w:rsidR="005235E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>lo que forma</w:t>
       </w:r>
       <w:r w:rsidR="005235E4" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>una red de dimensiones indefinidas, dinámica, asimétrica y en constante evolución.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD863EC" w14:textId="4EE40F91" w:rsidR="009D1B49" w:rsidRPr="00024072" w:rsidRDefault="009D1B49" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
@@ -5470,60 +5433,58 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56D7364E" w14:textId="3FA660BA" w:rsidR="0060690B" w:rsidRPr="00BE00F7" w:rsidRDefault="003F019F" w:rsidP="00A40D09">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00246B66">
         <w:t>Métodos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D18DE22" w14:textId="3AB78AB5" w:rsidR="00AA6E5F" w:rsidRPr="00BE00F7" w:rsidRDefault="003F019F" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Para alcanzar los objetivos planteados en esta investigación se aplicaron dos fases de trabajo. En la primera se desarrolló la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00036E1D" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00036E1D" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00036E1D">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>siguiendo</w:t>
       </w:r>
       <w:r w:rsidR="00036E1D" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA6E5F" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">las recomendaciones de la </w:t>
       </w:r>
       <w:r w:rsidR="00036E1D">
@@ -5721,62 +5682,61 @@
       </w:r>
       <w:r w:rsidR="0060690B" w:rsidRPr="00BE00F7">
         <w:t>las secuencias didácticas y se sometieron a la aprobación de los profesores que imparten la materia</w:t>
       </w:r>
       <w:r w:rsidR="0060690B" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00ED316C" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18C9109C" w14:textId="2D942FA5" w:rsidR="00185F2B" w:rsidRDefault="003D07A9" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Respecto a la dimensión tecnológica para el desarrollo de la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A26F0D" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A26F0D">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A26F0D" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>se eligió el modelo en cascada con fases solapadas</w:t>
       </w:r>
       <w:r w:rsidR="00185F2B" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. El </w:t>
       </w:r>
       <w:r w:rsidR="00A256C0">
@@ -5813,58 +5773,51 @@
       </w:r>
       <w:r w:rsidR="00185F2B" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">también </w:t>
       </w:r>
       <w:r w:rsidR="00A256C0">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">llamado </w:t>
       </w:r>
       <w:r w:rsidR="00185F2B" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>paradigma del proceso</w:t>
       </w:r>
       <w:r w:rsidR="00185F2B" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">. El modelo indica el orden de las etapas involucradas en el </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">desarrollo del </w:t>
+        <w:t xml:space="preserve">. El modelo indica el orden de las etapas involucradas en el desarrollo del </w:t>
       </w:r>
       <w:r w:rsidR="00185F2B" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>software</w:t>
       </w:r>
       <w:r w:rsidR="00185F2B" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> y proporciona un criterio para comenzar, para continuar a la siguiente etapa y para finalizar.</w:t>
       </w:r>
       <w:r w:rsidR="009E7EE7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00185F2B" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
@@ -6160,51 +6113,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08978C0B" wp14:editId="072374B6">
             <wp:extent cx="3362325" cy="2267908"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Imagen 6" descr="Diagrama&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Imagen 6" descr="Diagrama&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3369559" cy="2272788"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B97C4C8" w14:textId="3EB1C223" w:rsidR="00391103" w:rsidRDefault="00024072" w:rsidP="00821CEA">
       <w:pPr>
         <w:ind w:right="-1" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -6495,50 +6448,51 @@
         </w:rPr>
         <w:t>software</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> como son los diagramas </w:t>
       </w:r>
       <w:r w:rsidR="00777678">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>de l</w:t>
       </w:r>
       <w:r w:rsidR="00777678" w:rsidRPr="00777678">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">enguaje </w:t>
       </w:r>
       <w:r w:rsidR="00777678">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00777678" w:rsidRPr="00777678">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">nificado de </w:t>
       </w:r>
       <w:r w:rsidR="00777678">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00777678" w:rsidRPr="00777678">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">odelado </w:t>
       </w:r>
       <w:r w:rsidR="00777678">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>(</w:t>
@@ -6576,51 +6530,50 @@
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F52A2AB" w14:textId="53FA3699" w:rsidR="00F10116" w:rsidRPr="00024072" w:rsidRDefault="00F10116" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="-1" w:firstLine="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -6674,51 +6627,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="320451F0" wp14:editId="01F34795">
             <wp:extent cx="5712119" cy="3562350"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:docPr id="4" name="Imagen 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5771248" cy="3599226"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -6810,94 +6763,72 @@
       <w:r w:rsidR="009756A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37BF18FB" w14:textId="11CDEE46" w:rsidR="0060690B" w:rsidRPr="00024072" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Visual Studio </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> versión 1.56.2, gratuito.</w:t>
+        <w:t>Visual Studio Code versión 1.56.2, gratuito.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="392E27D5" w14:textId="71BCF0AA" w:rsidR="0060690B" w:rsidRPr="00024072" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r w:rsidRPr="00024072">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Postman: </w:t>
       </w:r>
       <w:r w:rsidR="00F76D4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00F76D4A" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">anejo </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>y pruebas de servicios REST</w:t>
       </w:r>
       <w:r w:rsidR="00B81808">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -7192,60 +7123,58 @@
     <w:p w14:paraId="55E07101" w14:textId="3DD8BF83" w:rsidR="0060690B" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Respecto al </w:t>
       </w:r>
       <w:r w:rsidR="002243A5">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>diseño instruccional de</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CB5714" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CB5714">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> se </w:t>
       </w:r>
       <w:r w:rsidR="002243A5">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">abordaron </w:t>
       </w:r>
       <w:r w:rsidR="00A44257">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">los </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
@@ -7278,50 +7207,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Programación </w:t>
       </w:r>
       <w:r w:rsidR="002243A5">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00BC0F62">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la carrera de </w:t>
       </w:r>
       <w:r w:rsidR="00CB5714">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">ingeniería </w:t>
       </w:r>
       <w:r w:rsidR="00BC0F62">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidR="00DA5B1C">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Computación se</w:t>
       </w:r>
       <w:r w:rsidR="002243A5">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> de</w:t>
       </w:r>
       <w:r w:rsidR="00BC0F62">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>finie</w:t>
       </w:r>
       <w:r w:rsidR="002243A5">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ron los siguientes temas</w:t>
@@ -7363,51 +7293,50 @@
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E5C0A48" w14:textId="1816A48A" w:rsidR="0060690B" w:rsidRPr="00024072" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Los componentes de la computadora y su funcionamiento</w:t>
       </w:r>
       <w:r w:rsidR="00506EA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C033A9B" w14:textId="1DE7BA66" w:rsidR="0060690B" w:rsidRPr="00024072" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
@@ -8043,138 +7972,135 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="559A4F8F" w14:textId="2B17E990" w:rsidR="003F7FB3" w:rsidRPr="00BE00F7" w:rsidRDefault="003F7FB3" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CA7E82" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CA7E82" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>fue fácil de usar</w:t>
       </w:r>
       <w:r w:rsidR="00CA7E82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BEAF552" w14:textId="75F76B0B" w:rsidR="003F7FB3" w:rsidRPr="00BE00F7" w:rsidRDefault="003F7FB3" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CA7E82" w:rsidRPr="00BB79B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> fue confusa</w:t>
       </w:r>
       <w:r w:rsidR="00CA7E82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FD2127F" w14:textId="3637F888" w:rsidR="003F7FB3" w:rsidRPr="00BE00F7" w:rsidRDefault="003F7FB3" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Había errores en la explicación</w:t>
       </w:r>
       <w:r w:rsidR="00CA7E82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="591C6575" w14:textId="4CFE50D0" w:rsidR="003F7FB3" w:rsidRPr="00BE00F7" w:rsidRDefault="003F7FB3" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8211,109 +8137,104 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4074E9AD" w14:textId="2FD2862C" w:rsidR="003F7FB3" w:rsidRPr="00BE00F7" w:rsidRDefault="003F7FB3" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Me gustó la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CA7E82" w:rsidRPr="00BB79B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CA7E82" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>para estudiar</w:t>
       </w:r>
       <w:r w:rsidR="00CA7E82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="603565D7" w14:textId="3A722585" w:rsidR="003F7FB3" w:rsidRPr="00BE00F7" w:rsidRDefault="003F7FB3" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Me gustaría tener otra </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CA7E82" w:rsidRPr="00BB79B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CA7E82" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>con temas más avanzados</w:t>
       </w:r>
       <w:r w:rsidR="00CA7E82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B90DAB2" w14:textId="0E832410" w:rsidR="003F7FB3" w:rsidRPr="00BE00F7" w:rsidRDefault="003F7FB3" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
@@ -8334,107 +8255,103 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F22C696" w14:textId="759590A6" w:rsidR="003F7FB3" w:rsidRDefault="003F7FB3" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-1" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Creo que no es útil esta </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CA7E82" w:rsidRPr="00BB79B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CA7E82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05DB2785" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="0098658A">
       <w:pPr>
         <w:ind w:right="-1" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2940EBD1" w14:textId="77777777" w:rsidR="0060690B" w:rsidRPr="00BE00F7" w:rsidRDefault="0060690B" w:rsidP="00A40D09">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25136B0C" w14:textId="7B283C3B" w:rsidR="00911D51" w:rsidRPr="00BE00F7" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>Como resultado de esta investigación se obtuvo en primer lugar una aplicación móvil con las siguientes propiedades:</w:t>
       </w:r>
       <w:r w:rsidR="00B457A7" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">l proyecto de la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CA7E82" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CA7E82" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>tiene un peso de 609</w:t>
       </w:r>
       <w:r w:rsidR="00CA7E82">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF1E41" w:rsidRPr="00BE00F7">
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="003C719D">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00DF1E41" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>y la APK resultante tiene un pe</w:t>
       </w:r>
       <w:r w:rsidR="00537EAB" w:rsidRPr="00BE00F7">
         <w:t>so de tan solo 24</w:t>
       </w:r>
       <w:r w:rsidR="00DF1E41">
@@ -8611,89 +8528,85 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>de evaluación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E494FD3" w14:textId="52AF2DBA" w:rsidR="0060690B" w:rsidRPr="00024072" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">En la última versión el completado del diseño didáctico dentro de la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005C21BC" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005C21BC" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>y la implementación de la funcionalidad de inicio de sesión.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B22126" w14:textId="5B2069C6" w:rsidR="00911D51" w:rsidRPr="00BE00F7" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">Para la conclusión de la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005C21BC" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005C21BC" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">se llevaron a cabo 32 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>commits</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> Git en total; respecto a las imágenes</w:t>
       </w:r>
       <w:r w:rsidR="005C21BC">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> se ocuparon 93 imágenes distribuidas en las diferentes pantallas, todas de tipo PNG o SVG</w:t>
       </w:r>
       <w:r w:rsidR="005C21BC">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> que se obtuvieron de manera gratuita de la plataforma </w:t>
@@ -8770,51 +8683,50 @@
         <w:ind w:right="-1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B2E1E16" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="00BE00F7" w:rsidRDefault="0098658A" w:rsidP="00350DC4">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41E3581C" w14:textId="36C1D93D" w:rsidR="00700A99" w:rsidRPr="00024072" w:rsidRDefault="00700A99" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -8833,88 +8745,86 @@
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00024072" w:rsidRPr="00024072">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Pantallas de la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00350DC4" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2375C4E4" w14:textId="2B497D5D" w:rsidR="00911D51" w:rsidRPr="00BE00F7" w:rsidRDefault="00911D51" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27CFB4DB" wp14:editId="245B4F47">
             <wp:extent cx="5353685" cy="5143500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Imagen 3" descr="Interfaz de usuario gráfica, Aplicación&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Imagen 7" descr="Interfaz de usuario gráfica, Aplicación&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5385196" cy="5173774"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="450B8A00" w14:textId="77777777" w:rsidR="00024072" w:rsidRDefault="00024072" w:rsidP="00821CEA">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="-1" w:firstLine="0"/>
@@ -8935,59 +8845,51 @@
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">A modo de resumen en la tabla </w:t>
       </w:r>
       <w:r w:rsidR="00350DC4">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">se muestra la clasificación y conteo de las líneas de código que se </w:t>
       </w:r>
       <w:r w:rsidR="00F539E6">
         <w:t>realizó</w:t>
       </w:r>
       <w:r w:rsidR="00F539E6" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F539E6">
         <w:t>mediante</w:t>
       </w:r>
       <w:r w:rsidR="00F539E6" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
-        <w:t xml:space="preserve">una extensión de Visual Studio </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>una extensión de Visual Studio Code (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>VSCodeCounter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E75DC4">
         <w:t xml:space="preserve">. Destaca que, </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">sumando solo </w:t>
       </w:r>
       <w:r w:rsidR="00E75DC4">
         <w:t>aquellas</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> que contienen código</w:t>
       </w:r>
       <w:r w:rsidR="00350DC4">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
@@ -9045,51 +8947,50 @@
         <w:ind w:right="-1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0517DE2A" w14:textId="77777777" w:rsidR="0098658A" w:rsidRDefault="0098658A" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="311BD14F" w14:textId="714DE5F4" w:rsidR="00164CB1" w:rsidRPr="00024072" w:rsidRDefault="00140EB6" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Tabla \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
@@ -10370,60 +10271,58 @@
       </w:r>
       <w:r w:rsidR="00C14639" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>omputación</w:t>
       </w:r>
       <w:r w:rsidR="00C14639">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C14639" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0060690B" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">quienes probaron la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C14639" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003F2272" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005B0B5C" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> De los datos obtenido</w:t>
       </w:r>
       <w:r w:rsidR="00C14639">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="005B0B5C" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> se puede inferir lo siguiente</w:t>
       </w:r>
       <w:r w:rsidR="000F5C35" w:rsidRPr="00BE00F7">
@@ -10467,60 +10366,58 @@
       </w:r>
       <w:r w:rsidR="00C14639" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>95</w:t>
       </w:r>
       <w:r w:rsidR="00C14639">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">% la selección de los temas mostrados en la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C14639" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C14639" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>les pareció necesarios e importantes para aprender a programar, al igual que el contenido explicativo</w:t>
       </w:r>
       <w:r w:rsidR="005B0B5C" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> opinaron que </w:t>
       </w:r>
       <w:r w:rsidR="005B0B5C" w:rsidRPr="00024072">
@@ -10552,60 +10449,58 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="0060690B" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="0060690B" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">% de las opiniones les gustaría que la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0060690B" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">incluyera juegos, por lo que se interpreta que los alumnos buscan más interacción con la </w:t>
       </w:r>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -10627,60 +10522,58 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>90</w:t>
       </w:r>
       <w:r w:rsidR="00C14639">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">% de los alumnos opinaron que les habría gustado que la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C14639" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C14639" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>incluyera código en Java, lo que indica que les ser</w:t>
       </w:r>
       <w:r w:rsidR="00777DBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>í</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">a de utilidad </w:t>
       </w:r>
       <w:r w:rsidR="005B0B5C" w:rsidRPr="00024072">
@@ -10729,51 +10622,50 @@
     <w:p w14:paraId="01782838" w14:textId="79AB8B70" w:rsidR="0098658A" w:rsidRDefault="0098658A" w:rsidP="0098658A"/>
     <w:p w14:paraId="45113024" w14:textId="3F709C09" w:rsidR="0098658A" w:rsidRDefault="0098658A" w:rsidP="0098658A"/>
     <w:p w14:paraId="5E1EDFA2" w14:textId="617625F0" w:rsidR="0098658A" w:rsidRDefault="0098658A" w:rsidP="0098658A"/>
     <w:p w14:paraId="0C9A4B19" w14:textId="163FA892" w:rsidR="0098658A" w:rsidRDefault="0098658A" w:rsidP="0098658A"/>
     <w:p w14:paraId="23329C24" w14:textId="679CE645" w:rsidR="0098658A" w:rsidRDefault="0098658A" w:rsidP="0098658A"/>
     <w:p w14:paraId="093AD311" w14:textId="30BFD92A" w:rsidR="0098658A" w:rsidRDefault="0098658A" w:rsidP="0098658A"/>
     <w:p w14:paraId="4AFAFD9E" w14:textId="19E07CAE" w:rsidR="0098658A" w:rsidRDefault="0098658A" w:rsidP="0098658A"/>
     <w:p w14:paraId="541BD05D" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="0098658A"/>
     <w:p w14:paraId="1719D009" w14:textId="25D5B9FE" w:rsidR="005B0B5C" w:rsidRPr="00024072" w:rsidRDefault="005B0B5C" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -10835,51 +10727,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FFD58D6" wp14:editId="7EC5CF54">
             <wp:extent cx="5894705" cy="3238500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Imagen 1" descr="Gráfico, Gráfico radial&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Imagen 3" descr="Gráfico, Gráfico radial&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5968601" cy="3279098"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C98BFC4" w14:textId="77777777" w:rsidR="00024072" w:rsidRDefault="00024072" w:rsidP="00821CEA">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="-1" w:firstLine="0"/>
@@ -10906,60 +10798,58 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>En cuanto al diseño, los colores, el tipo y tamaño de la fuente, la interactividad y eficiencia de la APP, completamente a todos les gust</w:t>
       </w:r>
       <w:r w:rsidR="004C212C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> esta </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004C212C" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004C212C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>para estudiar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F73F81" w14:textId="21DBBF3B" w:rsidR="0060690B" w:rsidRPr="00024072" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10973,60 +10863,58 @@
       </w:r>
       <w:r w:rsidR="006E2C27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">% de las opiniones de los alumnos </w:t>
       </w:r>
       <w:r w:rsidR="006E2C27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">indican que </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">les gustaría tener otra </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00843534">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00843534" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">con temas más avanzados, lo cual </w:t>
       </w:r>
       <w:r w:rsidR="00843534">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">apunta </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">que esta </w:t>
       </w:r>
       <w:r w:rsidR="00843534">
@@ -11090,60 +10978,58 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>95</w:t>
       </w:r>
       <w:r w:rsidR="00493BBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">% de las opiniones de los alumnos expresaron que la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00493BBB" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00493BBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">les servirá para aprender a programar, lo cual indica </w:t>
       </w:r>
       <w:r w:rsidR="000F5C35" w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>por sí sola P fue exitosamente aceptada por los alumnos y que en definitiva la usan como herramienta de apoyo.</w:t>
       </w:r>
     </w:p>
@@ -11241,51 +11127,50 @@
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62EABEF0" w14:textId="3C11DC46" w:rsidR="000F5C35" w:rsidRPr="00024072" w:rsidRDefault="000F5C35" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="-1" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -11335,51 +11220,51 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72923B52" wp14:editId="6C0AB6CD">
             <wp:extent cx="5623974" cy="3028950"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Imagen 5" descr="Gráfico, Gráfico radial&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Imagen 5" descr="Gráfico, Gráfico radial&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5645695" cy="3040648"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="538B52F4" w14:textId="225B5896" w:rsidR="0060690B" w:rsidRDefault="00024072" w:rsidP="00821CEA">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="-1" w:firstLine="0"/>
@@ -11967,89 +11852,94 @@
       </w:r>
       <w:r w:rsidR="003128B2" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006D591A" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> En este caso</w:t>
       </w:r>
       <w:r w:rsidR="00BF3B95">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006D591A" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> los resultados nos permiten conocer la buena aceptación de los alumnos hacia la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BF3B95">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BF3B95" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D591A" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">desarrollada y </w:t>
       </w:r>
       <w:r w:rsidR="00BF3B95">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sus</w:t>
       </w:r>
       <w:r w:rsidR="00BF3B95" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D591A" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>sugerencias ayudarán a ampliar los escenarios de uso.</w:t>
+        <w:t xml:space="preserve">sugerencias ayudarán a ampliar los escenarios </w:t>
+      </w:r>
+      <w:r w:rsidR="006D591A" w:rsidRPr="00BE00F7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de uso.</w:t>
       </w:r>
       <w:r w:rsidR="009E7EE7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F24D16" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El diseño instruccional en esta aplicación </w:t>
       </w:r>
       <w:r w:rsidR="00477325">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tomó en consideración las</w:t>
       </w:r>
       <w:r w:rsidR="00F24D16" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> observaciones que </w:t>
       </w:r>
@@ -12109,58 +11999,51 @@
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E32DFB" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>learning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006D591A" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003128B2" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">El diseño instruccional, la usabilidad y el fácil acceso de la aplicación han </w:t>
-[...6 lines deleted...]
-        <w:t>sido l</w:t>
+        <w:t>El diseño instruccional, la usabilidad y el fácil acceso de la aplicación han sido l</w:t>
       </w:r>
       <w:r w:rsidR="00645CC9" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">os factores </w:t>
       </w:r>
       <w:r w:rsidR="00477325">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">señalados </w:t>
       </w:r>
       <w:r w:rsidR="002F7B99">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>por</w:t>
       </w:r>
       <w:r w:rsidR="00645CC9" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> los alumnos </w:t>
       </w:r>
@@ -12553,60 +12436,58 @@
       </w:r>
       <w:r w:rsidR="00C62ABF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003E4579" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF4C0A" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>que promuevan el desarrollo de habilidades y conocimientos durante el proceso de enseñanza-aprendizaje</w:t>
       </w:r>
       <w:r w:rsidR="00B410B1" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Los alumnos manifestaron interés por visualizar en la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C62ABF" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C62ABF" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B410B1" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>más recursos multimedia</w:t>
       </w:r>
       <w:r w:rsidR="00C62ABF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C62ABF" w:rsidRPr="00BE00F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C62ABF">
@@ -12673,123 +12554,122 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73E906A3" w14:textId="77777777" w:rsidR="0060690B" w:rsidRPr="00BE00F7" w:rsidRDefault="0060690B" w:rsidP="00A40D09">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB08CA8" w14:textId="1E0DE08D" w:rsidR="0060690B" w:rsidRPr="00BE00F7" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>Como resultado de esta investigación</w:t>
       </w:r>
       <w:r w:rsidR="00A20AE9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> se logró crear una </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A20AE9" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A20AE9" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">ligera que permite instalarse en la mayoría de los dispositivos móviles disponibles para los alumnos del </w:t>
       </w:r>
       <w:r w:rsidR="00A20AE9">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00A20AE9" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">entro </w:t>
       </w:r>
       <w:r w:rsidR="00A20AE9">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00A20AE9" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">niversitario </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">para quienes fue desarrollada. Con respecto al diseño didáctico de la </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A20AE9" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>app</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>, el diseño instruccional fue adecuado</w:t>
       </w:r>
       <w:r w:rsidR="002D691F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> ya que el estudiantado </w:t>
       </w:r>
       <w:r w:rsidR="002D691F">
         <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>aceptó plenamente. Aplicar la división de tareas con base en las áreas de especialización de los autores permitió desarrollar un diseño didáctico útil y pertinente para el alumno.</w:t>
       </w:r>
       <w:r w:rsidR="009E7EE7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
-        <w:t>En la encuesta se observa una tendencia a solicitar la inclusión de código Java que permita tener una conexión</w:t>
+        <w:t xml:space="preserve">En la encuesta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE00F7">
+        <w:lastRenderedPageBreak/>
+        <w:t>se observa una tendencia a solicitar la inclusión de código Java que permita tener una conexión</w:t>
       </w:r>
       <w:r w:rsidR="009E7EE7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t>de los conceptos con la implementación de algunos aspectos de codificación, esto indica que para los alumnos este medio de estudio les puede ayudar en otros temas de importancia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0910E32C" w14:textId="0028EE3A" w:rsidR="0060690B" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE00F7">
-        <w:lastRenderedPageBreak/>
         <w:t>Respecto al papel del docente</w:t>
       </w:r>
       <w:r w:rsidR="00A20AE9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> también es importante observar que mediante este tipo de aplicaciones el profesor puede tener una mayor diversidad de materiales educativos para guiar a sus alumnos</w:t>
       </w:r>
       <w:r w:rsidR="00F42703" w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> y promover la autogestión del alumno</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002F29DD" w:rsidRPr="00BE00F7">
         <w:t>Se abren nuevas posibilidades de interacción con el alumno y se requiere mayor creatividad para diseñar activ</w:t>
       </w:r>
       <w:r w:rsidR="00023344" w:rsidRPr="00BE00F7">
         <w:t>idades de aprendizaje flexibles e innovadoras.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE00F7">
         <w:t xml:space="preserve"> Esta aplicación aún puede mejorar, por ejemplo, mediante la gestión automatizada del envío de</w:t>
       </w:r>
       <w:r w:rsidR="00A20AE9">
         <w:t>l</w:t>
@@ -12928,51 +12808,50 @@
     </w:p>
     <w:p w14:paraId="54F71F0C" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="00BE00F7" w:rsidRDefault="0098658A" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33BE22C5" w14:textId="77777777" w:rsidR="0060690B" w:rsidRPr="00A40D09" w:rsidRDefault="0060690B" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A40D09">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20489D3C" w14:textId="493E50EF" w:rsidR="0060690B" w:rsidRPr="00024072" w:rsidRDefault="00ED31C9" w:rsidP="00024072">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
         <w:ind w:left="709" w:right="-1" w:hanging="709"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aguilar, I. y</w:t>
       </w:r>
       <w:r w:rsidR="0060690B" w:rsidRPr="00024072">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> León, M. ( 2014). </w:t>
@@ -13090,63 +12969,55 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E00B813" w14:textId="0B7D3878" w:rsidR="00BE00F7" w:rsidRPr="00024072" w:rsidRDefault="00DB4586" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:left="709" w:right="-1" w:hanging="709"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ballesteros, V. A., Rodríguez, O. I., Lozano, S.</w:t>
       </w:r>
       <w:r w:rsidR="000C637D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">, J. L. (2020). </w:t>
+      <w:r w:rsidRPr="00024072">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nisperuza, J. L. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El aprendizaje móvil en educación superior: una experiencia desde la formación de ingenieros</w:t>
       </w:r>
       <w:r w:rsidRPr="000C637D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13646,89 +13517,73 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F24D16" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="00F24D16" w:rsidRPr="00024072">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(3), 154-175.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1104F8B6" w14:textId="305ECBF3" w:rsidR="00BE00F7" w:rsidRPr="00024072" w:rsidRDefault="00852632" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:left="709" w:right="-1" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">, A. </w:t>
+      <w:r w:rsidRPr="00024072">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kuz, A. </w:t>
       </w:r>
       <w:r w:rsidR="00767CEF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00767CEF" w:rsidRPr="00024072">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">, M. C. (2021). </w:t>
+      <w:r w:rsidRPr="00024072">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ariste, M. C. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Un análisis desde la programación estructurada del lenguaje Scratch como entorno lúdico educativo</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IE Comunicaciones: Revista Iberoamericana de Informática Educativa</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13802,195 +13657,203 @@
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00D4A972" w14:textId="58E01AC8" w:rsidR="00BE00F7" w:rsidRPr="00024072" w:rsidRDefault="00AF1311" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:left="709" w:right="-1" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Paredes, I. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="003A51F7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Modelo de programación basado en las mejores prácticas de la programación orientado a objetos, orientado a aspectos y orientado a eventos para la optimización del proceso de desarrollo de software</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00821CEA">
+        <w:t xml:space="preserve">Modelo de programación basado en las mejores prácticas de la programación orientado a objetos, orientado a aspectos y orientado a eventos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A51F7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Caso: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00513C72" w:rsidRPr="00821CEA">
+        <w:lastRenderedPageBreak/>
+        <w:t>para la optimización del proceso de desarrollo de software</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Consultoría </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00821CEA">
+        <w:t xml:space="preserve">. Caso: </w:t>
+      </w:r>
+      <w:r w:rsidR="00513C72" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">y </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00513C72" w:rsidRPr="00821CEA">
+        <w:t xml:space="preserve">Consultoría </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Diseño </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00821CEA">
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidR="00513C72" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">de </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00513C72" w:rsidRPr="00821CEA">
+        <w:t xml:space="preserve">Diseño </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sistemas </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003A51F7" w:rsidRPr="00821CEA">
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="00513C72" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>I</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00513C72" w:rsidRPr="00821CEA">
+        <w:t xml:space="preserve">Sistemas </w:t>
+      </w:r>
+      <w:r w:rsidR="003A51F7" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">nformáticos </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00821CEA">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00513C72" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003A51F7" w:rsidRPr="00821CEA">
+        <w:t xml:space="preserve">nformáticos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00821CEA">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="003A51F7" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003A51F7" w:rsidRPr="00821CEA">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00821CEA">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="003A51F7" w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00821CEA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003A51F7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00321118">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(Tesis de licenciatura). </w:t>
       </w:r>
       <w:r w:rsidR="00575BFA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Universidad Señor de Sipán, Pimentel. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76E3E0C2" w14:textId="75B07593" w:rsidR="00BE00F7" w:rsidRPr="00024072" w:rsidRDefault="007B5FBD" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:left="709" w:right="-1" w:hanging="709"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Pérez, H.</w:t>
       </w:r>
       <w:r w:rsidR="00BF3644">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Roig, R. </w:t>
       </w:r>
       <w:r w:rsidR="009E7EE7">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">y Jaramillo, L. </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
@@ -14283,69 +14146,51 @@
         </w:rPr>
         <w:t xml:space="preserve">, G. A. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Las Te</w:t>
       </w:r>
       <w:r w:rsidR="00C81978" w:rsidRPr="00024072">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>cnologías de la información y comunicación en el aprendizaje de</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> algoritmos y diagramas de flujo en el curso de Informática V en los estudiantes del área de tecnología e informática del quinto grado de educación secundaria de la Institución Educativa Emblemática Ricardo </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Sánchez</w:t>
+        <w:t xml:space="preserve"> algoritmos y diagramas de flujo en el curso de Informática V en los estudiantes del área de tecnología e informática del quinto grado de educación secundaria de la Institución Educativa Emblemática Ricardo Bentín Sánchez</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00821CEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Rímac, 2018</w:t>
       </w:r>
       <w:r w:rsidRPr="00024072">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C81978">
@@ -14513,83 +14358,52 @@
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C25477">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C25477">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Serious Games</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C25477">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C25477">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00C25477">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>(2), 67-86.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF123B1" w14:textId="276A363C" w:rsidR="00BE00F7" w:rsidRPr="00024072" w:rsidRDefault="00F10116" w:rsidP="00024072">
@@ -14864,118 +14678,115 @@
       <w:tblPr>
         <w:tblW w:w="8344" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3109"/>
         <w:gridCol w:w="5235"/>
       </w:tblGrid>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="098916CB" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="070692DE" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="0098658A">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="223D10AA" w14:textId="68C4AB2B" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="0098658A">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="0" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
         <w:bookmarkEnd w:id="0"/>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="754CF96B" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6B3C0D8F" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="0098658A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15019,51 +14830,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Bernardo Alexis Rojas Espinoza (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="611D0D6C" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="25097A2E" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15107,51 +14917,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Irene Aguilar Juárez(apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="085217F1" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3298C0CD" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15173,51 +14982,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Bernardo Alexis Rojas Espinoza (principal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="53620486" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="506D232F" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15261,51 +15069,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Irene Aguilar Juárez(apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="36D37BBD" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="725472B3" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15327,51 +15134,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Irene Aguilar Juárez (principal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="2FE207E5" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A3ECBC3" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15415,51 +15221,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Bernardo Alexis Rojas Espinoza (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="16224C28" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0D55AB18" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15481,51 +15286,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Irene Aguilar Juárez (principal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="420A592C" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3CD04F5B" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15569,51 +15373,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Irene Aguilar Juárez(apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="4B786E5A" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="220BC939" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15657,51 +15460,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Joel Ayala de la Vega (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="14D0824B" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="662E6017" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15745,51 +15547,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Irene Aguilar Juárez (principal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="194BC690" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E2323D5" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15812,51 +15613,50 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Irene Aguilar Juárez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="30DFA0A8" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:trHeight w:val="537"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B0D38CA" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15878,51 +15678,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Irene Aguilar Juárez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="4F11F1FA" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0E232560" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -15944,51 +15743,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Irene Aguilar Juárez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098658A" w:rsidRPr="0098658A" w14:paraId="1F66CE6A" w14:textId="77777777" w:rsidTr="0098658A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3109" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7E7CD03E" w14:textId="77777777" w:rsidR="0098658A" w:rsidRPr="0098658A" w:rsidRDefault="0098658A" w:rsidP="008F48D3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -16054,156 +15852,156 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098658A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Irene Aguilar Juárez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="403F4307" w14:textId="77777777" w:rsidR="0098658A" w:rsidRDefault="0098658A" w:rsidP="00024072">
       <w:pPr>
         <w:ind w:right="-1"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0098658A" w:rsidSect="009D33D3">
-      <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="993" w:right="1701" w:bottom="709" w:left="1701" w:header="142" w:footer="137" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="306BAC50" w14:textId="77777777" w:rsidR="00DA5BDC" w:rsidRDefault="00DA5BDC">
+    <w:p w14:paraId="03D77C4C" w14:textId="77777777" w:rsidR="000020AB" w:rsidRDefault="000020AB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7557A970" w14:textId="77777777" w:rsidR="00DA5BDC" w:rsidRDefault="00DA5BDC">
+    <w:p w14:paraId="253611D2" w14:textId="77777777" w:rsidR="000020AB" w:rsidRDefault="000020AB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2CD3AE4F" w14:textId="2F3F8EE9" w:rsidR="00A40D09" w:rsidRDefault="00A40D09" w:rsidP="00A40D09">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidRPr="009812F1">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">ol. </w:t>
     </w:r>
@@ -16215,93 +16013,105 @@
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>8  Núm.</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="009812F1">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> 15                   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>Julio - Diciembre</w:t>
+      <w:t xml:space="preserve">Julio - </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="009812F1">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2022                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4610E537" w14:textId="77777777" w:rsidR="00DA5BDC" w:rsidRDefault="00DA5BDC">
+    <w:p w14:paraId="7DB927C2" w14:textId="77777777" w:rsidR="000020AB" w:rsidRDefault="000020AB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="682D4DA2" w14:textId="77777777" w:rsidR="00DA5BDC" w:rsidRDefault="00DA5BDC">
+    <w:p w14:paraId="36690EDD" w14:textId="77777777" w:rsidR="000020AB" w:rsidRDefault="000020AB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D2364B2" w14:textId="598526C1" w:rsidR="00A40D09" w:rsidRDefault="00A40D09" w:rsidP="00A40D09">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="642CA2C9" wp14:editId="042FB402">
           <wp:extent cx="5400040" cy="584835"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:docPr id="15" name="Imagen 15"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="18" name="Imagen 18"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
@@ -16311,51 +16121,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5400040" cy="584835"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06C2737E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ECDC7BF0"/>
     <w:lvl w:ilvl="0" w:tplc="080A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -18054,149 +17864,154 @@
   <w:num w:numId="10" w16cid:durableId="1019889980">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="161434871">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="390232242">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="321278313">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1384137738">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="681469859">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1295671945">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-419" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-MX" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-419" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-MX" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-419" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-MX" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0060690B"/>
+    <w:rsid w:val="000020AB"/>
     <w:rsid w:val="000032B4"/>
     <w:rsid w:val="000065C7"/>
     <w:rsid w:val="00023344"/>
     <w:rsid w:val="00024072"/>
     <w:rsid w:val="00024CFE"/>
     <w:rsid w:val="000266E9"/>
     <w:rsid w:val="00031548"/>
     <w:rsid w:val="00036E1D"/>
     <w:rsid w:val="000435F0"/>
     <w:rsid w:val="00044535"/>
     <w:rsid w:val="0005125D"/>
     <w:rsid w:val="00056F92"/>
     <w:rsid w:val="00080A36"/>
     <w:rsid w:val="00092351"/>
     <w:rsid w:val="0009719D"/>
     <w:rsid w:val="000B67EB"/>
     <w:rsid w:val="000C637D"/>
     <w:rsid w:val="000F5C35"/>
     <w:rsid w:val="00105754"/>
     <w:rsid w:val="001226BC"/>
     <w:rsid w:val="00140EB6"/>
     <w:rsid w:val="00152266"/>
     <w:rsid w:val="00157C35"/>
     <w:rsid w:val="00164CB1"/>
     <w:rsid w:val="0018587F"/>
     <w:rsid w:val="00185F2B"/>
     <w:rsid w:val="0019234E"/>
     <w:rsid w:val="001939CB"/>
     <w:rsid w:val="00193DFF"/>
     <w:rsid w:val="001956F0"/>
     <w:rsid w:val="001A4786"/>
     <w:rsid w:val="001A71FC"/>
     <w:rsid w:val="001B5C24"/>
     <w:rsid w:val="001D35B5"/>
     <w:rsid w:val="001E6FBD"/>
     <w:rsid w:val="001F7EC4"/>
     <w:rsid w:val="00220EBF"/>
     <w:rsid w:val="002243A5"/>
+    <w:rsid w:val="00224F7E"/>
     <w:rsid w:val="002302DA"/>
     <w:rsid w:val="00232031"/>
     <w:rsid w:val="00246B66"/>
     <w:rsid w:val="00281BAD"/>
     <w:rsid w:val="0028689C"/>
     <w:rsid w:val="002922F9"/>
     <w:rsid w:val="002973C2"/>
     <w:rsid w:val="002C348B"/>
     <w:rsid w:val="002D2365"/>
     <w:rsid w:val="002D3EC0"/>
     <w:rsid w:val="002D691F"/>
     <w:rsid w:val="002E20C5"/>
     <w:rsid w:val="002F29DD"/>
     <w:rsid w:val="002F7B99"/>
     <w:rsid w:val="00303637"/>
     <w:rsid w:val="00304979"/>
     <w:rsid w:val="003128B2"/>
     <w:rsid w:val="00321118"/>
     <w:rsid w:val="0032227B"/>
     <w:rsid w:val="00337E00"/>
     <w:rsid w:val="00350DC4"/>
     <w:rsid w:val="003531DC"/>
     <w:rsid w:val="00391103"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A51F7"/>
     <w:rsid w:val="003B1103"/>
     <w:rsid w:val="003C47A3"/>
     <w:rsid w:val="003C719D"/>
     <w:rsid w:val="003D07A9"/>
     <w:rsid w:val="003D1EA3"/>
     <w:rsid w:val="003D2C7F"/>
     <w:rsid w:val="003E2B65"/>
     <w:rsid w:val="003E4579"/>
     <w:rsid w:val="003F019F"/>
     <w:rsid w:val="003F2272"/>
     <w:rsid w:val="003F7FB3"/>
     <w:rsid w:val="0041668A"/>
     <w:rsid w:val="00417C9B"/>
     <w:rsid w:val="00420D4D"/>
     <w:rsid w:val="004340B0"/>
     <w:rsid w:val="004532BC"/>
     <w:rsid w:val="0046309D"/>
     <w:rsid w:val="00477325"/>
     <w:rsid w:val="004860B8"/>
     <w:rsid w:val="00486D90"/>
     <w:rsid w:val="00487F10"/>
     <w:rsid w:val="00493BBB"/>
     <w:rsid w:val="004A592C"/>
     <w:rsid w:val="004A7DF2"/>
@@ -18411,51 +18226,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="32E6E286"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A69C0B9B-93A0-4012-A858-144F5F582E08}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18891,51 +18706,50 @@
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0098658A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -19433,73 +19247,73 @@
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0098658A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-419"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1504202124">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v9i18.899" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -19983,70 +19797,70 @@
     <b:Publisher>Benemérita Universidad Autónoma de Puebla</b:Publisher>
     <b:YearAccessed>2016</b:YearAccessed>
     <b:MonthAccessed>dic</b:MonthAccessed>
     <b:URL>https://www.academia.edu/11150239/Modelo_de_producci%C3%B3n_de_objetos_de_aprendizaje_usando_SysML</b:URL>
     <b:StateProvince>Jalisco</b:StateProvince>
     <b:CountryRegion>México</b:CountryRegion>
     <b:ConferenceName>3 er Congreso Nacional de Tennologías en la Educación</b:ConferenceName>
     <b:RefOrder>18</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{949E9E98-846B-427F-81FA-4425AF76D1EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>5738</Words>
-  <Characters>31563</Characters>
+  <Words>5753</Words>
+  <Characters>31647</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>263</Lines>
   <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37227</CharactersWithSpaces>
+  <CharactersWithSpaces>37326</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Irene Aguilar Juarez</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>