--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -4,78 +4,143 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2ECD3B45" w14:textId="658ADA37" w:rsidR="004923FF" w:rsidRPr="004923FF" w:rsidRDefault="004923FF" w:rsidP="004923FF">
+    <w:p w14:paraId="2ECD3B45" w14:textId="658ADA37" w:rsidR="004923FF" w:rsidRDefault="004923FF" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="27142426" w14:textId="0EA0D1F2" w:rsidR="002B6557" w:rsidRDefault="002B6557" w:rsidP="004923FF">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B6557">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="002B6557">
+          <w:rPr>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v10i19.907</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0F3D2024" w14:textId="77777777" w:rsidR="002B6557" w:rsidRPr="002B6557" w:rsidRDefault="002B6557" w:rsidP="004923FF">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0E9AED06" w14:textId="5BDFABC3" w:rsidR="0062550D" w:rsidRPr="004923FF" w:rsidRDefault="002A6208" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
@@ -274,62 +339,217 @@
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00450805">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Efeitos das obrigações condicionais (suspensivas e resolutivas) no direito tributário mexicano</w:t>
+        <w:t>Efeitos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>obrigações</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>condicionais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (suspensivas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resolutivas) no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>direito</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>tributário</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mexicano</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71876EF5" w14:textId="77777777" w:rsidR="0059547A" w:rsidRPr="004923FF" w:rsidRDefault="0059547A" w:rsidP="00CF207E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1922CE9E" w14:textId="6C502CDD" w:rsidR="00FB047E" w:rsidRPr="004923FF" w:rsidRDefault="0059547A" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
@@ -344,175 +564,187 @@
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Miguel Angel Haro Ruiz</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="748BB3A8" w14:textId="52F0BDCA" w:rsidR="004923FF" w:rsidRPr="004923FF" w:rsidRDefault="004923FF" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad de Guadalajara, México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B4D2D4" w14:textId="455C2FA0" w:rsidR="004923FF" w:rsidRPr="00EB2DE7" w:rsidRDefault="00000000" w:rsidP="004923FF">
+    <w:p w14:paraId="13B4D2D4" w14:textId="455C2FA0" w:rsidR="004923FF" w:rsidRPr="00EB2DE7" w:rsidRDefault="00574737" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00574737" w:rsidRPr="00EB2DE7">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00EB2DE7">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>miguel.haro@valles.udg.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="39A452C0" w14:textId="21EFDDDA" w:rsidR="004923FF" w:rsidRPr="00574737" w:rsidRDefault="00000000" w:rsidP="004923FF">
+    <w:p w14:paraId="39A452C0" w14:textId="21EFDDDA" w:rsidR="004923FF" w:rsidRPr="00574737" w:rsidRDefault="00574737" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00574737" w:rsidRPr="00574737">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00574737">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0002-8884-6240</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="646D01B4" w14:textId="77777777" w:rsidR="00574737" w:rsidRPr="004923FF" w:rsidRDefault="00574737" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B45031F" w14:textId="5AD5FADE" w:rsidR="0059547A" w:rsidRPr="004923FF" w:rsidRDefault="0059547A" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Javier Said Zambrano Santacruz</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Javier Said Zambrano </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Santacruz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4D951DFB" w14:textId="77777777" w:rsidR="004923FF" w:rsidRPr="004923FF" w:rsidRDefault="004923FF" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Colegio de Contadores Públicos de Guadalajara Jalisco, México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63EC9FBF" w14:textId="1F253440" w:rsidR="004923FF" w:rsidRPr="00EB2DE7" w:rsidRDefault="00000000" w:rsidP="004923FF">
+    <w:p w14:paraId="63EC9FBF" w14:textId="1F253440" w:rsidR="004923FF" w:rsidRPr="00EB2DE7" w:rsidRDefault="00D44077" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00D44077" w:rsidRPr="00EB2DE7">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00EB2DE7">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>javsaid@hotmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="370BC60D" w14:textId="0A1EC5B9" w:rsidR="00D44077" w:rsidRPr="00EB2DE7" w:rsidRDefault="00D44077" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
@@ -988,77 +1220,79 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E71B9A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00E71B9A" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidR="00A77AC9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>trata de plasmar en el clausulado del contrato o convenio en turno que los efectos de la obligación o resolución</w:t>
       </w:r>
       <w:r w:rsidR="00E71B9A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A77AC9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> una vez cumplida la condición, por voluntad de las partes, se refiera a una fecha diferente, esto es, manifestar que no se retrotraigan al tiempo en que la obligación </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> una vez cumplida la condición, por voluntad de las partes, se refiera a una fecha diferente, esto es, manifestar que no se retrotraigan al tiempo en que la obligación fue formada, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A77AC9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t>sino</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E71B9A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A77AC9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> por el contrario, que se generen los </w:t>
       </w:r>
       <w:r w:rsidR="00F63A3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00F63A3E" w:rsidRPr="00D42706">
@@ -1162,51 +1396,71 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3292C8CF" w14:textId="77777777" w:rsidR="0028318A" w:rsidRPr="0028318A" w:rsidRDefault="0028318A" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0028318A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Frequently, within contracts or agreements, clauses are used that are called conditional clauses that segment obligations and whose impacts suspend or resolve an infinite number of legal situations that have different effects. This research seeks to propose alternatives for the solution or prevention of inconveniences and sanctions derived from the exercise of suspensive and resolutive obligations that may be exercised by the administrative and fiscal authorities. It is an exploratory legal documentary research with a qualitative approach. At present, there is still a lack of knowledge of the legal scope of the aforementioned conditional obligations and their impact on tax matters for the contracting parties. However, in the same civil legislation there is a solution to avoid falling into the different assumptions in advance. It is a matter of stating in the clauses of the contract or agreement that the effects of the obligation or termination, once the condition is fulfilled, by will of the parties, should refer to a different date, that is, to state that they should not go back to the time when the obligation was formed, but, on the contrary, that the effects should be generated as from the fulfillment of the condition and not backwards.</w:t>
+        <w:t xml:space="preserve">Frequently, within contracts or agreements, clauses are used that are called conditional clauses that segment obligations and whose impacts suspend or resolve an infinite number of legal situations that have different effects. This research seeks to propose alternatives for the solution or prevention of inconveniences and sanctions derived from the exercise of suspensive and resolutive obligations that may be exercised by the administrative and fiscal authorities. It is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0028318A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>an exploratory legal documentary research</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028318A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a qualitative approach. At present, there is still a lack of knowledge of the legal scope of the aforementioned conditional obligations and their impact on tax matters for the contracting parties. However, in the same civil legislation there is a solution to avoid falling into the different assumptions in advance. It is a matter of stating in the clauses of the contract or agreement that the effects of the obligation or termination, once the condition is fulfilled, by will of the parties, should refer to a different date, that is, to state that they should not go back to the time when the obligation was formed, but, on the contrary, that the effects should be generated as from the fulfillment of the condition and not backwards.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54CD9ACF" w14:textId="36AC897D" w:rsidR="00A22771" w:rsidRDefault="00A22771" w:rsidP="00CF207E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Keywords:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
@@ -1251,95 +1505,1557 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2DE7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EC171E8" w14:textId="77777777" w:rsidR="004923FF" w:rsidRPr="004923FF" w:rsidRDefault="004923FF" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Frequentemente, dentro de contratos ou acordos, são utilizadas cláusulas denominadas cláusulas condicionais que segmentam obrigações e cujos impactos suspendem ou resolvem uma infinidade de situações jurídicas com efeitos diversos. A presente investigação procura propor soluções alternativas ou de prevenção dos inconvenientes e sanções decorrentes do exercício das obrigações suspensivas e resolutivas que podem ser exercidas pelas autoridades administrativas e fiscais. Trata-se de uma pesquisa documental jurídica de natureza exploratória e com abordagem qualitativa. Actualmente, existe ainda um desconhecimento do alcance jurídico das referidas obrigações condicionais e do seu impacto em matéria fiscal </w:t>
-      </w:r>
+        <w:t>Frequentemente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">, dentro de contratos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>acordos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>são</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utilizadas cláusulas denominadas cláusulas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>condicionais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>segmentam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obrigações</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cujos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> impactos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>suspendem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>resolvem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>infinidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>situações</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jurídicas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>efeitos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diversos. A presente </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>investigação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> procura </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>propor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>soluções</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alternativas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prevenção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos inconvenientes e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sanções</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>decorrentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>exercício</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obrigações</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suspensivas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resolutivas que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>podem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ser </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>exercidas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pelas autoridades </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>para os contratantes. Porém, na mesma legislação civil está a solução para que de antemão se evite cair nos diversos pressupostos. Trata-se de captar nas cláusulas do contrato ou acordo, por sua vez, que os efeitos da obrigação ou resolução, uma vez cumprida a condição, por vontade das partes, remetam para data diversa, ou seja, afirmando que não retroceder ao tempo em que se constituiu a obrigação, mas, ao contrário, que os efeitos sejam gerados a partir do cumprimento da condição e não retrospectivamente.</w:t>
+        <w:t xml:space="preserve">administrativas e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fiscais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Trata-se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pesquisa documental jurídica de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>natureza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>exploratória</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>abordagem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>qualitativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Actualmente, existe </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ainda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>um</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>desconhecimento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do alcance jurídico das referidas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obrigações</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>condicionais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>seu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> impacto em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>matéria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fiscal para os contratantes. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Porém</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mesma </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>legislação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> civil está a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>solução</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para que de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>antemão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se evite cair nos diversos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pressupostos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Trata-se de captar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cláusulas do contrato </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>acordo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vez, que os </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>efeitos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obrigação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>resolução</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vez </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cumprida</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>condição</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vontade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das partes, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>remetam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para data diversa, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>seja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, afirmando que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>não</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> retroceder </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tempo em que se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>constituiu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obrigação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, mas, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contrário</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, que os </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>efeitos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sejam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gerados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a partir do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cumprimento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>condição</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>não</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> retrospectivamente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B8EFFE" w14:textId="0C2FBB8D" w:rsidR="004923FF" w:rsidRDefault="004923FF" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB2DE7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Palavras-chave:</w:t>
+        <w:t>Palavras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB2DE7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-chave:</w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> condição resolutiva, condição suspensiva, obrigação condicional, efeitos reversíveis.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>condição</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resolutiva, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>condição</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suspensiva, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obrigação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> condicional, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>efeitos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reversíveis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1537B977" w14:textId="6A942795" w:rsidR="004923FF" w:rsidRPr="00DA1643" w:rsidRDefault="004923FF" w:rsidP="004923FF">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
@@ -1366,58 +3082,69 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Enero 2023</w:t>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D2C893" w14:textId="77777777" w:rsidR="004923FF" w:rsidRPr="003107D7" w:rsidRDefault="00000000" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="69705347">
           <v:rect id="_x0000_i1025" alt="" style="width:441.9pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="01FE42D9" w14:textId="0AEF2B61" w:rsidR="0015566E" w:rsidRPr="004923FF" w:rsidRDefault="0043189C" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2212,57 +3939,76 @@
       </w:r>
       <w:r w:rsidR="00A61A93" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mites</w:t>
       </w:r>
       <w:r w:rsidR="006275BF" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, autorizaciones</w:t>
       </w:r>
       <w:r w:rsidR="00521193" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006275BF" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>o por el contrario</w:t>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006275BF" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por </w:t>
+      </w:r>
+      <w:r w:rsidR="006275BF" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>el contrario</w:t>
       </w:r>
       <w:r w:rsidR="00521193" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006275BF" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ratificar que</w:t>
       </w:r>
       <w:r w:rsidR="00521193" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -2306,60 +4052,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00521193" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Asimismo, una </w:t>
       </w:r>
       <w:r w:rsidR="009E43E6" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vez </w:t>
       </w:r>
       <w:r w:rsidR="00B7075B" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">generada la obligación suspendida o resuelta, </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">se </w:t>
+        <w:t xml:space="preserve">generada la obligación suspendida o resuelta, se </w:t>
       </w:r>
       <w:r w:rsidR="00A471D1" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>manifestará en la vida jurídica la total fuerza de los acuerdos pactados en e</w:t>
       </w:r>
       <w:r w:rsidR="00F03908" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l contrato o convenio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="449AAD41" w14:textId="0EC2E14A" w:rsidR="00E3655E" w:rsidRPr="00D42706" w:rsidRDefault="00A40D81" w:rsidP="003A6FD6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3544,100 +5281,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>roponer alternativas de solución o prevención en la tónica fiscal en sus diversas vertientes, como lo es en el cumplimiento formal de obligaciones, entero en tiempo y forma de contribuciones, así como la prevención de molestias y sanciones derivado del ejercicio de obligaciones suspensivas y resolutorias.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FC733C8" w14:textId="67575737" w:rsidR="00365DDE" w:rsidRPr="00D42706" w:rsidRDefault="009A4322" w:rsidP="00CF207E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Las obligaciones condicionales, como ya se mencionó,</w:t>
       </w:r>
       <w:r w:rsidR="00365DDE" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> suspenden o resuelven infinidad de situaciones</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00365DDE" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ya sea difiriendo obligaciones o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00365DDE" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> por lo contrario, activándolas desde un inicio, sin embargo, no queda del todo claro su tratamiento en la materia fiscal o tributaria, </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">esto </w:t>
+        <w:t xml:space="preserve"> por lo contrario, activándolas desde un inicio, sin embargo, no queda del todo claro su tratamiento en la materia fiscal o tributaria, esto </w:t>
       </w:r>
       <w:r w:rsidR="00E004D3" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">incluso </w:t>
       </w:r>
       <w:r w:rsidR="00365DDE" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>desde el punto de vista del nacimiento de la obligación tributaria, al momento de realizar las situaciones jurídicas</w:t>
       </w:r>
       <w:r w:rsidR="0068369E" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, de ahí</w:t>
       </w:r>
@@ -4345,51 +6074,60 @@
         </w:rPr>
         <w:t>, p</w:t>
       </w:r>
       <w:r w:rsidR="0061071B" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>recedentes tanto del Tribunal Federal de Justicia Administrativa</w:t>
       </w:r>
       <w:r w:rsidR="002B04D7" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (TFJA)</w:t>
       </w:r>
       <w:r w:rsidR="0061071B" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> como del Poder Judicial de la Federación</w:t>
+        <w:t xml:space="preserve"> como del Poder Judicial de la </w:t>
+      </w:r>
+      <w:r w:rsidR="0061071B" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Federación</w:t>
       </w:r>
       <w:r w:rsidR="005B6CB5" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Por supuesto, también se llevó a cabo</w:t>
       </w:r>
       <w:r w:rsidR="00490F44" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0061071B" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">la consulta de publicaciones, notas técnicas y circulares </w:t>
       </w:r>
@@ -4462,51 +6200,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C6F2AD9" w14:textId="513345A6" w:rsidR="006D0A9A" w:rsidRPr="004923FF" w:rsidRDefault="006D0A9A" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Marco teórico</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D31ACC6" w14:textId="1E74875A" w:rsidR="00E05122" w:rsidRPr="00D42706" w:rsidRDefault="005B6CB5" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En primer lugar, r</w:t>
       </w:r>
       <w:r w:rsidR="000441DD" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5762,51 +7499,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> la voluntad de los contratantes, </w:t>
       </w:r>
       <w:r w:rsidR="00FD2730" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tal y </w:t>
       </w:r>
       <w:r w:rsidR="00615EA4" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>como lo puede ser un contrato</w:t>
       </w:r>
       <w:r w:rsidR="0065589C" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, pero observando los requisitos especiales que cada figura requiera, por ejemplo, que esté por escrito y elevado a escritura </w:t>
+        <w:t xml:space="preserve">, pero observando los requisitos </w:t>
+      </w:r>
+      <w:r w:rsidR="0065589C" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">especiales que cada figura requiera, por ejemplo, que esté por escrito y elevado a escritura </w:t>
       </w:r>
       <w:r w:rsidR="00903B78" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pública</w:t>
       </w:r>
       <w:r w:rsidR="00FD2730" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0065589C" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> si se trata de la </w:t>
       </w:r>
@@ -5887,51 +7633,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CD14794" w14:textId="3D481FB6" w:rsidR="001F75F2" w:rsidRPr="00D42706" w:rsidRDefault="00A73D14" w:rsidP="00C82B2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dicho lo anterior, ahora ya </w:t>
       </w:r>
       <w:r w:rsidR="00B568FE" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">se cuenta </w:t>
       </w:r>
       <w:r w:rsidR="007328D8" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">con los elementos base en materia </w:t>
       </w:r>
       <w:r w:rsidR="00977714" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jurídica</w:t>
@@ -6816,99 +8561,119 @@
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>el lat</w:t>
       </w:r>
       <w:r w:rsidR="00BE3536" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ín</w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>futūrus</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00095C90" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Que está por venir y ha de suceder con el tiempo.</w:t>
       </w:r>
       <w:r w:rsidR="00095C90" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Que todavía no es pero va a ser.</w:t>
+        <w:t xml:space="preserve">Que todavía no </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pero va a ser.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C33DC53" w14:textId="752B0754" w:rsidR="00FA5400" w:rsidRPr="004923FF" w:rsidRDefault="001A5E15" w:rsidP="004923FF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Incierto</w:t>
@@ -6939,60 +8704,62 @@
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>el lat</w:t>
       </w:r>
       <w:r w:rsidR="00BE3536" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ín</w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>incertus</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008A7B59" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No seguro, dudoso.</w:t>
       </w:r>
       <w:r w:rsidR="008A7B59" w:rsidRPr="004923FF">
@@ -7376,50 +9143,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1779745A" w14:textId="5673007D" w:rsidR="009458D6" w:rsidRPr="00D42706" w:rsidRDefault="00EB434D" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Aunado a lo anterior, de vuelta una vez más al </w:t>
       </w:r>
       <w:r w:rsidR="009458D6" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CCF</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, este</w:t>
       </w:r>
       <w:r w:rsidR="009458D6" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> establece cierta segmentación o clasificación </w:t>
@@ -7521,51 +9289,50 @@
         <w:t xml:space="preserve"> se definen en los siguientes artículos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CF03F8E" w14:textId="17B6E031" w:rsidR="009458D6" w:rsidRPr="004923FF" w:rsidRDefault="009458D6" w:rsidP="004923FF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Artículo 1939</w:t>
       </w:r>
       <w:r w:rsidR="00CE395B" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE395B" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
@@ -8454,50 +10221,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A98199F" w14:textId="2230C885" w:rsidR="0046606B" w:rsidRPr="00D42706" w:rsidRDefault="009A2D96" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Otro </w:t>
       </w:r>
       <w:r w:rsidR="004F3FE1" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ejemplo</w:t>
       </w:r>
       <w:r w:rsidR="00AE7B1C" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="004F3FE1" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">se celebra un contrato de compraventa de un terreno, el cual se pretende utilizar para llevar a cabo un desarrollo inmobiliario, sin embargo, </w:t>
@@ -8510,60 +10278,51 @@
         </w:rPr>
         <w:t xml:space="preserve">existe la posibilidad </w:t>
       </w:r>
       <w:r w:rsidR="004F3FE1" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de que no se pueda obtener de forma fehaciente la licencia municipal que permita llevar a cabo y en orden la construcción pretendida, a lo que el vendedor indica que es un hecho que se obtendrá, por lo que no existe problema alguno. En </w:t>
       </w:r>
       <w:r w:rsidR="00AE7B1C" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>este caso</w:t>
       </w:r>
       <w:r w:rsidR="004F3FE1" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, las partes acuerdan firmar el </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">contrato de compraventa del terreno, pero </w:t>
+        <w:t xml:space="preserve">, las partes acuerdan firmar el contrato de compraventa del terreno, pero </w:t>
       </w:r>
       <w:r w:rsidR="004F3FE1" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lo sujetan a una condición </w:t>
       </w:r>
       <w:r w:rsidR="009632E1" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>resolutori</w:t>
       </w:r>
       <w:r w:rsidR="00AE7B1C" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -9342,51 +11101,60 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Artículo_1941"/>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Artículo 1941</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Cumplida la condición se retrotrae al tiempo en que la obligación fue formada, a menos que los efectos de la obligación o resolución, por la voluntad de las partes o por la naturaleza del acto, deban ser </w:t>
+        <w:t xml:space="preserve">. Cumplida la condición se retrotrae al tiempo en que la obligación fue formada, a menos que los efectos de la obligación o resolución, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">por la voluntad de las partes o por la naturaleza del acto, deban ser </w:t>
       </w:r>
       <w:r w:rsidR="005A76B2" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>referidos</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a fecha diferente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EF6A722" w14:textId="5ACB8892" w:rsidR="009A2D96" w:rsidRPr="00D42706" w:rsidRDefault="00BA2FF9" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9482,60 +11250,51 @@
         </w:rPr>
         <w:t>queda</w:t>
       </w:r>
       <w:r w:rsidR="00AC56AB" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00C65E46" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de origen en la fecha en que se hubiera formalizado por las partes su acuerdo de voluntades</w:t>
       </w:r>
       <w:r w:rsidR="00011955" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, situación que a manera de </w:t>
-[...8 lines deleted...]
-        <w:t>ejemplo se puede observar a continuación:</w:t>
+        <w:t>, situación que a manera de ejemplo se puede observar a continuación:</w:t>
       </w:r>
       <w:r w:rsidR="00977226" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> r</w:t>
       </w:r>
       <w:r w:rsidR="00F61E89" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">especto de la </w:t>
       </w:r>
       <w:r w:rsidR="009A1CAF" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>celebra</w:t>
       </w:r>
@@ -10347,51 +12106,60 @@
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00EF19F9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ey </w:t>
       </w:r>
       <w:r w:rsidR="000F5AFB" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ya </w:t>
       </w:r>
       <w:r w:rsidR="00EF19F9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mencionada establece los tipos de ingresos que se encuentran gravados y los conceptos que no se consideran ingresos o ingresos gravados</w:t>
+        <w:t xml:space="preserve">mencionada establece </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF19F9" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>los tipos de ingresos que se encuentran gravados y los conceptos que no se consideran ingresos o ingresos gravados</w:t>
       </w:r>
       <w:r w:rsidR="001F3211" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EF19F9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32449686" w14:textId="2D14E791" w:rsidR="00E62E37" w:rsidRPr="00D42706" w:rsidRDefault="00EF19F9" w:rsidP="00C77EBD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10439,60 +12207,77 @@
         </w:rPr>
         <w:t xml:space="preserve">aquellos supuestos que no se consideran ingresos, como lo </w:t>
       </w:r>
       <w:r w:rsidR="00214376" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">son </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aumentos de capital, </w:t>
       </w:r>
       <w:r w:rsidR="00214376" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">el </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pago de la pérdida por accionistas, primas por la colocación de acciones o por utilizar para valuar sus acciones el método de participación, así como los que obtengan con motivo de la revaluación de activo y de capital</w:t>
+        <w:t xml:space="preserve">pago de la pérdida por accionistas, primas por la colocación de acciones o por utilizar para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valuar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sus acciones el método de participación, así como los que obtengan con motivo de la revaluación de activo y de capital</w:t>
       </w:r>
       <w:r w:rsidR="00214376" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; finalmente, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>no serán acumulables los ingresos por dividendos o utilidades que perciban de otras personas morales residentes en México.</w:t>
       </w:r>
       <w:r w:rsidR="00E62E37" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Al tratarse de un ingreso que grava directamente el incremento del haber patrimonial del sujeto, se entiende que es un impuesto directo</w:t>
       </w:r>
@@ -10677,51 +12462,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2675D1FC" w14:textId="51EA847C" w:rsidR="00EF19F9" w:rsidRPr="00D42706" w:rsidRDefault="00EF2D78" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Renta. Qué debe entenderse por “ingreso” para efectos del título ii de la Ley del Impuesto Relativo.</w:t>
+        <w:t xml:space="preserve">Renta. Qué debe entenderse por “ingreso” para efectos del título </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la Ley del Impuesto Relativo.</w:t>
       </w:r>
       <w:r w:rsidR="00EF19F9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Si bien la Ley del Impuesto sobre la Renta no define el término </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00EF19F9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ingreso</w:t>
       </w:r>
@@ -10747,76 +12550,76 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>como cualquier cantidad que modifique positivamente el haber patrimonial de una persona</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EF19F9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ahora bien, para delimitar ese concepto debe apuntarse que el ingreso puede recibirse de muchas formas, ya que puede consistir en dinero, propiedad o servicios, incluyendo alimentos o habitación, y puede materializarse en efectivo, valores, tesoros o productos de capital, además de que puede surgir como compensación por: servicios prestados; el desarrollo de actividades comerciales, industriales, agrícolas, pesqueras o silvícolas; intereses; rentas, regalías o dividendos; el pago de pensiones o seguros; y por obtención de premios o por recibir donaciones, entre otras causas. Sin embargo, la enunciación anterior no debe entenderse en el sentido de que todas estas formas de ingreso han de recibir el mismo trato o que todas se consideran acumulables, sino que el listado ilustra la pluralidad de actividades que pueden generar ingresos. </w:t>
+        <w:t xml:space="preserve"> Ahora bien, para delimitar ese concepto debe apuntarse que el ingreso puede recibirse de muchas formas, ya que puede consistir en dinero, propiedad o servicios, incluyendo alimentos o habitación, y puede materializarse en efectivo, valores, tesoros o productos de capital, además de que puede surgir como compensación por: servicios prestados; el desarrollo de actividades comerciales, industriales, agrícolas, pesqueras o silvícolas; intereses; rentas, regalías o dividendos; el pago de pensiones o seguros; y por obtención de premios o por recibir donaciones, entre otras causas. Sin </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF19F9" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">embargo, la enunciación anterior no debe entenderse en el sentido de que todas estas formas de ingreso han de recibir el mismo trato o que todas se consideran acumulables, sino que el listado ilustra la pluralidad de actividades que pueden generar ingresos. </w:t>
       </w:r>
       <w:r w:rsidR="00002F6E" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00EF19F9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s particularmente relevante que la legislación aplicable no establece limitantes específicas al concepto "ingreso", ni acota de alguna manera las fuentes de las que éste podría derivar, dada la enunciación amplia de los artículos 1o. y 17 de la Ley del Impuesto sobre la Renta, que establecen </w:t>
-[...8 lines deleted...]
-        <w:t>que las personas morales están obligadas al pago del tributo respecto de todos sus ingresos y que acumularán la totalidad de los ingresos en efectivo, en bienes, en servicio, en crédito o de cualquier otro tipo que obtengan en el ejercicio. Así, se desprende que la mencionada Ley entiende al ingreso en un sentido amplio, pues incluye todo lo recibido o realizado que represente una renta para el receptor, siendo innecesario que el ingreso se traduzca en una entrada en efectivo, pues incluso la propia Ley reconoce la obligación de acumular los ingresos en crédito, de tal suerte que el ingreso se reconoce cuando se han actualizado todos los eventos que determinan el derecho a recibir la contraprestación y cuando el monto de dicha contraprestación puede conocerse con razonable precisión. En ese sentido, se concluye que la regla interpretativa para efectos del concepto "ingreso" regulado en el Título II de la Ley del Impuesto sobre la Renta es de carácter amplio e incluyente de todos los conceptos que modifiquen positivamente el patrimonio del contribuyente, salvo que el legislador expresamente hubiese efectuado alguna precisión en sentido contrario, como acontece, por ejemplo, con el segundo párrafo del citado artículo 17.</w:t>
+        <w:t>s particularmente relevante que la legislación aplicable no establece limitantes específicas al concepto "ingreso", ni acota de alguna manera las fuentes de las que éste podría derivar, dada la enunciación amplia de los artículos 1o. y 17 de la Ley del Impuesto sobre la Renta, que establecen que las personas morales están obligadas al pago del tributo respecto de todos sus ingresos y que acumularán la totalidad de los ingresos en efectivo, en bienes, en servicio, en crédito o de cualquier otro tipo que obtengan en el ejercicio. Así, se desprende que la mencionada Ley entiende al ingreso en un sentido amplio, pues incluye todo lo recibido o realizado que represente una renta para el receptor, siendo innecesario que el ingreso se traduzca en una entrada en efectivo, pues incluso la propia Ley reconoce la obligación de acumular los ingresos en crédito, de tal suerte que el ingreso se reconoce cuando se han actualizado todos los eventos que determinan el derecho a recibir la contraprestación y cuando el monto de dicha contraprestación puede conocerse con razonable precisión. En ese sentido, se concluye que la regla interpretativa para efectos del concepto "ingreso" regulado en el Título II de la Ley del Impuesto sobre la Renta es de carácter amplio e incluyente de todos los conceptos que modifiquen positivamente el patrimonio del contribuyente, salvo que el legislador expresamente hubiese efectuado alguna precisión en sentido contrario, como acontece, por ejemplo, con el segundo párrafo del citado artículo 17.</w:t>
       </w:r>
       <w:r w:rsidR="007C13CD" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C4FC4E5" w14:textId="37FE8F44" w:rsidR="00C26438" w:rsidRPr="00D42706" w:rsidRDefault="00B0695F" w:rsidP="00D42706">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -11073,51 +12876,60 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D76563" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D42706" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Para aclarar esto</w:t>
       </w:r>
       <w:r w:rsidR="00C26438" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> resulta de nueva cuenta </w:t>
+        <w:t xml:space="preserve"> resulta de nueva </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26438" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">cuenta </w:t>
       </w:r>
       <w:r w:rsidR="00D42706" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">útil </w:t>
       </w:r>
       <w:r w:rsidR="00C26438" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">traer los ejemplos que ya se analizaron en al ámbito legal, siendo </w:t>
       </w:r>
       <w:r w:rsidR="00D42706" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uno de ellos el siguiente</w:t>
       </w:r>
@@ -11376,61 +13188,51 @@
       <w:r w:rsidR="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00DB38DB" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B40A6F" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">no existe en principio ningún ingreso en materia fiscal, pues no se han actualizado todos los eventos que determinan el derecho a recibir la </w:t>
-[...9 lines deleted...]
-        <w:t>contraprestación</w:t>
+        <w:t>no existe en principio ningún ingreso en materia fiscal, pues no se han actualizado todos los eventos que determinan el derecho a recibir la contraprestación</w:t>
       </w:r>
       <w:r w:rsidR="002D07AE" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DF3E26" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF3E26" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12042,51 +13844,69 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007F06E6" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> una condición suspensiva o</w:t>
       </w:r>
       <w:r w:rsidR="00187DD9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="007F06E6" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> si por el contrario</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007F06E6" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007F06E6" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por el contrario</w:t>
       </w:r>
       <w:r w:rsidR="00187DD9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="007F06E6" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se trata de </w:t>
       </w:r>
       <w:r w:rsidR="00187DD9" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12121,65 +13941,75 @@
     </w:p>
     <w:p w14:paraId="51B90933" w14:textId="24D50ED6" w:rsidR="005522AF" w:rsidRPr="004923FF" w:rsidRDefault="00AE1206" w:rsidP="004923FF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A5461D" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Q</w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ue en l</w:t>
+        <w:t>ue</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en l</w:t>
       </w:r>
       <w:r w:rsidR="005522AF" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a celebración de un contrato sujet</w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="005522AF" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a una condición </w:t>
       </w:r>
@@ -12360,51 +14190,60 @@
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="005522AF" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en vigor de inmediato</w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, e</w:t>
       </w:r>
       <w:r w:rsidR="005522AF" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>n este caso, al momento de celebrar el contrato, ya existe un ingreso en materia fiscal, pues de momento ya se han actualizado todos los eventos que determinan el derecho a recibir la contraprestación, ya que la venta surtió plenamente sus efectos.</w:t>
+        <w:t xml:space="preserve">n este caso, al momento de celebrar el contrato, ya existe un ingreso en materia fiscal, pues de momento ya </w:t>
+      </w:r>
+      <w:r w:rsidR="005522AF" w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>se han actualizado todos los eventos que determinan el derecho a recibir la contraprestación, ya que la venta surtió plenamente sus efectos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="241C6816" w14:textId="49709A36" w:rsidR="00891D9E" w:rsidRPr="00D42706" w:rsidRDefault="00391642" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ahora bien, </w:t>
       </w:r>
       <w:r w:rsidR="0047668C" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -12589,51 +14428,50 @@
         <w:t xml:space="preserve">Así, </w:t>
       </w:r>
       <w:r w:rsidR="009A770A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00DA571A" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e pueden originar </w:t>
       </w:r>
       <w:r w:rsidR="00DA571A" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>problemáticas en materia fiscal o tributaria tanto al ejercer la alternativa o modalidad de las obligaciones condicionales como al acontecer la situación condicionada que se encontraba suspendida o resuelta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="037F67C9" w14:textId="016A84C7" w:rsidR="00325A5F" w:rsidRPr="00D42706" w:rsidRDefault="00DA571A" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Se han identificado</w:t>
       </w:r>
       <w:r w:rsidR="00B67A30" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -13284,50 +15122,51 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45F6CC5D" w14:textId="76038988" w:rsidR="00114091" w:rsidRPr="00D42706" w:rsidRDefault="00B43DF9" w:rsidP="004923FF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00F9060A" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ncumplimiento formal, </w:t>
       </w:r>
       <w:r w:rsidR="00114091" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">al </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>omi</w:t>
@@ -13508,51 +15347,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A347512" w14:textId="5D5FDD9D" w:rsidR="00CD02B7" w:rsidRPr="00D42706" w:rsidRDefault="00DA571A" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Además</w:t>
       </w:r>
       <w:r w:rsidR="002B5172">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r w:rsidR="00FC7C62" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s necesario </w:t>
@@ -14458,50 +16296,51 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FD781D6" w14:textId="6F218F12" w:rsidR="006B2277" w:rsidRPr="00D42706" w:rsidRDefault="006B2277" w:rsidP="004923FF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">El </w:t>
       </w:r>
       <w:r w:rsidR="00B139E7" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ingreso se reconoce con anterioridad</w:t>
       </w:r>
       <w:r w:rsidR="00B35BAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00917793" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> por lo tanto</w:t>
@@ -14799,51 +16638,50 @@
         <w:t>resulta extemporáneo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DC60E96" w14:textId="7980A672" w:rsidR="00351A6D" w:rsidRPr="00D42706" w:rsidRDefault="00B931B9" w:rsidP="004923FF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Habrá una discrepancia </w:t>
       </w:r>
       <w:r w:rsidR="002648D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>entre el momento en que sucede</w:t>
       </w:r>
       <w:r w:rsidR="002648D8" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">todo lo anterior y el momento en que se </w:t>
@@ -15617,51 +17455,60 @@
         </w:rPr>
         <w:t>. Y</w:t>
       </w:r>
       <w:r w:rsidR="00B16467" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en aras de prevenir las distorsiones y problemas </w:t>
       </w:r>
       <w:r w:rsidR="009070EB" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>detectados, se tiene en la misma legislación civil la solución</w:t>
       </w:r>
       <w:r w:rsidR="007B7087" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> para que de manera anticipada se eviten muchas de las situaciones ya comentados</w:t>
+        <w:t xml:space="preserve"> para que de manera anticipada se eviten muchas de las </w:t>
+      </w:r>
+      <w:r w:rsidR="007B7087" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>situaciones ya comentados</w:t>
       </w:r>
       <w:r w:rsidR="002A06F8" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00344D54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F53C7" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Esto es, que si desde un inicio se tiene el cuidado de plasmar en el clausulado </w:t>
       </w:r>
@@ -15809,60 +17656,51 @@
         </w:rPr>
         <w:t>condi</w:t>
       </w:r>
       <w:r w:rsidR="00A2556F" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ción y no hacia atrás.</w:t>
       </w:r>
       <w:r w:rsidR="00D62418" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sit</w:t>
       </w:r>
       <w:r w:rsidR="008868D9" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">uación la anterior con la cual se constataría de forma fehaciente el hecho imponible o </w:t>
-[...8 lines deleted...]
-        <w:t>generador</w:t>
+        <w:t>uación la anterior con la cual se constataría de forma fehaciente el hecho imponible o generador</w:t>
       </w:r>
       <w:r w:rsidR="00541F73" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la obligación fiscal</w:t>
       </w:r>
       <w:r w:rsidR="00074F66">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00541F73" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tal cual </w:t>
       </w:r>
@@ -16600,50 +18438,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se debe retrotraer al tiempo en que la obligación fue formada, esto es, se debe considerar que el pacto y sus efectos quedan de origen en la fecha en que se hubiera formalizado por las partes su acuerdo de voluntades.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E041BD9" w14:textId="2CA07C8B" w:rsidR="00F21281" w:rsidRPr="00D42706" w:rsidRDefault="00E40337" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Para efectos </w:t>
       </w:r>
       <w:r w:rsidR="00F21281" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fiscal</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidR="006C2EAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -16700,51 +18539,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ya existe un ingreso, pues ya se han actualizado todos los eventos que determinan el derecho a recibir la contraprestación, ya que la venta surtió plenamente sus efectos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05114D69" w14:textId="0E2BC651" w:rsidR="00F21281" w:rsidRPr="00D42706" w:rsidRDefault="00F21281" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Al acontecer la condición, esto es, que una vez cumplida la condición (ya sea suspensiva o resolutoria)</w:t>
       </w:r>
       <w:r w:rsidR="00D24EDB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se debe retrotraer al tiempo en que la obligación fue tomada, por lo que el efecto en un contrato sujeto a una condición </w:t>
       </w:r>
       <w:r w:rsidR="00CE216A" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>suspensiva</w:t>
@@ -17168,50 +19006,51 @@
         <w:t>La declaración de impuestos entonces resulta que no fue en tiempo y forma.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F702F3" w14:textId="77777777" w:rsidR="00F21281" w:rsidRPr="00D42706" w:rsidRDefault="00F21281" w:rsidP="004923FF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Los registros contables se deben rehacer a fin de que sea congruente con la información financiera presentada. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1738FAF9" w14:textId="77777777" w:rsidR="00F21281" w:rsidRPr="00D42706" w:rsidRDefault="00F21281" w:rsidP="004923FF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -17243,51 +19082,50 @@
         <w:t>Por lo que hace al CFDI que sea emitido, resulta extemporáneo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C04D905" w14:textId="77777777" w:rsidR="00F21281" w:rsidRPr="00D42706" w:rsidRDefault="00F21281" w:rsidP="004923FF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Habrá una discrepancia entre todo lo anterior y el momento en que se materializa la percepción de la contraprestación pactada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13666A20" w14:textId="77777777" w:rsidR="00C31CFF" w:rsidRPr="00D42706" w:rsidRDefault="00C31CFF" w:rsidP="00CF207E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10768F7B" w14:textId="05D33A0B" w:rsidR="00F21281" w:rsidRPr="004923FF" w:rsidRDefault="00F21281" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
@@ -17749,51 +19587,60 @@
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">describen de manera puntual las consecuencias jurídicas y fiscales que pueden suscitarse por el cumplimiento o incumplimiento de dichas obligaciones </w:t>
       </w:r>
       <w:r w:rsidR="0004707E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">por parte de </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>las dos partes que interviene el acto jurídico</w:t>
+        <w:t xml:space="preserve">las dos partes que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>interviene el acto jurídico</w:t>
       </w:r>
       <w:r w:rsidR="0004707E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0004707E" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0004707E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
@@ -17881,51 +19728,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>un contrato específico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0984813B" w14:textId="438D7600" w:rsidR="00584D97" w:rsidRPr="00D42706" w:rsidRDefault="00D87445" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Los efectos jurídicos</w:t>
       </w:r>
       <w:r w:rsidR="00D93070">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ya sean suspensivos o resolutorios</w:t>
       </w:r>
       <w:r w:rsidR="00D93070">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -18604,51 +20450,69 @@
         </w:rPr>
         <w:t xml:space="preserve">que genera situaciones interesante y ventajas en los contratos, </w:t>
       </w:r>
       <w:r w:rsidR="00236D16" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>como lo es el salvaguardar derechos, asegurar precios, coaccionar o inducir a que efectivamente se lleven a cabo ciertos procesos, tr</w:t>
       </w:r>
       <w:r w:rsidR="00FB729A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
       <w:r w:rsidR="00236D16" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mites, autorizaciones, o por el contrario</w:t>
+        <w:t xml:space="preserve">mites, autorizaciones, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00236D16" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00236D16" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por el contrario</w:t>
       </w:r>
       <w:r w:rsidR="00344D54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00236D16" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ratificar que en efecto no acontecerá lo que en principio se aseguró por alguna de las partes del contrato</w:t>
       </w:r>
       <w:r w:rsidR="00344D54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Y en </w:t>
       </w:r>
@@ -18772,51 +20636,60 @@
         </w:rPr>
         <w:t>que si no se prevén desde un inicio puede</w:t>
       </w:r>
       <w:r w:rsidR="00027A61" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00BA46DE" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> acarrear </w:t>
       </w:r>
       <w:r w:rsidR="00027A61" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">un sin número de problemas </w:t>
+        <w:t xml:space="preserve">un sin número de </w:t>
+      </w:r>
+      <w:r w:rsidR="00027A61" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">problemas </w:t>
       </w:r>
       <w:r w:rsidR="00190751" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>que infieren en el ámbito tributario</w:t>
       </w:r>
       <w:r w:rsidR="007E7582" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, como lo es </w:t>
       </w:r>
       <w:r w:rsidR="005052EF" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
@@ -19008,51 +20881,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F66CBBF" w14:textId="7D5B50CC" w:rsidR="00BA46DE" w:rsidRPr="00D42706" w:rsidRDefault="0059547A" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00BA46DE" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a figura de las obligaciones condicionales suspensivas o resolutorias sigue sin duda siendo totalmente </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">viable </w:t>
       </w:r>
       <w:r w:rsidR="00BA46DE" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>para efectos de los diversos proyectos que se puedan llevar a cabo</w:t>
@@ -19525,51 +21397,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="215CC768" w14:textId="1913B32C" w:rsidR="00821916" w:rsidRPr="004923FF" w:rsidRDefault="00821916" w:rsidP="00821916">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F103D84" w14:textId="1D582862" w:rsidR="00821916" w:rsidRPr="00D42706" w:rsidRDefault="00821916" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Anzurez, M. (1997). </w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -19826,51 +21697,69 @@
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fernández, A. (2015). </w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Código fiscal de la federación comentado y correlacionado</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. México: Dofiscal editores.</w:t>
+        <w:t xml:space="preserve">. México: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dofiscal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> editores.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A1F225" w14:textId="77777777" w:rsidR="00821916" w:rsidRPr="00D42706" w:rsidRDefault="00821916" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Flores, E. (2001). </w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -19888,91 +21777,124 @@
         </w:rPr>
         <w:t>. México: Porrúa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CD351FB" w14:textId="36E29496" w:rsidR="00821916" w:rsidRPr="004923FF" w:rsidRDefault="00821916" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Fraga, G. (2003). </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Derecho </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00416725" w:rsidRPr="004923FF">
+        <w:t>Derecho</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004923FF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00416725" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>dministrativo</w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>. México: Porrúa.</w:t>
+        <w:t xml:space="preserve">. México: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Porrúa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41FCCA2C" w14:textId="77777777" w:rsidR="00821916" w:rsidRPr="00D42706" w:rsidRDefault="00821916" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Galindo, I. (2003). </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -20326,58 +22248,60 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ributario</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. México: </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00211D90" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ecasa</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107F6B86" w14:textId="2E963A71" w:rsidR="00821916" w:rsidRPr="00D42706" w:rsidRDefault="00821916" w:rsidP="004923FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -20676,51 +22600,60 @@
         <w:t>ú</w:t>
       </w:r>
       <w:r w:rsidR="00546418" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m. 1.</w:t>
       </w:r>
       <w:r w:rsidR="00546418" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00546418" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> CLXXXIX/2006 de Suprema Corte de Justicia, Primera Sala, 01-01-2007. Recuperado de </w:t>
+        <w:t xml:space="preserve"> CLXXXIX/2006 de Suprema Corte de Justicia, Primera Sala, 01-01-2007. </w:t>
+      </w:r>
+      <w:r w:rsidR="00546418" w:rsidRPr="00D42706">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Recuperado de </w:t>
       </w:r>
       <w:r w:rsidR="00B0695F" w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>https://vlex.com.mx/vid/jurisprudencial-primera-sala-aislada-27176317</w:t>
       </w:r>
       <w:r w:rsidR="00860588" w:rsidRPr="00D42706">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33324C7E" w14:textId="7DA54E93" w:rsidR="00BA621F" w:rsidRPr="00BE6696" w:rsidRDefault="00BA621F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -20800,51 +22733,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4916F820" w14:textId="72188CCC" w:rsidR="00BE6696" w:rsidRPr="00BE6696" w:rsidRDefault="00BE6696" w:rsidP="00BE6696">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Real Academia Española [RAE]. (2014b). Futuro. En </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Diccionario de la lengua española. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuperado de </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE6696">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -21082,1232 +23014,1489 @@
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="6315"/>
       </w:tblGrid>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="2BEDCD9E" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A315AB5" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00153FD2">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="12719F02" w14:textId="2F206203" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00153FD2">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="109E37CE" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5CF60196" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="64A7B381" w14:textId="085CCC09" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="52EDADCB" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="20CF8872" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54B23024" w14:textId="6B0C188F" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz “principal”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz “principal”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="23B18B27" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="033120FD" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0ECB2E07" w14:textId="4A1714FE" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="0F78C777" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D342205" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Validación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="040A0544" w14:textId="728D359A" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="12BB26FA" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2788D7D4" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="47CCB150" w14:textId="2E4E5347" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz “principal”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz “principal”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="5A7F3F6D" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="30D3014A" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="29E53DC4" w14:textId="0DDD87DD" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="7E9B0022" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5EB10D6A" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="495C8D06" w14:textId="06B1DE30" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="1633A3D6" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1B611A34" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="77370E7C" w14:textId="70A5940D" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="02368FC8" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5620F4B9" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49594EF3" w14:textId="1B2DB4E8" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="313C8934" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0236946C" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="02E89F86" w14:textId="4381D743" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="7088EF6C" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7A686493" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Visualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="11E74684" w14:textId="672BFAE8" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="14C08AB7" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5055E849" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Supervisión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0ABD21A6" w14:textId="1D4580C2" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Javier Said Zambrano Santacruz “principal”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="58BEEF15" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="399644CE" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54DA60C3" w14:textId="0E694A3A" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00450805" w:rsidRPr="00450805" w14:paraId="4E9ADF44" w14:textId="77777777" w:rsidTr="00450805">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2FE6D517" w14:textId="77777777" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4589B2BD" w14:textId="78514BF0" w:rsidR="00450805" w:rsidRPr="00450805" w:rsidRDefault="00450805" w:rsidP="00450805">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450805">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Miguel Angel Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
+              <w:t xml:space="preserve">Miguel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Angel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00450805">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Haro Ruiz y Javier Said Zambrano Santacruz “igual”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="399A6F8E" w14:textId="7ADAD206" w:rsidR="00EB2DE7" w:rsidRPr="00D42706" w:rsidRDefault="00EB2DE7" w:rsidP="00450805">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EB2DE7" w:rsidRPr="00D42706" w:rsidSect="004923FF">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1276" w:right="1701" w:bottom="709" w:left="1701" w:header="142" w:footer="259" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="443AF958" w14:textId="77777777" w:rsidR="0028704C" w:rsidRDefault="0028704C" w:rsidP="00CA3F8D">
+    <w:p w14:paraId="681AA0C4" w14:textId="77777777" w:rsidR="002D7F6D" w:rsidRDefault="002D7F6D" w:rsidP="00CA3F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31DAB6BD" w14:textId="77777777" w:rsidR="0028704C" w:rsidRDefault="0028704C" w:rsidP="00CA3F8D">
+    <w:p w14:paraId="0521B2CF" w14:textId="77777777" w:rsidR="002D7F6D" w:rsidRDefault="002D7F6D" w:rsidP="00CA3F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="79ABC516" w14:textId="77777777" w:rsidR="0028704C" w:rsidRDefault="0028704C">
+    <w:p w14:paraId="2A5D395F" w14:textId="77777777" w:rsidR="002D7F6D" w:rsidRDefault="002D7F6D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -22344,157 +24533,208 @@
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="187B8748" w14:textId="2C6F2437" w:rsidR="004923FF" w:rsidRDefault="004923FF" w:rsidP="004923FF">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">  Núm. 1</w:t>
+      <w:t xml:space="preserve">  Núm.</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">                   Enero – Junio 202</w:t>
+      <w:t xml:space="preserve">                   </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FECF54B" w14:textId="77777777" w:rsidR="0028704C" w:rsidRDefault="0028704C" w:rsidP="00CA3F8D">
+    <w:p w14:paraId="3DB1799F" w14:textId="77777777" w:rsidR="002D7F6D" w:rsidRDefault="002D7F6D" w:rsidP="00CA3F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="248C45B4" w14:textId="77777777" w:rsidR="0028704C" w:rsidRDefault="0028704C" w:rsidP="00CA3F8D">
+    <w:p w14:paraId="279AF691" w14:textId="77777777" w:rsidR="002D7F6D" w:rsidRDefault="002D7F6D" w:rsidP="00CA3F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1D1806F0" w14:textId="77777777" w:rsidR="0028704C" w:rsidRDefault="0028704C">
+    <w:p w14:paraId="1FE3A6CE" w14:textId="77777777" w:rsidR="002D7F6D" w:rsidRDefault="002D7F6D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="49EA7EF3" w14:textId="52FFB5BA" w:rsidR="004923FF" w:rsidRDefault="004923FF" w:rsidP="004923FF">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36EB8B58" wp14:editId="2D2FA14F">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="16" name="Imagen 16"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -22502,51 +24742,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D564FAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1389D50"/>
     <w:lvl w:ilvl="0" w:tplc="84F4261C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -23738,52 +25978,53 @@
   <w:num w:numId="5" w16cid:durableId="1616712133">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="735739278">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="191111029">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="954865533">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="484006492">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="377052755">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1040133711">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -23971,112 +26212,115 @@
     <w:rsid w:val="002648D8"/>
     <w:rsid w:val="00264F6A"/>
     <w:rsid w:val="0027035B"/>
     <w:rsid w:val="0027232D"/>
     <w:rsid w:val="00273784"/>
     <w:rsid w:val="00274F17"/>
     <w:rsid w:val="002802A3"/>
     <w:rsid w:val="002807CF"/>
     <w:rsid w:val="002809C1"/>
     <w:rsid w:val="00280A0C"/>
     <w:rsid w:val="00281031"/>
     <w:rsid w:val="002816E9"/>
     <w:rsid w:val="002819CF"/>
     <w:rsid w:val="00282F06"/>
     <w:rsid w:val="0028318A"/>
     <w:rsid w:val="002832AD"/>
     <w:rsid w:val="0028704C"/>
     <w:rsid w:val="002A06F8"/>
     <w:rsid w:val="002A29CF"/>
     <w:rsid w:val="002A6208"/>
     <w:rsid w:val="002A7D03"/>
     <w:rsid w:val="002B02DD"/>
     <w:rsid w:val="002B04D7"/>
     <w:rsid w:val="002B253C"/>
     <w:rsid w:val="002B5172"/>
+    <w:rsid w:val="002B6557"/>
     <w:rsid w:val="002B6984"/>
     <w:rsid w:val="002B6A0E"/>
     <w:rsid w:val="002C02B6"/>
     <w:rsid w:val="002C3758"/>
     <w:rsid w:val="002C4038"/>
     <w:rsid w:val="002C4CB5"/>
     <w:rsid w:val="002C4E68"/>
     <w:rsid w:val="002C6BAC"/>
     <w:rsid w:val="002C70DE"/>
     <w:rsid w:val="002C7186"/>
     <w:rsid w:val="002D07AE"/>
     <w:rsid w:val="002D242C"/>
+    <w:rsid w:val="002D7F6D"/>
     <w:rsid w:val="002E1032"/>
     <w:rsid w:val="002E1863"/>
     <w:rsid w:val="002E5332"/>
     <w:rsid w:val="002E63D1"/>
     <w:rsid w:val="002F1D69"/>
     <w:rsid w:val="002F3895"/>
     <w:rsid w:val="002F6583"/>
     <w:rsid w:val="002F67EF"/>
     <w:rsid w:val="0030001D"/>
     <w:rsid w:val="00300375"/>
     <w:rsid w:val="00302623"/>
     <w:rsid w:val="003026ED"/>
     <w:rsid w:val="003122FD"/>
     <w:rsid w:val="0031376D"/>
     <w:rsid w:val="0031522A"/>
     <w:rsid w:val="003170B2"/>
     <w:rsid w:val="00317B79"/>
     <w:rsid w:val="00320148"/>
     <w:rsid w:val="00321A65"/>
     <w:rsid w:val="0032276C"/>
     <w:rsid w:val="00325A5F"/>
     <w:rsid w:val="00330316"/>
     <w:rsid w:val="00330887"/>
     <w:rsid w:val="00330B0B"/>
     <w:rsid w:val="00334A4A"/>
     <w:rsid w:val="00341E05"/>
     <w:rsid w:val="00344D54"/>
     <w:rsid w:val="00347ACE"/>
     <w:rsid w:val="00351A6D"/>
     <w:rsid w:val="003524E8"/>
     <w:rsid w:val="003534F2"/>
     <w:rsid w:val="00354E45"/>
     <w:rsid w:val="00362124"/>
     <w:rsid w:val="003647E8"/>
     <w:rsid w:val="00364AC1"/>
     <w:rsid w:val="00364C51"/>
     <w:rsid w:val="00365DDE"/>
     <w:rsid w:val="0036627A"/>
     <w:rsid w:val="00370A77"/>
     <w:rsid w:val="00375F7E"/>
     <w:rsid w:val="0038294E"/>
     <w:rsid w:val="00385379"/>
     <w:rsid w:val="00386E32"/>
     <w:rsid w:val="003877F3"/>
     <w:rsid w:val="00391642"/>
     <w:rsid w:val="00392EF4"/>
     <w:rsid w:val="00394506"/>
     <w:rsid w:val="00395133"/>
     <w:rsid w:val="00397492"/>
     <w:rsid w:val="003978E4"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A4D4D"/>
     <w:rsid w:val="003A5179"/>
     <w:rsid w:val="003A5BFA"/>
     <w:rsid w:val="003A6FD6"/>
     <w:rsid w:val="003A7F00"/>
     <w:rsid w:val="003B25CB"/>
     <w:rsid w:val="003B63BC"/>
     <w:rsid w:val="003B7A0A"/>
     <w:rsid w:val="003B7CCA"/>
     <w:rsid w:val="003D1667"/>
     <w:rsid w:val="003D2879"/>
     <w:rsid w:val="003E0360"/>
     <w:rsid w:val="003E0487"/>
     <w:rsid w:val="003E159B"/>
     <w:rsid w:val="003E51A3"/>
     <w:rsid w:val="003E5652"/>
     <w:rsid w:val="003F0F03"/>
     <w:rsid w:val="003F327E"/>
     <w:rsid w:val="00400350"/>
     <w:rsid w:val="004009BB"/>
     <w:rsid w:val="00401328"/>
     <w:rsid w:val="00403EC7"/>
     <w:rsid w:val="00404996"/>
     <w:rsid w:val="00405143"/>
     <w:rsid w:val="00407A68"/>
@@ -25004,51 +27248,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7167BA46"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{670FE6F5-DB20-4733-9B89-93A8709702DD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -25433,51 +27677,50 @@
     <w:rsid w:val="00450805"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="-15"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="8C7252"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
@@ -25791,55 +28034,67 @@
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="HTMLconformatoprevio"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004923FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:rsid w:val="00450805"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="8C7252"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002B6557"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="48463467">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="59527220">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -26546,51 +28801,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2130661556">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miguel.haro@valles.udg.mx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javsaid@hotmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8884-6240" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v10i19.907" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javsaid@hotmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8884-6240" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miguel.haro@valles.udg.mx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -27345,70 +29600,70 @@
         <b:NameList>
           <b:Person>
             <b:Last>Cruz</b:Last>
             <b:First>Mario</b:First>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:RefOrder>21</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C778BAAA-9B84-4DB8-A7E2-20D48115CBF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>23</Pages>
-[...1 lines deleted...]
-  <Characters>46819</Characters>
+  <Pages>24</Pages>
+  <Words>8528</Words>
+  <Characters>46904</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>390</Lines>
   <Paragraphs>110</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>55221</CharactersWithSpaces>
+  <CharactersWithSpaces>55322</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>javier zambrano</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>