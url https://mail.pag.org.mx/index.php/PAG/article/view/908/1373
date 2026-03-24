--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -1,43979 +1,23361 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="18583133" w14:textId="0A6440CE" w:rsidR="00B11C83" w:rsidRDefault="00B11C83" w:rsidP="00B11C83">
-[...1 lines deleted...]
-        <w:spacing w:before="240"/>
+    <w:p w14:paraId="16D45201" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="359" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="66" w:firstLine="0"/>
         <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
+          <w:color w:val="222222"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004923FF">
+        <w:t xml:space="preserve">Artículos científicos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A5AA2CA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="353" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="71" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
           <w:color w:val="222222"/>
-          <w:szCs w:val="24"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Artículos científicos</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="094D4C0F" w14:textId="2A22E92D" w:rsidR="00D833FF" w:rsidRPr="00B11C83" w:rsidRDefault="000D2152" w:rsidP="00B11C83">
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:i/>
+            <w:color w:val="222222"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId7">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:i/>
+            <w:color w:val="222222"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v10i19.908</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId8">
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:i/>
+            <w:color w:val="222222"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="32240297" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="434" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="7" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A842137" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="69" w:firstLine="0"/>
         <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
-          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-      </w:pPr>
-[...37 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Tendencia a la procrastinación académica en estudiantes de nivel superior </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29FB03F6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="3" w:firstLine="0"/>
         <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
-          <w:iCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D078D6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD3CB10" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="52" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
-          <w:iCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D2152" w:rsidRPr="00CA2C3F">
+        <w:t xml:space="preserve">Procrastination Tendency of Higher-Level Students </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6121DE5B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="3" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
-          <w:iCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Procrastination </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0011006C" w:rsidRPr="00CA2C3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5C3614" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="52" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
-          <w:iCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D2152" w:rsidRPr="00CA2C3F">
+        <w:t xml:space="preserve">Tendência a procrastinar por alunos de nível superior </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B93821E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="3" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
-          <w:iCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">endency of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0011006C" w:rsidRPr="00CA2C3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F3A59E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="56" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:i/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>H</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D2152" w:rsidRPr="00CA2C3F">
+        <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42258DBE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="11" w:line="263" w:lineRule="auto"/>
+        <w:ind w:left="438" w:right="55" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Instituto Politécnico Nacional, Escuela Superior de Cómputo, México </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eruizl@ipn.mx </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BB88DE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="11" w:line="263" w:lineRule="auto"/>
+        <w:ind w:left="438" w:right="55" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">https://orcid.org/0000-0002-1513-8243 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="767E7421" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="17" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="12" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C39FAC4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="7" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075616E2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="56" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:i/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>igher-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0011006C" w:rsidRPr="00CA2C3F">
+        <w:t xml:space="preserve">Juan Jesús Gutiérrez García </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB8A250" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="11" w:line="263" w:lineRule="auto"/>
+        <w:ind w:left="438" w:right="55" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Instituto Politécnico Nacional, Escuela Superior de Cómputo, México </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jgutierrezg@ipn.mx </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2237921C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="11" w:line="263" w:lineRule="auto"/>
+        <w:ind w:left="438" w:right="55" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">https://orcid.org/0000-0002-0656-9922 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48ECF4BE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="7" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4575FC2F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="56" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ángel Salvador Montiel Sánchez </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5864C6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="11" w:line="263" w:lineRule="auto"/>
+        <w:ind w:left="438" w:right="55" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Instituto Politécnico Nacional, Escuela Superior de Cómputo, México </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chavamontiel@hotmail.com </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1EE7A2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="11" w:line="263" w:lineRule="auto"/>
+        <w:ind w:left="438" w:right="55" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">https://orcid.org/ 0000-0002-1267-8121 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A8F451" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="138" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>L</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D2152" w:rsidRPr="00CA2C3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B17F53" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:after="97"/>
+        <w:ind w:left="-5" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resumen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486E59F6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="73"/>
+        <w:ind w:left="-15" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El presente artículo es sobre procrastinación académica, entendida como el postergar la realización de tareas, desarrollo de proyectos, entre otras, por parte de los estudiantes, lo que les acarrea problemas en su trayectoria escolar que van desde obtener bajas calificaciones, abandonar sus estudios, hasta problemas de salud ocasionados por la angustia y el estrés. El objetivo del estudio fue identificar la tendencia hacia la procrastinación que presentan estudiantes universitarios de una institución pública ubicada en Ciudad de México, México. Para ello, se aplicó un cuestionario a una muestra aleatoria </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">de 373 estudiantes. El cuestionario estaba conformado por 21 reactivos, agrupados en seis dimensiones de la variable Procrastinación. Se establecieron correlaciones entre los indicadores mediante el coeficiente de correlación de Pearson. Se midió la fiabilidad del cuestionario mediante el alfa de Cronbach (95 % de confianza). En los resultados se encontró que la muestra de estudiantes analizada presentaba un nivel medio con una tendencia alta de procrastinación, lo que confirmó el valor del índice calculado, que fue de 67 %. Además, se identificaron factores de riesgo que presentan los alumnos, como la tendencia a reprobar asignaturas de matemáticas y rezago académico. Se desarrolló una aplicación web mediante la cual el estudiante puede autoevaluar su nivel de procrastinación y revisar sugerencias sobre hábitos de estudios y organización del tiempo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7DFECB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="113" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-15" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">evel </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0011006C" w:rsidRPr="00CA2C3F">
+        <w:t>Palabras clave:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atención, compromiso, control de tiempo, procrastinación. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A49614" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D1E390E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:after="97"/>
+        <w:ind w:left="-5" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abstract </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7FCC58" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="72"/>
+        <w:ind w:left="-15" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This article is about academic procrastination, understood as the postponement of tasks, project development, among others, by students, which causes problems in their school career ranging from low grades, dropping out of school, to health problems caused by anguish and stress. The objective of the study was to identify the tendency towards procrastination presented by university students from a public institution located in Mexico City, Mexico. For this purpose, a questionnaire was administered to a random sample of 373 students. The questionnaire consisted of 21 items, grouped into six dimensions of the variable Procrastination. Correlations between the indicators were established using Pearson's correlation coefficient. The reliability of the questionnaire was measured using Cronbach's alpha (95 % confidence). The results showed that the sample of students analyzed presented a medium level with a high tendency of procrastination, which was confirmed by the value of the calculated index, which was 67 %. In addition, risk factors presented by the students were identified, such as the tendency to fail mathematics subjects and academic lag. A web application was developed through which students can self-evaluate their level of procrastination and review suggestions on study habits and time organization. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CF01FE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="117" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-15" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D2152" w:rsidRPr="00CA2C3F">
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Attention, commitment, time control, procrastination. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608C45B0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005A57AB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E1EFB9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB65352" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA71AC1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18BA06CD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:after="97"/>
+        <w:ind w:left="-5" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resumo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A3B227" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="73"/>
+        <w:ind w:left="-15" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Este artigo é sobre a procrastinação acadêmica, entendida como o adiamento do dever de casa, desenvolvimento de projetos, entre outros, por parte dos estudantes, o que causa problemas em sua carreira escolar que vão desde notas baixas, abandono da escola, até problemas de saúde causados pela ansiedade e estresse. O objetivo do estudo era identificar a tendência de procrastinação entre estudantes universitários em uma instituição pública localizada na Cidade do México, México. Um questionário foi aplicado a uma amostra aleatória de 373 estudantes. O questionário consistia em 21 itens, agrupados em seis dimensões da variável Procrastinação. As correlações entre os indicadores foram estabelecidas usando o coeficiente de correlação de Pearson. A confiabilidade do questionário foi medida utilizando o alfa do Cronbach (95 % de confiança). Os resultados constataram que a amostra de estudantes analisada tinha um nível médio com alta tendência a procrastinar, o que foi confirmado pelo valor do índice calculado de 67%. Além disso, foram identificados fatores de risco apresentados pelos estudantes, tais como a tendência ao fracasso em disciplinas de matemática e o atraso acadêmico. Foi desenvolvido um aplicativo web através do qual os estudantes podem auto-avaliar seu nível de procrastinação e rever sugestões sobre hábitos de estudo e gerenciamento de tempo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F6472E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="116" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-15" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>tudents</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:t>Palavras-chave:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atenção, compromisso, controle de tempo, procrastinação. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68156E59" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="28" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Fecha Recepción:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Julio 2022                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Fecha Aceptación:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Enero 2023 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193746D8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="139" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17628D9A" wp14:editId="3ADEFF13">
+                <wp:extent cx="5432755" cy="6097"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="49570" name="Group 49570"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5432755" cy="6097"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="5432755" cy="6097"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="65207" name="Shape 65207"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="3049"/>
+                            <a:ext cx="9144" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="9144" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="A0A0A0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="65208" name="Shape 65208"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3048" y="3049"/>
+                            <a:ext cx="5426710" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="5426710" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5426710" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5426710" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="A0A0A0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="65209" name="Shape 65209"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5429707" y="3049"/>
+                            <a:ext cx="9144" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="9144" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="A0A0A0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="65210" name="Shape 65210"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="9144" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="9144" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="A0A0A0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="65211" name="Shape 65211"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3048" y="0"/>
+                            <a:ext cx="5426710" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="5426710" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5426710" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5426710" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="A0A0A0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="65212" name="Shape 65212"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5429707" y="0"/>
+                            <a:ext cx="9144" cy="9144"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="9144" h="9144">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9144" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9144"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="A0A0A0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict>
+              <v:group id="Group 49570" style="width:427.776pt;height:0.480042pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="54327,60">
+                <v:shape id="Shape 65213" style="position:absolute;width:91;height:91;left:0;top:30;" coordsize="9144,9144" path="m0,0l9144,0l9144,9144l0,9144l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#a0a0a0"/>
+                </v:shape>
+                <v:shape id="Shape 65214" style="position:absolute;width:54267;height:91;left:30;top:30;" coordsize="5426710,9144" path="m0,0l5426710,0l5426710,9144l0,9144l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#a0a0a0"/>
+                </v:shape>
+                <v:shape id="Shape 65215" style="position:absolute;width:91;height:91;left:54297;top:30;" coordsize="9144,9144" path="m0,0l9144,0l9144,9144l0,9144l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#a0a0a0"/>
+                </v:shape>
+                <v:shape id="Shape 65216" style="position:absolute;width:91;height:91;left:0;top:0;" coordsize="9144,9144" path="m0,0l9144,0l9144,9144l0,9144l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#a0a0a0"/>
+                </v:shape>
+                <v:shape id="Shape 65217" style="position:absolute;width:54267;height:91;left:30;top:0;" coordsize="5426710,9144" path="m0,0l5426710,0l5426710,9144l0,9144l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#a0a0a0"/>
+                </v:shape>
+                <v:shape id="Shape 65218" style="position:absolute;width:91;height:91;left:54297;top:0;" coordsize="9144,9144" path="m0,0l9144,0l9144,9144l0,9144l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#a0a0a0"/>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A57F44" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Introducción </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001059C1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El término </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
-          <w:iCs/>
-[...3 lines deleted...]
-          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D078D6">
+        <w:t>procrastinación,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> según la Real Academia Española [RAE] (2022), proviene del latín </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>procrastināre</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> y significa ‘diferir’ o ‘aplazar’. Actualmente se utiliza para referirse al aplazamiento de la realización de actividades. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4FF2F2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En un ambiente académico puede resultar extremadamente problemático, ya que postergar la realización de alguna actividad inevitablemente resultará, con la llegada de nuevas tareas, en la acumulación. Esto incrementará de manera importante la carga de </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">trabajo percibida con la que tiene que lidiar un estudiante, lo que puede conducir a un bajo rendimiento en cuestiones académicamente relacionadas, además de problemas en las relaciones interpersonales, lo cual, a su vez, puede llevar a diversos problemas físicos con cierto grado de severidad, como dolores físicos y deterioro prematuro de los órganos, y psicológicos, como depresión, estrés y ansiedad para el estudiante procrastinador (Cardona, 2015). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C27D960" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="153" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FCB067F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Planteamiento del problema </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC4F67F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El presente estudio aborda el problema de la procrastinación académica entre los alumnos universitarios de una institución pública de nivel superior que se encuentra en la Ciudad de México, México. Se pretende determinar la tendencia hacia la procrastinación que presentan. Para ello, se diseñó una escala de tres niveles, tendencia baja, media y alta, con base en la información obtenida de la literatura y la Escala de Procrastinación Académica (EPA) adaptada por Álvarez (2010). También, se establecen correlaciones lineales entre los indicadores de las dimensiones propuestas y se calcula el índice de procrastinación académica. En la segunda parte del trabajo, se desarrolló una herramienta digital que contiene preguntas para ser resueltas por los estudiantes y al final se muestre el nivel de procrastinación que tiene el estudiante, con la finalidad de que la institución pueda identificar factores de riesgo en sus hábitos de estudio. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71316776" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="153" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5B077E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:ind w:right="66"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Objetivo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323B165C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Identificar y analizar el nivel de procrastinación académica de estudiantes de nivel superior de una unidad académica de la Ciudad de México a través de una aplicación web. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD599FF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="151" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6081858E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:ind w:right="67"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Estado del arte </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63ED8215" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La procrastinación académica es el retraso innecesario de las tareas y actividades de tipo escolar que un estudiante pretende realizar. Se trata de un fenómeno que ha acompañado a la humanidad desde épocas remotas y ha atraído intensamente el interés de los investigadores, especialmente en las últimas cuatro décadas. Es un fenómeno conocido en la vida cotidiana (Rodríguez y Clariana, 2017). Schouwenburg (2004) realizó un estudio en el que encontró que entre 20 % y 25 % de la población económicamente activa presenta una alta prevalencia a la procrastinación, mientras que las tasas de prevalencia de </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">procrastinación académica, es decir, procrastinación de actividades relacionadas con el estudio entre estudiantes universitarios, como escribir un documento de término, estudiar para un examen, etc., fueron todavía más altas. Otros investigadores encontraron que hasta 70 % de los estudiantes universitarios se consideran procrastinadores (Quant y Sánchez, 2012), y que 50 % procrastinan de manera consistente y problemática (Durand y Cucho, 2016). Los estudiantes han informado que la procrastinación generalmente representa más de un tercio de sus actividades diarias y a menudo se lleva a cabo durmiendo, leyendo cosas que no guardan relación con la escuela, por ejemplo, cómics, viendo televisión o jugando (Ferrari, Barnes y Steel, 2009).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A4563E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La perspectiva psicodinámica (Onwuegbuzie, 2004) atribuye a la procrastinación una carga fuerte emocional de angustia que desarrolla el estudiante por no lograr realizar las actividades encomendadas, por lo que, inconscientemente, emplea mecanismos de defensa para apaciguar dichos sentimientos y justificar la no entrega de las tareas.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208D509B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Otros autores como Padilla (2017) y Klingsieck (2013) explican que la procrastinación se suscita cuando el estudiante piensa en las consecuencias negativas que tendrá el no entregar sus tareas; pese a ello atribuye a las múltiples tareas encomendadas, tanto en la escuela como en la casa, el hecho de postergar actividades académicas (estudiar para un examen o resolver ejercicios y actividades dejadas en la escuela). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685A1A1B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ayala, Rodríguez, Villanueva, Hernández y Campos (2020) mencionan al respecto: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A868CE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="1419" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La procrastinación académica es un retraso irracional o aplazamiento de las tareas académicas, hasta experimentar una ansiedad considerable. Es por ello que los conceptos corrientes de procrastinación académica la definen como una especie de falta de motivación, muy relacionada con el fracaso de la autorregulación; en consecuencia, se perciben los bajos niveles de autoeficacia y autoestima académica y un alto nivel de estrés y enfermedad (p. 42). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC98F5C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Por su parte, Ellis y Knaus (1997) comentan que hay diversos modelos sustentados en la psicología que explican la visión de la procrastinación, como el modelo cognitivoconductual (Hong, Lee y Ye, 2021), que hace referencia a que la persona tiene creencias de que no puede realizar satisfactoriamente una tarea, lo que le produce emociones negativas y conductas desfavorables. Estas conductas tienen su raíz, en muchas ocasiones, en una baja tolerancia a la frustración, lo que se agudiza cuando la persona se </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">pone metas elevadas y poco reales para alcanzar, no obteniendo los resultados pronosticados. Esto le genera al estudiante emociones negativas como tristeza, angustia, depresión, lo que le provoca falta de ánimo para continuar con sus tareas, convirtiéndose en un círculo del que no puede salir, ya que al no continuar con sus actividades y, por consiguiente, no entregarlas, piensa que no es apto para la carrera en la que se encuentra (Garzón y Gil, 2016; Veytia, 2021). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258DA52C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hay dos tipos de procrastinación académica: una denominada </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>esporádica</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> y otra llamada </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>crónica</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. La esporádica tiene que ver con aquellas actividades académicas concretas que no se llevan a cabo por no contar con tiempo suficiente. La procrastinación crónica se refiere al hábito que los estudiantes desarrollan de forma general de demorar la dedicación al estudio (Quant y Sánchez, 2012). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46066047" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="263" w:lineRule="auto"/>
+        <w:ind w:left="438" w:right="55" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">También, la procrastinación académica presenta distintos componentes: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA84EB8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">cognitivos, conductuales y afectivo-emocionales (Garzón y Gil, 2016). El componente cognitivo consiste en que el estudiante de forma continua da excusas para postergar las acciones; el componente conductual se relaciona con la impulsividad, distracción, lo que genera incoherencia entre lo que tiene pensado hacer y lo que finalmente se logra realizar; el componente emocional se refiere a que el estudiante tiende a fracasar en su actividad académica. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CE0DB43" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="187" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19485AE8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:right="70"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Metodología </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D4274A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> Se llevó a cabo una investigación de tipo cuantitativo, con un alcance descriptivocorrelacional (Hernández, Fernández y Baptista, 2006), debido a que se obtuvieron los valores promedios y las respectivas desviaciones estándar para describir la información derivada de las respuestas obtenidas del cuestionario aplicado. Además, se empleó el coeficiente de correlación de Pearson para establecer las correlaciones entre los indicadores de las dimensiones establecidas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F3ED6A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="151" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E7E9CD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:ind w:right="68"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Muestra </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540145B2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Se invitó a los estudiantes de una institución de nivel superior de la Ciudad de México a participar en el estudio; se les informó de la utilidad de sus respuestas para los fines de la investigación, de las condiciones del anonimato y de su participación voluntaria. Del total de estudiantes de la institución educativa (N = 3000), aceptaron </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">participar 373 estudiantes, quienes cursaban alguno de los ocho semestres de la carrera de ingeniería en Sistemas Computacionales de la Escuela Superior de Cómputo (Escom) del Instituto Politécnico Nacional (IPN). Las edades de los participantes oscilaban entre los 18 y 27 años. El nivel de confianza de la muestra fue de 95 %, como se puede apreciar en las ecuaciones 1 y 2 (Bujisic, Hutchinson, Ahn, y Jovanovic, 2018). En cuanto al género, 83 % estuvo conformado por varones y 17 % por mujeres. Cabe señalar que en la Escom la mayoría de los estudiantes son varones: en promedio por grupo hay 3 mujeres y 33 varones.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FDBB0E7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="59" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="874" w:right="1522" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:t>𝑁∗ 𝑍</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:sz w:val="21"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:t>∗𝑝∗𝑞</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1E75B2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3757"/>
+          <w:tab w:val="center" w:pos="5665"/>
+          <w:tab w:val="center" w:pos="6513"/>
+        </w:tabs>
+        <w:spacing w:after="181" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="es-MX"/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidR="000D2152" w:rsidRPr="00B11C83">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t xml:space="preserve">𝑛 = </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:t>𝑒</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...5 lines deleted...]
-          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Tendência</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="000D2152" w:rsidRPr="00B11C83">
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17EC433D" wp14:editId="5DDC2BA3">
+                <wp:extent cx="885749" cy="10668"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="53901" name="Group 53901"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="885749" cy="10668"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="885749" cy="10668"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="65219" name="Shape 65219"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="885749" cy="10668"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="885749" h="10668">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="885749" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="885749" y="10668"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="10668"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="0" cap="flat">
+                            <a:miter lim="127000"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="0"/>
+                            </a:srgbClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:srgbClr val="000000"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="none"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <w:pict>
+              <v:group id="Group 53901" style="width:69.744pt;height:0.840027pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8857,106">
+                <v:shape id="Shape 65220" style="position:absolute;width:8857;height:106;left:0;top:0;" coordsize="885749,10668" path="m0,0l885749,0l885749,10668l0,10668l0,0">
+                  <v:stroke weight="0pt" endcap="flat" joinstyle="miter" miterlimit="10" on="false" color="#000000" opacity="0"/>
+                  <v:fill on="true" color="#000000"/>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:t>(𝑁−1)+𝑍</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:t>∗𝑝∗𝑞</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">(1) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D95F718" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4094"/>
+          <w:tab w:val="center" w:pos="5665"/>
+          <w:tab w:val="center" w:pos="6513"/>
+        </w:tabs>
+        <w:spacing w:after="134" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...5 lines deleted...]
-          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+          <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a procrastinar por alunos de nível superior</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-          <w:lang w:val="pt-BR"/>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
         </w:rPr>
-      </w:pPr>
-[...1204 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">𝑛 </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict w14:anchorId="30CDBF3B">
-[...33099 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="225B3B72" wp14:editId="21043A71">
-[...5 lines deleted...]
-            </wp:cNvGraphicFramePr>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6282FA0F" wp14:editId="55BFF63A">
+            <wp:extent cx="1365504" cy="283464"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="62964" name="Picture 62964"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="20" name="Imagen 20" descr="Interfaz de usuario gráfica, Texto, Aplicación&#10;&#10;Descripción generada automáticamente"/>
+                    <pic:cNvPr id="62964" name="Picture 62964"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1365504" cy="283464"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">(2)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D352DDC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3258"/>
+          <w:tab w:val="center" w:pos="4249"/>
+          <w:tab w:val="center" w:pos="4957"/>
+          <w:tab w:val="center" w:pos="5665"/>
+          <w:tab w:val="center" w:pos="6513"/>
+        </w:tabs>
+        <w:spacing w:after="118" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>𝑛 = 340</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">(3) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2D181B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Algunas características de los estudiantes de la Escom es que los alumnos que ingresan tienen promedio entre 9 y 10 del nivel medio superior del que egresaron. También, el nivel socioeconómico que prevalece entre ellos es bajo. Y acuden de distintas ubicaciones de la Ciudad de México, del Estado de México y del estado de Hidalgo; en promedio hacen de tiempo en su traslado es de dos horas, lo que implica un desgaste que a diario tienen los alumnos. La carrera está integrada por nueve semestres y por semestre toman entre cuatro y cinco cursos. Hay tres horarios, matutino de 7:00 h a 15:00 h, vespertino de 13:30 h a 21:00 h y mixto, que incluye horario del matutino y vespertino. De la población total de alumnos, 15 % trabaja en contra turno para mantener sus estudios, y por la actual situación de pandemia que vivimos, ofrecen apoyo en su casa. Este panorama muestra información que puede explicar el hecho de que algunos estudiantes no tengan tiempo para atender todas las tareas que se les deja en la escuela, porque realmente no cuentan con él. Es por ello por lo que, para no confundir esta situación con la de procrastinación, se consideró presentar a la variable Procrastinación a través de seis atributos o dimensiones, como se muestra en el apartado correspondiente al instrumento usado para determinar la tendencia a la procrastinación del estudiantado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29028CB7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Las etapas seguidas en la investigación se presentan a través del diagrama de la figura 1. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61DD1834" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F666EB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD73204" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A6ABFA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="113" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23207EA6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A75E34" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD5B7B3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F51A74" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A04B879" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="58" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="71" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Figura 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Diagrama con las etapas de la metodología empleada </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1225B5C1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="10" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4055F4AC" wp14:editId="3C985003">
+            <wp:extent cx="1567815" cy="3453130"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1079" name="Picture 1079"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1079" name="Picture 1079"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4117654" cy="3444224"/>
+                      <a:ext cx="1567815" cy="3453130"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BBA5EA4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47CD95E4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="153" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="7" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FC1D47" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:ind w:right="73"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Etapa 1. Cuestionario de procrastinación académica </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46FBF147" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Se revisó la EPA</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">adaptada al español por Álvarez (2010) y validada por Trujillo y Noé (2020). Este instrumento sirvió de base para el que se empleó en el presente estudio. Se le hicieron adaptaciones acordes al contexto de los estudiantes de la muestra y se conformó un cuestionario de 21 reactivos o ítems. Cada ítem consta de cinco opciones de respuesta tipo Likert, siendo </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>F</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD1580" w:rsidRPr="00F32F1B">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> el valor más bajo y </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>uente: Elaboración propia</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AD0B18">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> el más alto, para considerar los niveles de procrastinación, y que corresponden a: 1 = Nunca, 2 = Rara vez, 3 = A veces, 4 = Casi siempre y 5 = Siempre. El cuestionario mide la variable procrastinación académica representada a través de seis dimensiones o atributos: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Demora en las entregas de tareas”; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Falta de control de tiempo”; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Falta de compromiso en la realización de las </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">tareas”; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Tareas aburridas, difíciles o que no son del agrado del estudiante las demora en entregar”; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Dificultad para tomar decisiones”, y </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Concentración en la realización de las tareas”. Como parte de la validación del cuestionario, se utilizó una muestra piloto, a cuyos integrantes se les aplicó el cuestionario para revisar si lo que se formula en cada reactivo es lo que realmente se considera. En esta prueba piloto participaron 67 estudiantes quienes cursaban alguno de los nueve semestres de la misma carrera. Como resultado se hicieron ajustes a los reactivos en cuanto al empleo de algunos verbos, así como a la forma de dirigirse a los estudiantes, los alumnos consideran que es mejor dirigirnos de una manera más personal al hablarles de “tú”, en lugar de “usted”, por ello los reactivos se expresan mediante verbos conjugados en la segunda persona del singular. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A640B62" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La finalidad de la aplicación del cuestionario era medir la tendencia que tienen los estudiantes a procrastinar en sus actividades académicas y revisar algunos de los motivos a través de estas dimensiones. En la tabla 1 se presentan las seis dimensiones y los reactivos o ítems del cuestionario que miden dichas dimensiones. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B15793A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="7" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299315D3" w14:textId="1BC7C40A" w:rsidR="009D16C9" w:rsidRDefault="009D16C9" w:rsidP="0011006C">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="01D8A2FB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="154" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tabla 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Atributos o dimensiones de la Procrastinación medidas a través de los ítems. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8546" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="62" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1709"/>
+        <w:gridCol w:w="1286"/>
+        <w:gridCol w:w="404"/>
+        <w:gridCol w:w="5147"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="2BF6DBFB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EF122DD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Variable </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33D37485" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Dimensión </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5229E303" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ítems </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="4F4C863F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2494"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3862099F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Procrastinación </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1286" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2417DFA5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="-291" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Demora en la entrega tareas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42EB9056" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="65" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="620D1373" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="357" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="112" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I1. Si se te impone una fecha de entrega lejana a la fecha actual, prefieres posponer constantemente su realización. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AB0054F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DC87C12" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I17. Generalmente entregas tus tareas lo más tarde posible. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="4173F783" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4563"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45C6F235" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1286" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C46B47D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Falta control tiempo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F872C6D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="65"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">de del </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FC025BE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="2" w:line="356" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I2. Regularmente piensas sobre los pendientes que debes de realizar. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4974C330" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F70E820" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="358" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I3. Te cuesta trabajo planificar tu tiempo, ocasionando una mala organización de tus tareas. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4985C561" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BF1E518" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="2" w:line="356" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I4. Con frecuencia te encuentras cansada/cansado debido a que sientes que no tienes tiempo suficiente. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EE8ECD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FE93A72" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I10. Te cuesta tener control sobre tus tiempos, y parece que no puedes hacer nada para controlarlo. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="3DECE058" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1668"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18EB3D1A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1393C020" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="111" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Falta de compromiso en la realización de las tareas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="263E4F83" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="373" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I5. A pesar de estar consciente de que una tarea es importante, </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">continúas </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">aplazándola innecesariamente. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F7D1DCC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="43676384" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-1985" w:right="72" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8546" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="62" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="49" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1709"/>
+        <w:gridCol w:w="1690"/>
+        <w:gridCol w:w="5147"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="38CC48B4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="5807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="706186BB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="687AB495" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="466EB3B0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="358" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I6. Sueles poner excusas para realizar una tarea o actividad que puede realizarse al momento. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FF02E92" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C376364" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="2" w:line="356" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I7. Te comprometes a realizar los pendientes que tienes y los haces. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53ECD0B0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F0ED637" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="358" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I8. Prefieres hacer otras cosas a realizar tus pendientes cuando hay tiempo para hacerlos. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="373CD37F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="338A8EF9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="2" w:line="356" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I12. Te quedas esperando sin hacer nada, aunque sabes lo importante que es iniciar tus actividades. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="659BA625" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F41C26B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I13. La manera de realizar tus actividades es no posponiéndolas para después. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="712CF6DD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="3322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="100E0653" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="051544F8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="372" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Tareas aburridas, difíciles o que no </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">son </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">del agrado </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">del estudiante las demora </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">en </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C039505" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">entregar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="507899C3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="359" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I9. Pospones comenzar actividades que no te gusta realizar. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DAFA97A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="358" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I11. Cuando tienes que realizar tareas muy pesadas, prefieres posponerlas para después. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17058CC8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AF697DE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I14. Le das el tiempo necesario a tus tareas aun si son aburridas. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="327700B1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="3738"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6507669B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67F83EEB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Dificultad para tomar decisiones </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3992ABD1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I15. Rezagas el tomar decisiones importantes. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AD640B9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="187DE435" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="358" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I18. Te comprometes a realizar más tareas de las que realmente puedes asumir.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30A8876B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C5FD642" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="2" w:line="356" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I19. Te frustras rápidamente cuando los obstáculos interfieren con la búsqueda de tus metas. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13AB7945" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="113" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="345816FF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I20. Eres la persona que da el primer paso </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="1BAE75E4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="838"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A6247CA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4768E0C8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="142" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Concentración </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D842EAD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="113"/>
+                <w:tab w:val="center" w:pos="1385"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">en </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">la </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72FF6A67" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I16. Pones toda tu concentración en tus tareas. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BA1DD2A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="40FFBE7C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="840"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EED794F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47537822" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">realización de las tareas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68347F2D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I21. Te cuesta enfocarte en cosas importantes. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2E3B6C6C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="356" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="0" w:hanging="10"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia con base en la EPA (Álvarez, 2010; Trujillo-Chumán y NoéGrijalva, 2020). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BB28C0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El nivel bajo de procrastinación considera valores en el intervalo 1.0 a 2.5 de la escala Likert empleada en las seis dimensiones. El nivel intermedio considera una puntuación entre 2.6 y 3.5 y el nivel alto va de 3.6 a 5.0. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F172C75" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="151" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3711751F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:ind w:right="73"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Etapa 2. Aplicación del cuestionario </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33C70067" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El cuestionario se hizo en Google Forms y se llevó a cabo en el auditorio de la institución. Este fue aplicado el lunes 7 de marzo de 2022, un día regular de clases, pero en el horario de 10:00 h a 10:30 h, que es cuando todos los estudiantes tienen receso. Se les indicó que respondieran con la mayor honestidad posible. Previo al cuestionario, llenaron la forma de consentimiento para ocupar la información que se extrajera del cuestionario con fines de investigación. Se les indicó que no aparecería su nombre, solo se solicitaba su edad y el semestre en el que se encontraban inscritos.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74673699" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="153" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A67ADA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:ind w:right="73"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Etapa 3. Recolección y tratamiento de los datos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC3CCFF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La recopilación de los datos fue llevada a cabo en el </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:t>software</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> de Microsoft Office Excel 2016. Los estadísticos correspondientes a la media y desviación estándar permitieron describir tanto el promedio como la variabilidad de los resultados de la muestra.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119C1746" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La fiabilidad de cada una de las seis dimensiones se obtuvo mediante el coeficiente del alfa de Cronbach, cuyos valores se muestran en la tabla 2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C359A98" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="114" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F787B9C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:b/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:t>Tabla 2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Alfa de Cronbach </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="6681" w:type="dxa"/>
+        <w:tblInd w:w="938" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="52" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="54" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5541"/>
+        <w:gridCol w:w="1140"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="077AC36E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C2AC099" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elementos </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F2B9EE0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="61" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t>𝛼</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="1481A45E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BA81474" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Demora en la entrega de tareas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A25502D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="54" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.86 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="3F770A32" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C8B71B4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Falta de control del tiempo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C95F224" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="54" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.85 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="20F12D0F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54CF0611" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Falta de compromiso en la realización de las tareas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25289537" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="54" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.78 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="169037DF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="838"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F5A5643" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Tareas aburridas, difíciles o que no son del agrado del estudiante las demora en entregar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27AC42ED" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="54" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.76 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="42EC5C81" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35BC1B36" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Dificultad para tomar decisiones </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C6CBF1C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.71 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="505D5C93" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00A597B6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Concentración en la realización de las tareas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BB9C23C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.81 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="28B5649F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="72" w:hanging="10"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia con base en Trujillo y Noé (2020) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E1ECD8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En las tablas 3, 4, 5, 6 y 7 se encuentran los valores descriptivos de las puntuaciones obtenidas de la aplicación del cuestionario a la muestra de estudiantes del nivel universitario. Estas puntuaciones se dividieron de acuerdo con la dimensión o atributo que miden. La puntuación promedio inferior fue para el ítem 21 (M = 2.16), referente a la </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">concentración en sus tareas, y la superior para el ítem 2 (M = 4.09), sobre la falta de control del tiempo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63480670" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="153" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2BED13" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:ind w:right="69"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Etapa 4. Resultados y análisis </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7932CB70" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="109" w:line="263" w:lineRule="auto"/>
+        <w:ind w:left="438" w:right="55" w:hanging="10"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">De forma general, revisando los promedios obtenidos, se puede decir lo siguiente. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB38A37" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Los estudiantes de la muestra algunas veces prefieren posponer la realización de una tarea cuya fecha de entrega es lejana a su asignación al no considerarla como urgente, lo que los hace pensar regularmente en los pendientes que tienen (puntuando el primer aspecto (</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t>𝑀</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>𝐼1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">en 3.69 y el segundo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>(𝑀</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>𝐼2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">en 4.09, en una escala de 1-5, siendo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> casi nunca y </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> siempre). Esta actitud refleja una falta para controlar su tiempo, lo que provoca que los estudiantes acumulen actividades y tareas, que se traduce en un cansancio frecuente por no tener tiempo para abordar todo lo encargado en la escuela (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>𝑀</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">𝐼4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>= 3.63</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ECA23A3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="30"/>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Los estudiantes de la muestra señalaron que en ocasiones ponen excusas para realizar una tarea o actividad que puede hacerse al momento (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>𝑀</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">𝐼6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>= 3.17)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, dando distintos tipos de justificaciones. Cuando la actividad que les encargaron hacer no les llama la atención, con mayor razón posponen iniciar su realización (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>𝑀</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">𝐼9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>= 3.84)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. De forma regular, les cuesta tener control sobre sus tiempos, y parece que no pueden hacer nada para controlarlo (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>𝑀</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">𝐼10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>= 3.31)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Algunas veces, se comprometen a realizar más tareas de las que realmente pueden asumir </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>(𝑀</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">𝐼18 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>= 2.94)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, lo que se refleja en que no invierten el tiempo necesario en la realización de sus tareas (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>(𝑀</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">𝐼14 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>= 2.86)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> y que a veces entreguen sus tareas lo más tarde posible </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>(𝑀</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">𝐼17 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>= 3.08)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Esto podría sugerir un alto nivel de estrés en general en los estudiantes.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC6253E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A pesar de los datos arrojados, los estudiantes intentan cumplir con sus responsabilidades aun cuando esto representa un gran esfuerzo mental, como es mostrado en el promedio del séptimo ítem, con un valor de 2.53 y una desviación estándar de 0.95. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B8F8D45" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Al referirnos a cada una de las dimensiones, se encontró lo siguiente. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2B706C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="143" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>El valor promedio obtenido de la primera dimensión (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>𝐷</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>= 3.385)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, que </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0684CFDB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">corresponde a la entrega tardía de tareas, se muestra en la tabla 3, en la que se señala que los estudiantes de la muestra presentan un nivel intermedio en cuanto a la demora que tienen para entregar sus tareas, es decir, que algunas veces las entregas son de forma tardía, por lo que no es una actitud que presenten de forma constante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3026B856" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="144" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587A826C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="70" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Figura </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B66E71">
+        <w:t>Tabla 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Dimensión: “Demora en la entrega de tareas” (</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>𝐷</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8546" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="62" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="50" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4107"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2312"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="6111FCF6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EEA5880" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ítem </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F521C97" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="61" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Promedio </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2312" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C1F8A85" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="77" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Desviación estándar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="34765B61" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A2251E5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="63" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I1. Si se te impone una fecha de entrega lejana a la fecha actual, prefieres posponer constantemente su realización. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AC8093" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="61" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.69 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2312" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31CD850F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="58" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.87 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="50FD70C2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="838"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B9C644B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">117. Generalmente entregas tus tareas lo más tarde posible. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C052BB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="61" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.08 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2312" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6232C6B1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="58" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.17 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="565642B7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25DB9101" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7356949F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="58" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t>𝐷</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">3.385 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2312" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B909FFB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="464A3ADA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="145" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C084E7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="141" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En la tabla 4 se observa que en la segunda dimensión </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>(𝐷</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t xml:space="preserve">= </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3.625), </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB7653C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">correspondiente a la falta que tienen para controlar su tiempo, se encontró que es alta, es decir, los estudiantes de la muestra casi siempre presentan dificultad para tener el control del tiempo que requieren en la realización de sus tareas y actividades escolares, lo que se traduce en estar en constante estrés por la acumulación de actividades, así como el no concluir satisfactoriamente cada actividad o tarea encomendada y pueden llegar a tener frustración por esta situación. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B3AE67" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="623665C8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEB849E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="754B8EDE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB4C2F2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A7B820" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684F60FD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4848C10C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="113" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A22BBDB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="118D99E0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0054EDA3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="552D2FB9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418CBE2D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F6890C6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="143" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7986E041" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Tabla 4.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Dimensión: “Falta de control del tiempo” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>(𝐷</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8546" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="62" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="49" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2958"/>
+        <w:gridCol w:w="2777"/>
+        <w:gridCol w:w="2811"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="270DB31F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46562622" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="64" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ítem </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7201BE64" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="59" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Promedio </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47F1EC94" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="63" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Desviación estándar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="22EB4810" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="539D7F6E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="61" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">I2. Regularmente piensas sobre los pendientes que debes de realizar. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2E90A0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="58" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">4.09 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="016F3906" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.86 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="1005038A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1666"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37386016" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I3. Te cuesta trabajo planificar tu tiempo, ocasionando una mala organización de tus tareas. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CAFBE8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="58" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.47 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2EAF39" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.18 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="334EA750" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1666"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B6572EA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I4. Con frecuencia te encuentras cansada/cansado debido a que sientes que no tienes tiempo suficiente. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF6542C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="58" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.63 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E07FBAC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.08 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="41779749" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1666"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B7579E2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="61" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I10. Te cuesta tener control sobre tus tiempos, y parece que no puedes hacer nada para controlarlo. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14D1BA6E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="58" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.31 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE9D405" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.24 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="49031A7D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23F3B2B3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="571B3513" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="56" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t>𝐷</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">3.625 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49CFEEA5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="171C127E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AFE2086" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En relación con la falta de compromiso que tienen los estudiantes con sus labores académicas, que corresponde a la tercera dimensión, se encontró que tiene un valor que corresponde a un nivel intermedio </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>(𝐷</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3.24). Es decir, que solo algunas veces los estudiantes no se comprometen con sus actividades escolares, por lo que la mayoría de las ocasiones sí muestran compromiso por ellas y tratan de cumplir con lo encomendado, pese a que no han logrado controlar sus tiempos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723289B8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17DA5E45" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="113" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5F2B73" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71129EF6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72692871" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4741789A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BC8808" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBB7DD0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="144" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD66569" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tabla 5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Dimensión: “Falta de compromiso en la realización de las tareas” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>(𝐷</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8546" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="62" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="51" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4532"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2312"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="31CAED82" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EFD469C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Ítem </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="158AA3DE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Promedio </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2312" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02BD4349" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Desviación estándar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="4EC15FF8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51067197" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="62" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I5. A pesar de estar consciente de que una tarea es importante, continúas aplazándola innecesariamente. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4084C5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.38 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2312" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69326E61" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="255559D9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1250"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B8B9A0A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="61" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I6. Sueles poner excusas para realizar una tarea o actividad que puede realizarse al momento. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A14F84" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.17 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2312" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78746BB8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.15 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="06898263" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="840"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="566491CD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I7. Te comprometes a realizar los pendientes que tienes y los haces. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3A599C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">2.53 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2312" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="388CA457" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.95 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="649884A4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="838"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="645BCF34" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I8. Prefieres hacer otras cosas a realizar tus pendientes cuando hay tiempo para hacerlos. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3128E36B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.51 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2312" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A95E6F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.06 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="40E4219A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1250"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A2569E2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="62" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I12. Te quedas esperando sin hacer nada, aunque sabes lo importante que es iniciar tus actividades. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="185BE8EF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.26 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2312" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1903C688" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.23 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="727C847E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="838"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AE9F4C1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I13. La manera de realizar tus actividades es no posponiéndolas para después. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5F417E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.06 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2312" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D604D25" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="74CC07C2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DF3BFF3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B178F96" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t>𝐷</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 3.24 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2312" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51EC642E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="52528F84" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="113" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4458A67A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Por lo que respecta a la demora en entregar tareas que les parecen aburridas, o difíciles o que no son de su agrado, esta promedió </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>𝐷</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 3.35, lo que corresponde a un nivel intermedio, es decir, que el hecho de que sean difíciles o aburridas no influye para que se demoren en su realización, y por lo tanto, en su entrega (tabla 6). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F762E6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="357" w:lineRule="auto"/>
+        <w:ind w:left="4278" w:right="4285" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0899DD76" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="2" w:line="357" w:lineRule="auto"/>
+        <w:ind w:left="4278" w:right="4285" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D1AB6C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="146" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="127" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tabla 6.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Dimensión: Tareas aburridas, difíciles o que no son del agrado del estudiante </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33AA0083" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="71" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">las demora en entregar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>(𝐷</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F32F1B">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8546" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="62" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="50" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3824"/>
+        <w:gridCol w:w="1867"/>
+        <w:gridCol w:w="2855"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="6C827861" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BE276DC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ítem </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59F6A485" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="61" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Promedio </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="661270E9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="62" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Desviación estándar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="566BDEE6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="838"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="645103FE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I9. Pospones comenzar actividades que no te gusta realizar. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="131310B3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.84 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D746C4E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.09 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="2A82EB36" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1250"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03531359" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="63" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">I11. Cuando tienes que realizar tareas muy pesadas, prefieres posponerlas para después. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2519DF20" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.37 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C91A564" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.21 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="6A559E07" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="840"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B863015" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I14. Le das el tiempo necesario a tus tareas aun si son aburridas. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65EFA20B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">2.86 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3528691F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.03 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="4CA19909" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3824" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="719C7597" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A581626" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="58" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t>𝐷</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">3.35 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40565FAF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6E78CDA7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="113" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="67" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B766246" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">También, presentan un nivel intermedio en lo que corresponde a la dificultad para tomar decisiones, lo que significa que no siempre les cuesta trabajo tomar una decisión que compete a alguna acción académica. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A4F2C4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="142" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:b/>
         </w:rPr>
-        <w:t>Interfaz para resolver el cuestionario</w:t>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E023328" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="71" w:hanging="10"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:b/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t>Tabla 7.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Dimensión: “Dificultad para tomar decisiones” </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>(𝐷</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8546" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="62" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="51" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4107"/>
+        <w:gridCol w:w="1596"/>
+        <w:gridCol w:w="2843"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="72B9D86A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05713304" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="59" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ítem </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62BEDDBE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="58" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Promedio </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F4DB231" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="59" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Desviación estándar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="0931D89E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="838"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EB059CF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I15. </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">Rezagas </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">el </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">tomar </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">decisiones importantes. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E724B6B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">2.88 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71C40CF4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="59" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.06 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="050ABD9F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1250"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="584FCF22" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="62" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I18. Te comprometes a realizar más tareas de las que realmente puedes asumir. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CA2BDD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">2.94 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F016EF6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="59" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.13 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="6E7447C6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08191F9B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I19. Te frustras rápidamente cuando los obstáculos interfieren con la búsqueda de tus metas. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46DE428B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3.26 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57ABA20A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="59" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.16 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="04154A3F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="838"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DF27794" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I20. Eres la persona que da el primer paso. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E26452" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">2.86 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D2F8BDB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="59" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.95 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="0A7081CC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FCE05C3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DBFF07D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="59" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t>𝐷</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">2.98 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2779E5C5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="193030AD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C80DD9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t>En lo que se refiere a la concentración en la realización de tareas académicas, presentan un nivel bajo (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>𝐷</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2.26), lo que implica que no pueden o no logran concentrarse con facilidad en la realización de sus tareas, lo que se traduce en no concluir a tiempo sus actividades o concluirlas mal y, por lo tanto, no quedan satisfechos de lo que han hecho, lo que se refleja en un constante estrés y angustia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC83617" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="144" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CFFEA6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Tabla 8.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Dimensión: “Concentración en la realización de las tareas” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>(𝐷</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8546" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="62" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="51" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4249"/>
+        <w:gridCol w:w="1459"/>
+        <w:gridCol w:w="2838"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="36124B41" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4249" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A690E88" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="62" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ítem </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1459" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B5F4448" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Promedio </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20CB65EF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="59" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Desviación estándar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="36E00C6B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="838"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4249" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76DDD6C0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I16. Pones toda tu concentración en tus tareas. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1459" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3784714C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">2.37 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EFB39A9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="59" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.04 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="20F46AD6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="838"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4249" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C4940CF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I21. Te cuesta enfocarte en cosas importantes. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1459" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31481A2B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">2.16 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3620BCB6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="59" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1.09 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="6D03662E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4249" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BB3499D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1459" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="081BFCE2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t>𝐷</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 2.26 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34C10C58" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="3" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3673E73A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177A60EF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Se revisaron las correlaciones entre los indicadores que integraron los distintos atributos o dimensiones de la variable procrastinación. En la figura 2 se presentan las correlaciones mediante una matriz de doble entrada, para lo cual se empleó el índice de correlación de Pearson. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE56187" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="113" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16DB546F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="73" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Figura 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Coeficientes de correlación de Pearson </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8831" w:type="dxa"/>
+        <w:tblInd w:w="12" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="23" w:type="dxa"/>
+          <w:left w:w="74" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="37" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="415"/>
+        <w:gridCol w:w="393"/>
+        <w:gridCol w:w="394"/>
+        <w:gridCol w:w="353"/>
+        <w:gridCol w:w="394"/>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="353"/>
+        <w:gridCol w:w="355"/>
+        <w:gridCol w:w="353"/>
+        <w:gridCol w:w="419"/>
+        <w:gridCol w:w="419"/>
+        <w:gridCol w:w="418"/>
+        <w:gridCol w:w="418"/>
+        <w:gridCol w:w="418"/>
+        <w:gridCol w:w="418"/>
+        <w:gridCol w:w="419"/>
+        <w:gridCol w:w="418"/>
+        <w:gridCol w:w="419"/>
+        <w:gridCol w:w="418"/>
+        <w:gridCol w:w="418"/>
+        <w:gridCol w:w="429"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="48118199" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="277E40"/>
+          </w:tcPr>
+          <w:p w14:paraId="7742D860" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="277E40"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A73C19A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="277E40"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D70BFC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="277E40"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F3909F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5172" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="277E40"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0007F1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1128" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COEFICIENTES DE CORRELACIÓN DE PEARSON </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="277E40"/>
+          </w:tcPr>
+          <w:p w14:paraId="183D7CC6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="277E40"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E871B4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="277E40"/>
+          </w:tcPr>
+          <w:p w14:paraId="355EBB97" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="277E40"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E4F6859" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="277E40"/>
+          </w:tcPr>
+          <w:p w14:paraId="1762E5AB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00234087">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="445413C6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="262"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A5B86D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="2" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA11261" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="604AD27A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="317977D9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="17" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5172" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF79E65" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="517"/>
+                <w:tab w:val="center" w:pos="911"/>
+                <w:tab w:val="center" w:pos="1285"/>
+                <w:tab w:val="center" w:pos="1638"/>
+                <w:tab w:val="center" w:pos="1993"/>
+                <w:tab w:val="center" w:pos="2378"/>
+                <w:tab w:val="center" w:pos="2798"/>
+                <w:tab w:val="center" w:pos="3215"/>
+                <w:tab w:val="center" w:pos="3633"/>
+                <w:tab w:val="center" w:pos="4051"/>
+                <w:tab w:val="center" w:pos="4468"/>
+                <w:tab w:val="right" w:pos="5060"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">E5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">E6 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">E7 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">E8 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">E9 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">E10 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">E11 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">E12 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">E13 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">E14 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">E15 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">E16 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="05844503" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="11" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E17 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E584008" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="11" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E18 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9D58BC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="10" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E19 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="6161F85D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="10" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E20 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="06820059" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="14" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E21 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="7EAF5673" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="257"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="68876AAB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="45" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E1416DC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="53BDCF9C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D27DC5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D2FD033" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E530201" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7180B328" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7165FAB7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="705041FA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="4" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="52000BA1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="2" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="66CB0A69" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="165B3FB4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="45A7A2E6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B212879" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="521A7868" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8A0E70" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3758C4AA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="637D8FC3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="63011C28" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CA20F16" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="30298FB1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="457A44D4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="6B4402F8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="27946706" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="45" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="034124BB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="752ABB59" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="036245FE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C23C0AB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A33E15" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B917D14" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="57782CC0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="38599C57" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="4" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CF803B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="2" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="13775458" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="63EB5F93" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="57BE7FAA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="423480DD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="73406B89" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="096A4B07" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCD0084" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C99B1E7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4ABE9D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="317F62C1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EFC5828" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="31CEF2C3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="07038700" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="250"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B32E605" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="45" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AAF2675" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C632BC7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="53931987" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D473EA3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="413AD0F3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="086EDD09" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="2022652F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6290776A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="4" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B421850" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="2" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="11ABAA1B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A976A6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D39718E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC637B7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="725458B2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="28DB9030" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A374E18" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BB9B3B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="663ED5DC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="139F584E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="630B53B8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="44979A34" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="65B69582" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D5EB0C4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="45" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24B017A9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12887AAD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18D6EEE1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="0896F1C7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C61013" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="466365E5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E48D67C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B593A25" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="4" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="29189B3F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="2" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="300898D4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="54DBC7CB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E8C9B3A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="432BC9CD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E98D20" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D7BB52" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A3A298F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="14592B98" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEA1520" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E393B3A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="14A1E84E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="2259AFB6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="10502C4A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="28928581" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="45" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="18186136" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A5602B2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50B25BB4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6574D7BD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E855536" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C22D381" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F18E25E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B0F635" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="4" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E222B9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="2" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="495AFA62" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="42446003" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="542427D5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1900EE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C45692C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE0BE77" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F789EA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="10728FB5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FFC0FD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9B772A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A374426" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="153E40FF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="72A2C046" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EBFC874" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="45" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E7A0579" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A30CC33" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D1680D0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6358A5EB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AE21A09" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0DBA2A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CABB081" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="219F1723" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="4" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F475E1F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="2" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF2C53F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F85D0A3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA1D363" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A372C18" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A3783A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="474804F0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F24A0C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0F868C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="20A9A10C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="26940A53" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="185CD823" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CDC8338" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="03E5E0DC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B741D3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="45" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59653A5B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B7C94D2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1565F503" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03753AD4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="435E761C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19E5F8A0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="267FCD8C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FFD28E9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="4" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E173D32" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="2" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C939D1A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="25FEC4B1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CC7066" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7300D870" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="027C234C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F62CF95" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC27115" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A78F70B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DAA0E40" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF1A25C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EE9FF4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="047B2923" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="380EBD44" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F013CB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="45" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29340B3E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA021B7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="363A3B4E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7301E04C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A06AFF5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D9916A7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5506FDE7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="08475CB7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BC8B22" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="2" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="40326919" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F6C470" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDAED27" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C8E3A9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD292D9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C588179" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A6BD559" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="75E4A1BA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1D5A13" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="04156E56" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="45368E24" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F7DE0F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="360F148F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="287FAF0C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="45" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E9 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="456B34ED" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CDA5292" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E9E8927" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4300560A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EF1924C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1486778E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05A54580" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="3067FAD8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="200F04EA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3C53AE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="54632FC6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2C989E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E7CF7F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="39101CC5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2C7F0B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="58129BCA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CEF8992" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7D832C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="261E26B9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC044DF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="041F0BA9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="6BEDA80F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B947455" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="093FDE8A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7248F8C5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="747C96F3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AB7CC01" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="281A3993" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="111F95DF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03C53AD9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="406F381A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05C809CD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="662CB478" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1445DF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C95388" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="169641E1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6A146E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="099E8293" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="2104073D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="32966DBA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FFC45BF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C0C8DAD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A3DECB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A6ED62" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="56E95B68" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="17553107" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A468A79" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F3B0EE3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57B6E684" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EB63DCE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="506DD83C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="210D4BD1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1622587C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EA9526E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="00CC2772" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="3311FFF4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="54950EAE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="756102C9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B4CBD0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FBA888" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="087D2534" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="4408ED6B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="2588FE2F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="138C2286" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="0215332B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="0258ACDA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EEBCB77" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="3CC28918" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="51648C68" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="196B53A4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45747698" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FF69204" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="514C7367" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF408FC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3909B232" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4405EB60" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32239918" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AB4F1AE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AA87063" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AEC4715" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="756F9E2F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="56145BB2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="660EA7C9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B47A7FA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6704197B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="23526099" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A508A0D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ECCDE99" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="44849788" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB6114D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="6EF01E3E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E123A8F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E13 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C5D3572" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED84AC7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AB99194" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C12BA14" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1579468B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6893FB97" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1027B96F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F01882D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58D210AB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DD666A9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="752D2281" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F91A925" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="7212DB10" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="586AE0DC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="17412F11" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB75C2B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="2757B1EB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A51451B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD51A9D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6AD1E6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="59034EBA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="30785823" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC52737" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E14 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="027E11AC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="397898CD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="628AB57B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E612BB0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70D5F060" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A739360" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EE9B77F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07315304" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A4A65B2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="632C1BB4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E2FB184" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76B9E8B8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5521DDE4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4A6832" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="348BFD03" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7976346D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C63FB8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E875514" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D7B4EF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="36451868" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C6109F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="0DE4DFB4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DA0F48" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E15 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F890B75" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="37895A3A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B572AEE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A16A75B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="621F1F0E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EF7437C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EE4DF5C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D59BB2B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="366E25EE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AB1F5FA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58363B7B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3394B859" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B70FFED" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="12" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69171FE1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="372EF373" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3E4E28" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="34492408" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F81607" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C72038D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFF1F8C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="126A2A49" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="37A45548" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="2066C42D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E16 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2180A646" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC7CE"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F77A08C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C0006"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5701E4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7"/>
+          </w:tcPr>
+          <w:p w14:paraId="23F031F1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50B8A12C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="560BFEC8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="253A2AC8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4387F241" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="516578E9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CDC5F8E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D4AAD6A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64EBABC0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4028C27C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76B9F1CD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="567E2EBF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D4372B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="0555480A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="4" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B94BD3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="669EAD39" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="70686029" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3DF9C8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="497CE91C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="36688D17" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E17 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63F96E57" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="730AE847" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="047DE27C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C6657BB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D4092FA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="215345FB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12B07AC3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="176256BF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32A690F0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B131FD4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67B8DD48" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A0E081F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="475A557E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F8EA082" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DB07DFB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06DDEF9D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B3DFCF5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="641DE8D7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7A75E4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="77099A58" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="46731F19" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="1764CE87" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="5807A7A5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E18 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B741EE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="69690AE5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD3DF4F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="442ADE06" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B945DA1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45D8ADF9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2497040C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="50830AFD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E496274" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7052CE1C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="12" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B9FD70" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="013C6F82" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="068E7C16" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="233B11C4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C254CE7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="13" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E03F30D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68901399" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="13" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4CBCEB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF86DEB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="119DB59A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4C97B4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="1E253A36" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="1153C75F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E19 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56142F13" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5EC225" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="514AE1E7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40C93A4D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="24" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02CE7E95" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="26" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46DACF1A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="25" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="53480265" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C90C765" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="293E13FB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D91570E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BC589E1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="444755C1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB19EDB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C283E47" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EEA1A6A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46040835" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23BBBFD5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="37" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC7CE"/>
+          </w:tcPr>
+          <w:p w14:paraId="74BB1B67" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="13" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C0006"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="49173421" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A37BD9E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="677211E4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="1" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="42BDB15C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="1536F00D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E20 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77A3F2AB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="22" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A1830E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="18" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A2D9085" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="010E0F65" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="19" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13713756" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="22" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7964A712" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="19" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="256A5829" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BC4ED70" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CD5EC01" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45CBC831" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="30" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35CBD3DF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="35" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="678BE435" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="31" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CBEA90E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="30" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39687C31" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7871323F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29A1A1E9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="31" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38CD2769" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="316DB0BA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="30" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58219148" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ACF5C76" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="30" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="201AE486" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="1CC15994" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="254"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7AD694"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7AD694"/>
+          </w:tcPr>
+          <w:p w14:paraId="0249F79C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">E21 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AACBF56" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="22" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="003531C5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="18" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13C30FC9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D4154DC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="19" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E613EAB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="22" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43ADDB65" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="19" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FC69125" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FBB4860" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4ED48887" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A869469" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="30" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27F8532B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="35" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C9B55FC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="31" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3E9BAE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="30" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72E75B38" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30A35AAC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05DA3E8C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="31" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="209E2DF8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFEB9C"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5643E7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="30" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="9C5700"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B77F9B1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24B2D00C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="30" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6EFCE"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE4208A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="36" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006100"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="40963797" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDF77DE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Los ítems que tienen una alta correlación lineal son: I1 con I5 e I12. El primero corresponde a la dimensión “Demora en la entrega de tareas” y los reactivos I5 y I12 corresponden a la dimensión de “Falta de compromiso en la realización de las tareas” (tabla 9). Se establece una correlación lineal entre los indicadores “Demora en la entrega de tareas” y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Falta de compromiso en la realización de las tareas”, lo que implica que entre mayor es la demora en entregar sus tareas, mayor es la falta de compromiso que tiene el alumno por realizar y entregar a tiempo sus actividades. Como la dimensión de “Falta de compromiso” se encuentra en un nivel intermedio, entonces se puede decir que solo en ocasiones no entrega las tareas a tiempo por no sentir el compromiso de entregarlas a tiempo y en la mayoría de las ocasiones esta situación se dará debido a que le consume tiempo el hecho de trabajar y atender otras situaciones que también son importantes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61065B95" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="113" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF45E76" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="71" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tabla 9.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Correlación entre el ítem I1 con los ítems I5 y I12 </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4674" w:type="dxa"/>
+        <w:tblInd w:w="1942" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="62" w:type="dxa"/>
+          <w:left w:w="106" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1697"/>
+        <w:gridCol w:w="2977"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="443C3715" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78D8ADF4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ítems </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B9668B8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Coeficiente de correlación </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="3E4A0182" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5519EB1B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I1, I5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E5D59C7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="76056246" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3828A661" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I1, I12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A839C07" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="2" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="47981E4D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="2006" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CF4804" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="648" w:right="0" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780A8556" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t>La siguiente correlación alta se da entre el ítem I5, que corresponde a la dimensión “Falta de compromiso en la realización de sus tareas”, y los ítems I11, de la dimensión “Tareas aburridas, difíciles o que no son del agrado del estudiante”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> el I12, que también es de “Falta de compromiso”, y el I17, que forma parte de la dimensión “Demora en entrega de tareas”. Esta relación lineal implica que a mayor dificultad tenga la tarea dejada, menos se siente comprometido el estudiante en realizarla, tal vez porque considere que le llevará mucho tiempo resolverla y debe ocupar ese tiempo haciendo la tarea de otra materia o porque si considera que no es afín a sus intereses no muestra compromiso en su ejecución y decide aplazar su realización. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46AA23CF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="113" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082CA7E0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3430F087" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54882EB4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07748A0F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE10CAF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="113" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B06800" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="72" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tabla 10.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Correlación entre el ítem I5 con los ítems I11, I12 y I17 </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4815" w:type="dxa"/>
+        <w:tblInd w:w="1870" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="62" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1697"/>
+        <w:gridCol w:w="3118"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="36854019" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A9273FD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ítems </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F7855ED" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Coeficiente de correlación </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="12E06180" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30F8DCDB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I5, I11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="563D9094" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="251A6465" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="450915E9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I5, I12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="089A5E25" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="49239AC6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="008A3DF4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I5, I17 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52776326" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="7" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="75F5676E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628DEE6E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t>También se encontró una relación alta entre el ítem I10, cuya dimensión es “Falta de control del tiempo”, con los ítems I11 y I21, que pertenecen a las dimensiones “Tareas aburridas, difíciles o que no son del agrado del estudiante” y “Concentración en la realización de las tareas”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">respectivamente. En la tabla 11 se observa una correlación alta, lo que implica que, a mayor falta de control de su tiempo, mayor número de veces posponen las tareas que les resultan más pesadas y más difícil les resulta concentrarse en lo que deben resolver, por la gran cantidad de trabajo que se les ha acumulado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A00DB62" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="116" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DED2E40" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="69" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tabla 11. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Correlación entre el ítem I10 con el I11 y el I21 </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5240" w:type="dxa"/>
+        <w:tblInd w:w="1657" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="62" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1697"/>
+        <w:gridCol w:w="3543"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="6455FC97" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F13F33D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ítems </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B674886" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Coeficiente de correlación </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="63EE2E0A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51C82ABC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I10, I11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="071C4E22" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="3F9495CB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43691E9C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I10, I21 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32C80C82" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="424359EC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDD9006" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El ítem I11 presenta una correlación con los ítems I9, I10 y I12 (Tabla 12), lo que se traduce en que entre más difícil es una tarea o más aburrida le puede resultar, mayor es la falta de compromiso que tiene en su realización y mayor es la falta de control de su tiempo. Esto puede ser debido a que, aunque intenta resolver la tarea, le resulta compleja, por lo que puede tomarle mucho tiempo y no terminar con sus otras tareas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEAEF20" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="116" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E47A43" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="71" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tabla 12.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Correlación entre el ítem 11 con el 9, 10 y 12 </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4957" w:type="dxa"/>
+        <w:tblInd w:w="1940" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="62" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="2977"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234087" w14:paraId="7AFD12CA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25333BCD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ítems </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3989EAAF" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Coeficiente de correlación </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="20CB5F72" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59C6B9B4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I11, I9 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37CF2501" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="1ACCD190" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35196837" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">I11, I10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ABFCA9E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="797971B7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E9043B3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I11, I12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F820152" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">0.7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="430C6BE5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E94181E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finalmente, se obtuvo el índice de procrastinación. Para ello, se empleó un porcentaje dado por la razón del máximo total de puntos posibles (105 para 21 preguntas) entre la suma de cada individuo. Se contabilizaron aquellos que tuvieran un índice mayor a 0.6 y se determinó que 67 % tiene un nivel medio-alto de esta condición. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226E0E44" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La última etapa presentada en el diagrama de la figura 1 se refiere a la construcción de una aplicación de cómputo que evalúa los índices de procrastinación en los sujetos que decidan tomar el cuestionario, para al final brindar consejos y estrategias basadas en distintas investigaciones sobre el tema. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73261899" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Se construyó una aplicación para que los estudiantes respondan el cuestionario, se percaten de la posibilidad de ser procrastinadores y revisen sugerencias para combatir esta situación. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="178A93E1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En la primera interfaz aparece la definición de procrastinación, en la segunda se encuentra el cuestionario a resolver y en la tercera el resultado obtenido, junto con un consejo por el nivel obtenido. En las figuras 3, 4 y 5 aparecen capturas de pantalla de lo comentado.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A57E09A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="114" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585040D2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="57" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="71" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Figura 3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Interfaz de inicio </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D3A011" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="1044" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A42CA1B" wp14:editId="2F504B78">
-            <wp:extent cx="3856955" cy="3321934"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A4261A6" wp14:editId="1FA8FFFD">
+            <wp:extent cx="4106291" cy="3434715"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Imagen 1" descr="Texto&#10;&#10;Descripción generada automáticamente"/>
-[...2 lines deleted...]
-            </wp:cNvGraphicFramePr>
+            <wp:docPr id="6453" name="Picture 6453"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Imagen 1" descr="Texto&#10;&#10;Descripción generada automáticamente"/>
+                    <pic:cNvPr id="6453" name="Picture 6453"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3887733" cy="3348442"/>
+                      <a:ext cx="4106291" cy="3434715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B0759A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9C9573" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="7" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="041E23F7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="56" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="2021" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:b/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t xml:space="preserve">Figura 4. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Interfaz para resolver el cuestionario </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13565D47" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="1248" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...96 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="366C1662" wp14:editId="6BA374A2">
-[...5 lines deleted...]
-            </wp:cNvGraphicFramePr>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="317148DB" wp14:editId="6204B905">
+            <wp:extent cx="3856355" cy="3321431"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="6491" name="Picture 6491"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="21" name="Imagen 21" descr="Escala de tiempo&#10;&#10;Descripción generada automáticamente"/>
+                    <pic:cNvPr id="6491" name="Picture 6491"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3917619" cy="3196655"/>
+                      <a:ext cx="3856355" cy="3321431"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73451627" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6FBA33" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="113" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F3072C4" w14:textId="1363C2D2" w:rsidR="009D16C9" w:rsidRDefault="009D16C9" w:rsidP="0011006C">
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="2546FCE3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="56" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="2101" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:b/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Figura 5.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Interfaz donde aparece el resultado </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F605972" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="1205" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Discusión</w:t>
-[...6 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A3AEF3F" wp14:editId="71F93C72">
+            <wp:extent cx="3910584" cy="3190875"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="6493" name="Picture 6493"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="6493" name="Picture 6493"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3910584" cy="3190875"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E54411C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="10" w:right="68" w:hanging="10"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fuente: Elaboración propia  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215288B8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="7" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7653C180" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="7" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0633305B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:right="68"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Discusión </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D2D96A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">De las seis dimensiones empleadas para expresar a la procrastinación como la variable objeto de estudio, se encontró que el estudiante se encuentra en un nivel intermedio en cuatro de ellas: “Demora en la entrega de tareas”, “Tareas aburridas, difíciles o que no son del agrado del estudiante las demora en entregar”, “Falta de compromiso en la realización de sus tareas” y “Dificultad para tomar decisiones”. Este nivel intermedio significa que solo en ocasiones presenta estas actitudes, pero en la dimensión de “Falta de control del tiempo” se encontró que tienen un nivel alto y en la de “Concentración en la realización de las tareas” se obtuvo un nivel bajo, por lo que la actitud que prevalece hacia la procrastinación por parte de los estudiantes es de un nivel intermedio con tendencia a ser alto, que es un resultado semejante al encontrado en el estudio realizado por Quant y Sánchez (2012) y en otro llevado a cabo por Durand y Cucho (2016). Algunos de los motivos por los que procrastinan es que no se concentran fácilmente, lo que hace que aplacen la entrega de tareas, pero se les acumula con otras y al final pareciera que no se comprometen, pero realmente su origen es que pierden el control de su tiempo, no saben administrarlo y necesitan tomar decisiones de qué entregar a tiempo y qué aplazar para después. Esto guarda relación con lo señalado por Ferrari </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t xml:space="preserve">et al. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(2009) sobre el hecho de </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">que presentar un comportamiento de postergación puede convertirse en una estrategia que le permite al individuo no solo disminuir los síntomas de ansiedad relacionados con la tarea, sino que también le permite justificar su comportamiento con el argumento de una falta de tiempo más que de una falta capacidad. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57EBA6DA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Asimismo, entre mayor es la importancia que tiene la tarea, mayor es el compromiso que asumen, pero desafortunadamente se demoran mucho en su realización, atribuyéndolo a falta de tiempo o saturación de actividades.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066CD00B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">También sucede que entre mayor es la dificultad que tienen para controlar y organizar su tiempo, mayores son las faltas que cometen en la realización de las tareas, porque no les queda tiempo para llevarlas a cabo con éxito, lo que guarda relación con lo señalado por Ayala </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">De las </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007252C8">
+        <w:t>et al</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. (2020) sobre que los estudiantes muchas veces se comprometen con muchas cosas, pero no logran discernir lo verdaderamente importante a resolver y no pueden abarcar todo, por lo que terminan por incumplir el compromiso que establecieron. En consecuencia, pueden desencadenarse emociones negativas como la frustración de no lograr resolver las cosas encomendadas de una forma eficiente y de no obtener resultados de calidad, lo que les empuja a postergar la realización de dicha tarea hasta la complicación e imposibilidad de llevarla a cabo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1775D71E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sobre el índice de procrastinación encontrado, se puede decir que 67 % de los estudiantes de la muestra procrastinan de forma crónica y 33 % lo hacen de forma esporádica (Quant y Sánchez 2012).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ECA5851" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El uso de la aplicación les permite darse cuenta de forma aproximada de la tendencia que tienen hacia la procrastinación y se dan sugerencias para que realicen acciones que le permita combatir esta condición. Además, es importante que los profesores que les dan clases conozcan la situación de sus alumnos para que también los ayuden a superar esta situación. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53AADAAA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="189" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C939149" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:ind w:right="69"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Conclusiones </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24397C15" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Pese a que la mayoría de la muestra estudiantil cumple con sus deberes, o intenta mantenerse al corriente en sus entregas, el factor de la procrastinación en sus vidas está presente. En primer lugar, rezagar la realización de las tareas es algo que impide que los estudiantes puedan planificar adecuadamente sus trabajos, lo que los lleva incluso a hacer cambios inesperados debido a la carencia de tiempo causada por ellos mismos, y como </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">consecuencia realizan trabajos pobres y de poca calidad; aunque no sea necesariamente porque el alumnado no tenga la capacidad de llevar a cabo un buen trabajo, pues, como ya se abordó, el interés en realizarlo es alto (tiene el promedio más alto de todos los elementos), sino porque carecen de habilidades de administración del tiempo, aunque también puede ser porque evaden situaciones que implican responsabilidad y compromiso. Sería acertado inducir a los alumnos en técnicas de estudio, planificación, organización y compromiso para que pudiesen mejorar su situación con esta condición psicológica.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C59EDF2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Reconocer esto es de suma importancia, pues puede conducir a las autoridades encargadas de los planes de estudio a dedicar tiempo para comentar a los alumnos los diversos retos a los que se enfrentarán durante sus cursos; por ejemplo, narrando cómo ha sido el desempeño de los compañeros que los precedieron, analizar las actitudes de estos últimos y comentarlas al nuevo alumnado para que intenten adoptar una perspectiva diferente. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310A3F39" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El comportamiento de aplazar tareas se encuentra relacionado con diversas variables cognitivas y conductuales y es de gran relevancia estudiar dicho patrón de comportamiento. Estudiar la procrastinación en la población mexicana permitirá realizar caracterizaciones y correlaciones que posteriormente posibiliten el diseño de programas de promoción e intervención que ofrezcan las herramientas necesarias para lograr un oportuno y eficaz desempeño. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71282D2B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="153" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D59C50E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:ind w:right="71"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Futuras líneas de investigación </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E97C6E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="-15" w:right="56"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Este trabajo de investigación se realizó en un periodo en el que se estaba regresando a la modalidad presencial en la institución donde se llevó a cabo, después del confinamiento que se tuvo por dos años por la pandemia de la enfermedad por coronavirus de 2019 (covid-19). Los alumnos se estaban readaptando al sistema presencial, la entrega de tareas y actividades, así como exámenes habían vuelto a ser presenciales, lo que se ve reflejado en el índice de procrastinación: nivel intermedio con tendencia a ser alto. Sería conveniente que se realice otro estudio en condiciones normales de trabajo y poder comparar los resultados que se obtengan con los que aquí se reportan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035779B5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="166" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:b/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F32F1B">
+    </w:p>
+    <w:p w14:paraId="4DE4BDE4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:after="97"/>
+        <w:ind w:left="-5" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...718 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">de </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t xml:space="preserve">Referencias </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B55A2F3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Álvarez, O. (2010). Procrastinación general y académica en una muestra de estudiantes de secundaria de Lima Metropolitana. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">calidad, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA01ED">
+        <w:t xml:space="preserve">Persona, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(13), 159- 177. Recuperado de https://www.redalyc.org/articulo.oa?id=147118212009. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F593D48" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ayala, A. S., Rodríguez, R. Y., Villanueva, W., Hernández, M. y Campos, M. (2020). La procrastinación académica: teorías, elementos y modelos. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">lo que les empuja a postergar </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t>Revista Muro de la Investigación, 5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(2), 40-52. https://doi.org/10.17162/rmi.v5i2.1324 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9100C6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Bujisic, M., Hutchinson, J., Ahn, J. A and Jovanovic, V. (2018). BEVQUAL: a tool for measuring performance quality in beverage operations, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>la realización de dicha tarea hasta la complicación e imposibilidad de llevarla a cabo.</w:t>
-[...6 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:t xml:space="preserve">Journal of Foodservice </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED76B18" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="708" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t xml:space="preserve">Business </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>Sobre el índice de procrastinación encontrado, se puede decir que 67</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D75FBA">
+        <w:tab/>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(5), </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">570-589. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Retrieved </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">from https://doi.org/10.1080/15378020.2018.1500058. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09345648" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Cardona, L. (2015). </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>% de los estudiantes de la muestra procrastinan de forma crónica y 33</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D75FBA">
+        <w:t>Relaciones entre procrastinación académica y estrés académico en estudiantes universitarios</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. (Tesis de grado). Universidad de Antioquia, Medellín. Recuperado de http://hdl.handle.net/10495/16050. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37DEC479" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="2" w:line="357" w:lineRule="auto"/>
+        <w:ind w:left="708" w:right="0" w:hanging="708"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Durand, C. y Cucho, N. (2016). </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t>Procrastinación académica y ansiedad en estudiantes de una universidad privada de Lima Este, 2015.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Tesis de grado). Universidad </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78243843" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="708" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Peruana Unión, Lima. Recuperado de https://repositorio.upeu.edu.pe/handle/20.500.12840/143 . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208F482B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ellis, A. and Knaus, W. J. (1977). </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>% lo hace</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D75FBA">
+        <w:t>Overcoming Procrastination</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Nueva York, United States: Signet Books. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D06DC4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ferrari, J. R. Barnes K. L. and Steel, P. (2009). Life Regrets by Avoidant and Arousal Procrastinators: Why Put Off Today What You Will Regret Tomorrow? </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>n</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t>Journal of Individual Differences, 30</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(3), 163-168. Retrieved from https://doi.org/10.1027/1614-0001.30.3.163. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0FD15E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Garzón, A. y Gil, J. (2016). El papel de la procrastinación académica como factor de la deserción universitaria. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> de forma esporádica </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0024421B" w:rsidRPr="00F32F1B">
+        <w:t>Revista Complutense de Educación</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>(</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="0024421B" w:rsidRPr="00F32F1B">
+        <w:t>28</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(1), 307- 324. Recuperado de http://dx.doi.org/10.5209/rev_RCED.2017.v28.n1.49682. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FDFE2D6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hernández, R., Fernández, C. y Baptista, P. (2006). </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>Quant</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="0024421B" w:rsidRPr="00F32F1B">
+        <w:t>Metodología de la investigación</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (4.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y Sánchez 2012). </w:t>
-[...6 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ed.). México: McGraw-Hill. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0DDD7E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hong, Y. F., Lee, Y. F. and Ye, J. H. (2021). Procrastination predicts online self-regulated learning and online learning ineffectiveness during the coronavirus lockdown. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF71BFE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="708" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...392 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>comportamiento</w:t>
+        <w:t xml:space="preserve">Personality </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FB0EF0">
+        <w:tab/>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> Estudiar la procrastinación en la población </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Individual </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>mexicana</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FB0EF0">
+        <w:tab/>
+        <w:t>Differences</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Retrieved </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">from https://www.sciencedirect.com/science/article/pii/S0191886921000489M.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF9A46E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="142" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-15" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Klingsieck, K. B. (2013). Procrastination. When Good Things Don't Come to Those Who </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="132602E7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="708" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Wait. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> permitirá realizar caracterizaciones y correlaciones que posteriormente </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00137CF4">
+        <w:t xml:space="preserve">European </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>posibiliten</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005A29DE" w:rsidRPr="00FB0EF0">
+        <w:tab/>
+        <w:t xml:space="preserve">Psychologist, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FB0EF0">
+        <w:tab/>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(1), </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">24-34. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Retrieved </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">from https://econtent.hogrefe.com/doi/epdf/10.1027/1016-9040/a000138. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344A23D2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Onwuegbuzie, A. J. (2004). Academic procrastination and statistics anxiety. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...300 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...1614 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Assessment &amp; Evaluation in Higher Education</w:t>
       </w:r>
-      <w:r w:rsidRPr="005437A9">
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
-      <w:r w:rsidR="00662AB0" w:rsidRPr="00B11C83">
+      <w:r>
+        <w:t xml:space="preserve">(1), 3-19. Retrieved from https://doi.org/10.1080/0260293042000160384. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B4D0935" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Padilla, M. A. (2017). Academic Procrastination: The Case of Mexican Researchers in Psychology. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:i/>
         </w:rPr>
-        <w:t>(1)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00662AB0" w:rsidRPr="005437A9">
+        <w:t>American Journal of Education and Learning, 2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(2), 103-120. Retrieved from https://doi.org/10.20448/804.2.2.103.120. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7566E887" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Quant, D. y Sánchez, A. (2012). Procrastinación, procrastinación académica: concepto e implicaciones. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...87 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...143 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Revista Vanguardia Psicológica, 3</w:t>
       </w:r>
-      <w:r w:rsidR="000645BB" w:rsidRPr="00F32F1B">
+      <w:r>
+        <w:t xml:space="preserve">(1), 45-59. Recuperado de https://dialnet.unirioja.es/servlet/articulo?codigo=4815146. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F37EAE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Real Academia Española [RAE]. (2022). Procrastinar. En </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...80 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Diccionario de la lengua española</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F32F1B">
+      <w:r>
+        <w:t xml:space="preserve">. Recuperado de https://dle.rae.es/procrastinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="234F8199" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Rodríguez, A. y Clariana, M. (2017). Procrastinación en estudiantes universitarios: su relación con la edad y el curso académico. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...66 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Revista Colombiana de Psicología, 26</w:t>
       </w:r>
-      <w:r w:rsidR="000645BB" w:rsidRPr="00F32F1B">
+      <w:r>
+        <w:t xml:space="preserve">(1), 45-60. Recuperado de http://www.scielo.org.co/pdf/rcps/v26n1/0121-5469rcps-26-01-00045.pdf. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2BA0C0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Schouwenburg, H. C. (2004). On Counseling the Procrastinator in Academic Settings. In Schouwenburg, H. C., Lay, C., Pychyl, T. A. and Ferrari, J. R. (eds</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t>(1),</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F32F1B">
+        <w:t>.), Counseling the Procrastinator in Academic Settings</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (pp. 197-208). Washington, United States: American Psychological Association. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C2BB3E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Trujillo, K. y Noé, M. (2020). La Escala de Procrastinación Académica (EPA): validez y confiabilidad en una muestra de estudiantes peruanos. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> 45-60</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000645BB" w:rsidRPr="00F32F1B">
+        <w:t xml:space="preserve">Revista de Psicología y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79961D06" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="708" w:right="56" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00912301">
+        <w:t>Educación</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...269 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...192 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F32F1B">
+      <w:r>
+        <w:t xml:space="preserve">(1), </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">98-107. </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Recuperado </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">de https://www.revistadepsicologiayeducacion.es/pdf/189.pdf. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE477C7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="693" w:right="56" w:hanging="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Veytia, M. G. (2021). Procrastinación en internet en educación superior a distancia. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...80 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Revista Iberoamericana de Investigación en Educación</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F32F1B">
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00867ABE" w:rsidRPr="00F32F1B">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">(1) 7-19. Recuperado de https://riied.org/index.php/v1/article/view/3/1. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD3C5DD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006F0013">
-[...303 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705A8E71" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D177943" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6893F50D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2CDB47" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E4E751" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568AF4ED" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE31485" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419705C9" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C5D732" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15DD7794" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C411725" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1821D0FE" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="645B5F23" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205DAAC4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446CEE01" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F37D2C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1515CE8A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A1378A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43DC4D79" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7594F877" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="115" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0CECE8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9360" w:type="dxa"/>
-[...10 lines deleted...]
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9362" w:type="dxa"/>
+        <w:tblInd w:w="-403" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="167" w:type="dxa"/>
+          <w:left w:w="101" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="41" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3045"/>
-        <w:gridCol w:w="6315"/>
+        <w:gridCol w:w="3046"/>
+        <w:gridCol w:w="6316"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D078D6" w:rsidRPr="00D078D6" w14:paraId="11B2D318" w14:textId="77777777" w:rsidTr="00D078D6">
+      <w:tr w:rsidR="00234087" w14:paraId="6A564538" w14:textId="77777777">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="497"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
-[...28 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DE96DE6" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Rol de Contribución </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2A06DD" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Autor (es) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="7CBAFE5F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="497"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AAA55A1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Conceptualización </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A3C4A0" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="62800136" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="770"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CBD70F5" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Metodología </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA336F3" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="2750EE1E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="773"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63BB550C" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Software </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24BAA4CC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="2B0E8317" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="771"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66CBBDBA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Validación </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="313A77B1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00234087" w14:paraId="02A5D238" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="773"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66C7CF43" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>Rol de Contribución</w:t>
-[...37 lines deleted...]
-              <w:t>Autor (es)</w:t>
+              <w:t xml:space="preserve">Análisis Formal </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A67293D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D078D6" w:rsidRPr="00D078D6" w14:paraId="54040C10" w14:textId="77777777" w:rsidTr="00D078D6">
+      <w:tr w:rsidR="00234087" w14:paraId="32FC942F" w14:textId="77777777">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="497"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
-[...55 lines deleted...]
-              <w:t>Elena Fabiola Ruiz Ledesma</w:t>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E7E65A4" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Investigación </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="420E205E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D078D6" w:rsidRPr="00D078D6" w14:paraId="3C57AFA6" w14:textId="77777777" w:rsidTr="00D078D6">
+      <w:tr w:rsidR="00234087" w14:paraId="67D23EE5" w14:textId="77777777">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="770"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
-[...55 lines deleted...]
-              <w:t>Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual)</w:t>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1ECDA758" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Recursos </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52998D65" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D078D6" w:rsidRPr="00D078D6" w14:paraId="5D462316" w14:textId="77777777" w:rsidTr="00D078D6">
+      <w:tr w:rsidR="00234087" w14:paraId="3275B09A" w14:textId="77777777">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="497"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
-[...55 lines deleted...]
-              <w:t>Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual)</w:t>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07C3C3EB" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Curación de datos </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3FB0FC" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D078D6" w:rsidRPr="00D078D6" w14:paraId="3966CBDA" w14:textId="77777777" w:rsidTr="00D078D6">
+      <w:tr w:rsidR="00234087" w14:paraId="51E8FFB9" w14:textId="77777777">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
-[...55 lines deleted...]
-              <w:t>Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual)</w:t>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6804E3ED" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Escritura - Preparación del borrador original </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EA8EF17" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D078D6" w:rsidRPr="00D078D6" w14:paraId="7B4BBD8E" w14:textId="77777777" w:rsidTr="00D078D6">
+      <w:tr w:rsidR="00234087" w14:paraId="351C527E" w14:textId="77777777">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
-[...55 lines deleted...]
-              <w:t>Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual)</w:t>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72A74926" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Escritura - Revisión y edición </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16AE3B0E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D078D6" w:rsidRPr="00D078D6" w14:paraId="4392D38F" w14:textId="77777777" w:rsidTr="00D078D6">
+      <w:tr w:rsidR="00234087" w14:paraId="372AC376" w14:textId="77777777">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
-[...55 lines deleted...]
-              <w:t>Elena Fabiola Ruiz Ledesma</w:t>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A956D6A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Visualización </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7193337A" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D078D6" w:rsidRPr="00D078D6" w14:paraId="569CB4D0" w14:textId="77777777" w:rsidTr="00D078D6">
+      <w:tr w:rsidR="00234087" w14:paraId="79245C80" w14:textId="77777777">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
-[...55 lines deleted...]
-              <w:t>Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual)</w:t>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E994E52" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Supervisión </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5E926E" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D078D6" w:rsidRPr="00D078D6" w14:paraId="2F6DE552" w14:textId="77777777" w:rsidTr="00D078D6">
+      <w:tr w:rsidR="00234087" w14:paraId="1F9A396E" w14:textId="77777777">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="771"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
-[...55 lines deleted...]
-              <w:t>Elena Fabiola Ruiz Ledesma</w:t>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02FD92D7" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Administración de Proyectos </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F6EACA" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D078D6" w:rsidRPr="00D078D6" w14:paraId="7F802108" w14:textId="77777777" w:rsidTr="00D078D6">
+      <w:tr w:rsidR="00234087" w14:paraId="53D997B7" w14:textId="77777777">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
-[...393 lines deleted...]
-              <w:t>Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual)</w:t>
+            <w:tcW w:w="3046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A99E69B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Adquisición de fondos </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D30CA9B" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Elena Fabiola Ruiz Ledesma (igual), Juan Jesús Gutiérrez García (igual) y Ángel Salvador Montiel Sánchez (igual) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="164A5066" w14:textId="77777777" w:rsidR="00D078D6" w:rsidRPr="00D078D6" w:rsidRDefault="00D078D6" w:rsidP="009D16C9">
-[...18 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p w14:paraId="5D9E279D" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00234087">
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1387" w:right="1632" w:bottom="637" w:left="1985" w:header="177" w:footer="260" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3824F93B" w14:textId="77777777" w:rsidR="00553BFA" w:rsidRDefault="00553BFA" w:rsidP="00E3267F">
+    <w:p w14:paraId="332CEEF0" w14:textId="77777777" w:rsidR="00124D52" w:rsidRDefault="00124D52">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52999769" w14:textId="77777777" w:rsidR="00553BFA" w:rsidRDefault="00553BFA" w:rsidP="00E3267F">
+    <w:p w14:paraId="2584F7F6" w14:textId="77777777" w:rsidR="00124D52" w:rsidRDefault="00124D52">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...35 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5BA9B6A2" w14:textId="13EC92C2" w:rsidR="00CF595E" w:rsidRPr="00B11C83" w:rsidRDefault="00B11C83" w:rsidP="00657F25">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="406D15F1" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="70" w:firstLine="0"/>
       <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:sz w:val="22"/>
       </w:rPr>
+      <w:t>Vol. 10  Núm. 19                   Enero – Junio 2023                      PAG</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0B1A75F8" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="70" w:firstLine="0"/>
+      <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00B11C83">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
-        <w:bCs/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve">Vol. </w:t>
+      <w:t>Vol. 10  Núm. 19                   Enero – Junio 2023                      PAG</w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-    <w:r w:rsidRPr="00B11C83">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="640E1D08" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="70" w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
-        <w:bCs/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>10  Núm.</w:t>
+      <w:t>Vol. 10  Núm. 19                   Enero – Junio 2023                      PAG</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
-    <w:r w:rsidRPr="00B11C83">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-        <w:szCs w:val="14"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 19                   Enero – Junio 2023                      PAG</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26E03858" w14:textId="77777777" w:rsidR="00553BFA" w:rsidRDefault="00553BFA" w:rsidP="00E3267F">
+    <w:p w14:paraId="7CCD7F1A" w14:textId="77777777" w:rsidR="00124D52" w:rsidRDefault="00124D52">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="243C2356" w14:textId="77777777" w:rsidR="00553BFA" w:rsidRDefault="00553BFA" w:rsidP="00E3267F">
+    <w:p w14:paraId="66BEC17F" w14:textId="77777777" w:rsidR="00124D52" w:rsidRDefault="00124D52">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="78A602AB" w14:textId="563C365E" w:rsidR="00CF595E" w:rsidRDefault="00B11C83" w:rsidP="00E83097">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="064BF675" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5EFE8CF0" wp14:editId="41B19343">
-[...5 lines deleted...]
-          </wp:cNvGraphicFramePr>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="2987D39B" wp14:editId="5ACDB7ED">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1260475</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>112395</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="5430520" cy="588645"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="14" name="Picture 14"/>
+          <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name=""/>
+                  <pic:cNvPr id="14" name="Picture 14"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="5431790" cy="588782"/>
+                    <a:ext cx="5430520" cy="588645"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="13C14220" w14:textId="77777777" w:rsidR="00CF595E" w:rsidRDefault="00CF595E">
+  <w:p w14:paraId="2B3AA4B2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-      </w:pPr>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6D1FE84F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:noProof/>
       </w:rPr>
-    </w:lvl>
-[...9 lines deleted...]
-      </w:pPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="2115D80A" wp14:editId="5E0DC269">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1260475</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>112395</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="5430520" cy="588645"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1157343272" name="Picture 14"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="14" name="Picture 14"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="5430520" cy="588645"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...27 lines deleted...]
-        </w14:textOutline>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-    </w:lvl>
-[...10 lines deleted...]
-      </w:pPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7C20227F" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6C4C2EB2" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:noProof/>
       </w:rPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="50E81A9F" wp14:editId="735235DA">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>1260475</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>112395</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="5430520" cy="588645"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="721324352" name="Picture 14"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="14" name="Picture 14"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="5430520" cy="588645"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="41A84618" w14:textId="77777777" w:rsidR="00234087" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-    </w:lvl>
-[...699 lines deleted...]
-</w:numbering>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00163869"/>
-[...2109 lines deleted...]
-    <w:rsid w:val="00FF7F5C"/>
+    <w:rsidRoot w:val="00234087"/>
+    <w:rsid w:val="00124D52"/>
+    <w:rsid w:val="00234087"/>
+    <w:rsid w:val="003A1D0A"/>
+    <w:rsid w:val="004E790F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-MX" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="71D84B3C"/>
-  <w15:docId w15:val="{EB4D2C56-E341-764B-99BD-F33A8A19F5EC}"/>
+  <w14:docId w14:val="083AE865"/>
+  <w15:docId w15:val="{21AD7ACC-905C-465C-B69B-B8D414CF4F0C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -44014,51 +23396,51 @@
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -44314,2514 +23696,490 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008F5CBA"/>
     <w:pPr>
-      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:after="4" w:line="365" w:lineRule="auto"/>
+      <w:ind w:left="428" w:right="65" w:firstLine="698"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00E706E9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="0"/>
+      <w:spacing w:after="78" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="10" w:right="73" w:hanging="10"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:bCs/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E706E9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:after="94" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="10" w:right="70" w:hanging="10"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:bCs/>
-[...70 lines deleted...]
-      <w:sz w:val="22"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:link w:val="Ttulo2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo1"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E706E9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:bCs/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
-[...230 lines deleted...]
-    <w:rsid w:val="00923458"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
+    <w:name w:val="TableGrid"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...1005 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...628 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v10i19.908" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v10i19.908" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v10i19.908" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...91 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>27</Pages>
-[...1 lines deleted...]
-  <Characters>39424</Characters>
+  <Pages>29</Pages>
+  <Words>7338</Words>
+  <Characters>40359</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>328</Lines>
-  <Paragraphs>92</Paragraphs>
+  <Lines>336</Lines>
+  <Paragraphs>95</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>46500</CharactersWithSpaces>
+  <CharactersWithSpaces>47602</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Cardenas</dc:creator>
   <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>