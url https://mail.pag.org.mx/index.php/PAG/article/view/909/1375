--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -5,79 +5,150 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="36AF2505" w14:textId="047C33CD" w:rsidR="00062664" w:rsidRDefault="00062664" w:rsidP="00062664">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006828BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6E4A4F85" w14:textId="7D1970DD" w:rsidR="0063710E" w:rsidRDefault="0063710E" w:rsidP="00062664">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="0063710E">
+          <w:rPr>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:val="es-MX"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v10i19.909</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3D0AF6B9" w14:textId="77777777" w:rsidR="0063710E" w:rsidRPr="0063710E" w:rsidRDefault="0063710E" w:rsidP="00062664">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="60A5CA39" w14:textId="540DF64F" w:rsidR="00C26B44" w:rsidRPr="00062664" w:rsidRDefault="006B4F65" w:rsidP="00062664">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
@@ -997,50 +1068,51 @@
       <w:r w:rsidR="00C26B44" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="008E2A03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r w:rsidR="00C26B44" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>motivación académica</w:t>
       </w:r>
       <w:r w:rsidR="008E2A03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>. D</w:t>
       </w:r>
       <w:r w:rsidR="00C26B44" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>e igual manera</w:t>
       </w:r>
       <w:r w:rsidR="008E2A03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1132,61 +1204,51 @@
       <w:r w:rsidR="00C26B44" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E2A03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>lo que</w:t>
       </w:r>
       <w:r w:rsidR="00C26B44" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> los </w:t>
-[...9 lines deleted...]
-        <w:t>impulsa a querer ser mejores cada vez más,</w:t>
+        <w:t xml:space="preserve"> los impulsa a querer ser mejores cada vez más,</w:t>
       </w:r>
       <w:r w:rsidR="008E2A03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> y</w:t>
       </w:r>
       <w:r w:rsidR="00C26B44" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> esto es un factor proporcionado por la motivación que cada alumno posee.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50FD5623" w14:textId="23C23ABA" w:rsidR="00C26B44" w:rsidRPr="008E5086" w:rsidRDefault="00C26B44" w:rsidP="00D34EDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1347,69 +1409,51 @@
       <w:r w:rsidR="00B44D71" w:rsidRPr="00F0427C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17CB5AC1" w14:textId="1794F953" w:rsidR="00E460B2" w:rsidRDefault="00A25908" w:rsidP="00D34EDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A25908">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In the Mexican context there is no significant amount of research on motivation in learning a second language at the higher level, this relevant fact led to research on this topic. This article was carried out with the main objective of determining the level of academic motivation in 25 students of the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> in Languages at the Universidad Juárez </w:t>
+        <w:t xml:space="preserve">In the Mexican context there is no significant amount of research on motivation in learning a second language at the higher level, this relevant fact led to research on this topic. This article was carried out with the main objective of determining the level of academic motivation in 25 students of the Bachelor's Degree in Languages at the Universidad Juárez </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A25908">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Autónoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A25908">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Tabasco (UJAT); the secondary objective was to relate academic motivation with the final average of the students in the subject of English I and thus to know the influence of that in this last item, the average. This research was conducted in a Mexican context, specifically in the state of Tabasco. It is a quantitative study of correlational scope. The data collection instrument was the questionnaire "Motivation towards learning or towards performance" (MAPE-II). The results show that 60</w:t>
       </w:r>
       <w:r w:rsidR="00CD0885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1896,741 +1940,730 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> em 25 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>alunos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> do curso de Letras da </w:t>
+        <w:t xml:space="preserve"> do curso de Letras da Universidade Juárez </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>Universidade</w:t>
+        <w:t>Autônoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Juárez </w:t>
+        <w:t xml:space="preserve"> de Tabasco (UJAT); O objetivo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>Autônoma</w:t>
+        <w:t>secundário</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de Tabasco (UJAT); O objetivo </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>secundário</w:t>
+        <w:t>foi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> relacionar a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>foi</w:t>
+        <w:t>motivação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> relacionar a </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>motivação</w:t>
+        <w:t>acadêmica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>acadêmica</w:t>
+        <w:t>com</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>com</w:t>
+        <w:t>média</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a </w:t>
+        <w:t xml:space="preserve"> final dos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>média</w:t>
+        <w:t>alunos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> final dos </w:t>
+        <w:t xml:space="preserve"> da disciplina de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>alunos</w:t>
+        <w:t>Inglês</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> da disciplina de </w:t>
+        <w:t xml:space="preserve"> I e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>Inglês</w:t>
+        <w:t>assim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> I e </w:t>
+        <w:t xml:space="preserve"> saber a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>assim</w:t>
+        <w:t>influência</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> saber a </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>influência</w:t>
+        <w:t>disso</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>disso</w:t>
+        <w:t>neste</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> último </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>neste</w:t>
+        <w:t>item</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> último </w:t>
+        <w:t xml:space="preserve">, a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>item</w:t>
+        <w:t>média</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">, a </w:t>
+        <w:t xml:space="preserve">. Esta pesquisa </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>média</w:t>
+        <w:t>foi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Esta pesquisa </w:t>
+        <w:t xml:space="preserve"> realizada em </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>foi</w:t>
+        <w:t>um</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> realizada em </w:t>
+        <w:t xml:space="preserve"> contexto mexicano, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>um</w:t>
+        <w:t>especificamente</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contexto mexicano, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">no estado de Tabasco. Trata-se de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>especificamente</w:t>
+        <w:t>um</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> no estado de Tabasco. Trata-se de </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>um</w:t>
+        <w:t>estudo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>estudo</w:t>
+        <w:t>quantitativo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>quantitativo</w:t>
+        <w:t>abrangência</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">, de </w:t>
+        <w:t xml:space="preserve"> correlacional. O instrumento de coleta de dados </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>abrangência</w:t>
+        <w:t>foi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> correlacional. O instrumento de coleta de dados </w:t>
+        <w:t xml:space="preserve"> o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>foi</w:t>
+        <w:t>questionário</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o </w:t>
+        <w:t xml:space="preserve"> "</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>questionário</w:t>
+        <w:t>Motivação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "</w:t>
+        <w:t xml:space="preserve"> para aprender </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>Motivação</w:t>
+        <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> para aprender </w:t>
+        <w:t xml:space="preserve"> para </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>ou</w:t>
+        <w:t>executar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> para </w:t>
+        <w:t xml:space="preserve">" (MAPE-II). Os resultados </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>executar</w:t>
+        <w:t>mostram</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">" (MAPE-II). Os resultados </w:t>
+        <w:t xml:space="preserve"> que 60% dos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>mostram</w:t>
+        <w:t>alunos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que 60% dos </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>alunos</w:t>
+        <w:t>estão</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> no </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>estão</w:t>
+        <w:t>nível</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> no </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>nível</w:t>
+        <w:t>dois</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>dois</w:t>
+        <w:t>motivação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>motivação</w:t>
-[...19 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>acadêmica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. Da mesma forma, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>verificou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
@@ -3845,709 +3878,689 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">impulsada </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">por </w:t>
       </w:r>
       <w:r w:rsidR="00A023D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Carol </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A023D3" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>Dweck</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A023D3" w:rsidRPr="008E5086">
+        <w:t xml:space="preserve">Dweck </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>en 1986</w:t>
+      </w:r>
+      <w:r w:rsidR="00A023D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E5086">
-[...8 lines deleted...]
-      <w:r w:rsidR="00A023D3">
+      <w:r w:rsidR="00064281">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la cual </w:t>
+      </w:r>
+      <w:r w:rsidR="00962871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:r w:rsidR="00064281">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enfoca en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> algunos datos importantes sobre la motivación tales como que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rStyle w:val="Fuerte"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>está regulada en las personas por la segregación de dopamina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en el cerebro e inconscientemente el ser humano busca la satisfacción de tres </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>necesidades</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>logro, afiliación</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>poder</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9002E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64" w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ntonces</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E5086">
+      <w:r w:rsidR="008F0A64" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00064281">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">la cual </w:t>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>si los estudiantes se enfrentan a retos escolares durante su carrera universitaria</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estos pueden ser </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sobrepasados </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">si tienen una motivación académica que los </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">impulse </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>a continuar. En un estudio realizado en Ciudad de México</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, México, </w:t>
+      </w:r>
+      <w:r w:rsidR="00850F68" w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Figueroa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2021) establece que los acercamientos desde la psicología social y educativa </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">destacan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">las variables afectivas (actitud, inclinaciones, ansiedad, motivación) como </w:t>
+      </w:r>
+      <w:r w:rsidR="004B134F" w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>predict</w:t>
       </w:r>
       <w:r w:rsidR="00962871">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>se</w:t>
-[...48 lines deleted...]
-        <w:t>necesidades</w:t>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="004B134F" w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00962871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="004B134F" w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>del logro del aprendizaje de una segunda lengua, estos aspectos están centrados en el carácter o la personalidad de cada persona</w:t>
       </w:r>
       <w:r w:rsidR="008F0A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...8 lines deleted...]
-        <w:t>logro, afiliación</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64" w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F0A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y </w:t>
-[...8 lines deleted...]
-        <w:t>poder</w:t>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A64" w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acuerdo </w:t>
       </w:r>
       <w:r w:rsidR="008F0A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>con</w:t>
       </w:r>
       <w:r w:rsidR="00A9002E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00477CC1" w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80F8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18 de noviembre de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>2015)</w:t>
+      </w:r>
       <w:r w:rsidR="008F0A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>E</w:t>
-[...8 lines deleted...]
-        <w:t>ntonces</w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9002E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">el aprendizaje significativo </w:t>
+      </w:r>
+      <w:r w:rsidR="003E216D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>tiene mucho que ver</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9002E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">con </w:t>
+      </w:r>
+      <w:r w:rsidR="00B44D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>el factor emocional</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9002E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidR="003E216D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>en este sentido la motivación</w:t>
+      </w:r>
+      <w:r w:rsidR="001E137C" w:rsidRPr="001E137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E137C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="003E216D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uno de los componente</w:t>
+      </w:r>
+      <w:r w:rsidR="00962871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003E216D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> emocionales determinantes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>En este estudio se aborda la motivación desde la perspectiva académica</w:t>
       </w:r>
       <w:r w:rsidR="008F0A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="008F0A64" w:rsidRPr="008E5086">
-[...462 lines deleted...]
-        <w:t>decir</w:t>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es decir</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>, la actitud del estudiante hacia la escuela, específicamente en la materia de Inglés I</w:t>
       </w:r>
       <w:r w:rsidR="008F0A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la </w:t>
       </w:r>
       <w:r w:rsidR="00DA6AD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -5599,50 +5612,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> en la formación profesional. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16BE1F78" w14:textId="1E0EF142" w:rsidR="009275D7" w:rsidRPr="008E5086" w:rsidRDefault="009275D7" w:rsidP="00EE6177">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Existe un número importante de investigaciones acerca de la motivación y sus derivaciones</w:t>
       </w:r>
       <w:r w:rsidR="00CB58BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CB58BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5653,61 +5667,51 @@
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">en su investigación sobre la influencia cultural en la motivación para el aprendizaje del inglés como lengua extranjera, </w:t>
       </w:r>
       <w:r w:rsidR="0055069E" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Beltrán (2015) </w:t>
       </w:r>
       <w:r w:rsidR="0055069E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">trabajó con una muestra </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">de </w:t>
+        <w:t xml:space="preserve">trabajó con una muestra de </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>49 estudiantes de séptimo semestre, 26 de ellos provenientes de la Universidad Distrital Francisco José de Caldas de Bogotá</w:t>
       </w:r>
       <w:r w:rsidR="004A61CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
@@ -6300,50 +6304,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">que la mayor parte de los estudiantes odian estudiar inglés, y a los que les agrada es solo por aspectos culturales. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE49A2C" w14:textId="21AE509D" w:rsidR="009275D7" w:rsidRPr="008E5086" w:rsidRDefault="00CA7C80" w:rsidP="00EE6177">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ahora bien, para cumplir con el objetivo propuesto, </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">es necesario definir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">qué es la </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6471,61 +6476,51 @@
       <w:r w:rsidR="000111FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DD3E6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000111FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tomando en cuenta lo </w:t>
-[...9 lines deleted...]
-        <w:t>anterior</w:t>
+        <w:t>Tomando en cuenta lo anterior</w:t>
       </w:r>
       <w:r w:rsidR="009275D7" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, la motivación académica </w:t>
       </w:r>
       <w:r w:rsidR="00C86819">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidR="009275D7" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
@@ -6914,51 +6909,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E330134" wp14:editId="4E7DBBCF">
             <wp:extent cx="5785485" cy="2084705"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:docPr id="9" name="Imagen 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5785485" cy="2084705"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -7039,75 +7034,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rodr</w:t>
       </w:r>
       <w:r w:rsidR="00C8219D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>í</w:t>
       </w:r>
       <w:r w:rsidR="00C8219D" w:rsidRPr="00C8219D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">guez, </w:t>
-[...23 lines deleted...]
-        <w:t>, Núñez</w:t>
+        <w:t>guez, Cabanach, Núñez</w:t>
       </w:r>
       <w:r w:rsidR="00C8219D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C8219D" w:rsidRPr="00C8219D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>y González</w:t>
       </w:r>
       <w:r w:rsidRPr="00E10E25">
         <w:rPr>
@@ -7274,51 +7245,50 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="171E855F" w14:textId="77777777" w:rsidR="009275D7" w:rsidRPr="00062664" w:rsidRDefault="009275D7" w:rsidP="00062664">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Aprendizaje de una segunda lengua</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08EF482F" w14:textId="6CD1B0CA" w:rsidR="009275D7" w:rsidRPr="008E5086" w:rsidRDefault="009275D7" w:rsidP="00EE6177">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">El término </w:t>
       </w:r>
       <w:r w:rsidRPr="00062664">
@@ -7893,73 +7863,51 @@
         </w:rPr>
         <w:t>los estudiantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ADB146B" w14:textId="3C47F86B" w:rsidR="009275D7" w:rsidRPr="008E5086" w:rsidRDefault="009275D7" w:rsidP="00EE6177">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>Al-</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> (2011) recomienda que, para tener un aprendizaje motivado, los profesores deben de implementar una serie de factores tales como:</w:t>
+        <w:t>Al-Haj (2011) recomienda que, para tener un aprendizaje motivado, los profesores deben de implementar una serie de factores tales como:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51AB1EFE" w14:textId="52C99134" w:rsidR="009275D7" w:rsidRPr="00EE6177" w:rsidRDefault="009275D7" w:rsidP="00EE6177">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE6177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -8023,50 +7971,51 @@
     </w:p>
     <w:p w14:paraId="4110E845" w14:textId="77777777" w:rsidR="009275D7" w:rsidRPr="008E5086" w:rsidRDefault="009275D7" w:rsidP="00EE6177">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Debates</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40AB7C47" w14:textId="77777777" w:rsidR="009275D7" w:rsidRPr="008E5086" w:rsidRDefault="009275D7" w:rsidP="00EE6177">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8104,51 +8053,50 @@
     </w:p>
     <w:p w14:paraId="5432601C" w14:textId="77777777" w:rsidR="009275D7" w:rsidRPr="008E5086" w:rsidRDefault="009275D7" w:rsidP="00EE6177">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Presentar el juego permite</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9DF142" w14:textId="77777777" w:rsidR="009275D7" w:rsidRPr="008E5086" w:rsidRDefault="009275D7" w:rsidP="00EE6177">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8718,85 +8666,95 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Una característica radical de la mayoría de los enfoques comunicativos es la tolerancia hacia los errores que cometen los estudiantes.</w:t>
       </w:r>
       <w:r w:rsidR="00A9002E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Un error no es algo que entorpece el progreso del estudiante, sino una prueba del progreso en el aprendizaje activo que hace un estudiante cuando ensaya formas de comunicarse en la nueva lengua. Es evidente que algunos errores pueden deberse a la transferencia de expresiones o estructuras de la primera lengua. </w:t>
+        <w:t xml:space="preserve">Un error no es algo que entorpece el progreso del estudiante, sino una prueba del progreso en el aprendizaje activo que hace un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">estudiante cuando ensaya formas de comunicarse en la nueva lengua. Es evidente que algunos errores pueden deberse a la transferencia de expresiones o estructuras de la primera lengua. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="554758C0" w14:textId="726FCC6F" w:rsidR="009275D7" w:rsidRPr="008E5086" w:rsidRDefault="009275D7" w:rsidP="00EE6177">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Si la primera y la segunda lengua tienen características parecidas, el estudiante puede beneficiarse de una transferencia positiva del conocimiento de la primera. Por otra parte, </w:t>
       </w:r>
       <w:r w:rsidR="00F90A22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>adoptar</w:t>
       </w:r>
       <w:r w:rsidR="00F90A22" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">características de la primera lengua que en realidad son diferentes de las de la segunda es una transferencia negativa, y normalmente no es efectiva para la comunicación en la segunda lengua. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D24A5AD" w14:textId="11337046" w:rsidR="009275D7" w:rsidRPr="008E5086" w:rsidRDefault="009275D7" w:rsidP="00EE6177">
       <w:pPr>
@@ -9404,51 +9362,62 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00EB133E" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>ante un nuevo trabajo, un reto profesional, una competición deportiva, una reunión o presentación, un examen o durante una conquista amorosa, entre otras. También puede estar presente en nuestras vidas de forma puntual o permanente. Así, existen personas que temen ir a por lo bueno, a por lo que le</w:t>
+        <w:t xml:space="preserve">ante un nuevo trabajo, un reto profesional, una competición deportiva, una reunión o presentación, un examen o durante una conquista amorosa, entre otras. También puede estar presente en nuestras vidas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de forma puntual o permanente. Así, existen personas que temen ir a por lo bueno, a por lo que le</w:t>
       </w:r>
       <w:r w:rsidR="00EB133E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> gusta en la vida</w:t>
       </w:r>
       <w:r w:rsidR="00EB133E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -9519,51 +9488,50 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="100AC938" w14:textId="77777777" w:rsidR="00293AFA" w:rsidRPr="00BD1FFC" w:rsidRDefault="00293AFA" w:rsidP="00293AFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">La teoría de las tres necesidades de McClelland </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F773AA2" w14:textId="77777777" w:rsidR="009C24C6" w:rsidRPr="008E5086" w:rsidRDefault="006828BF" w:rsidP="009C24C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">A principios de los años 70’s McClelland desarrolló la teoría de las tres necesidades en donde se planteaba </w:t>
       </w:r>
@@ -9594,73 +9562,51 @@
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED05BB9" w14:textId="533549F8" w:rsidR="00293AFA" w:rsidRDefault="009C24C6" w:rsidP="00293AFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">De la misma manera, McClellan consideraba que los tipos de motivaciones deben de ser consideradas como procesos inconscientes de la forma en que se analizan los planteamientos psicoanalíticos. Es así como este autor sugiere hacer uso </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> de apercepción temática de Henrry A. Murray</w:t>
+        <w:t>De la misma manera, McClellan consideraba que los tipos de motivaciones deben de ser consideradas como procesos inconscientes de la forma en que se analizan los planteamientos psicoanalíticos. Es así como este autor sugiere hacer uso del test de apercepción temática de Henrry A. Murray</w:t>
       </w:r>
       <w:r w:rsidR="006615CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1973)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00293AFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -9894,71 +9840,61 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34BBCF4D" w14:textId="5F07CBD4" w:rsidR="00094D02" w:rsidRPr="008E5086" w:rsidRDefault="00094D02" w:rsidP="00062664">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">La importancia de la necesidad de afiliación ya había sido destacada previamente por Henry Murray, creador </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> de apercepción temática. Lo mismo se puede decir de las necesidades de logro y de poder, que sirvieron como base a la propuesta de McClelland</w:t>
+        <w:t xml:space="preserve">La importancia de la necesidad de afiliación ya había sido destacada previamente por Henry Murray, creador del test de apercepción temática. Lo mismo se puede decir de las necesidades de logro y de poder, que sirvieron </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>como base a la propuesta de McClelland</w:t>
       </w:r>
       <w:r w:rsidR="00AE3B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Torres, 20 de julio de 2017, párr. 11)</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71E66C37" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00062664">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -9994,51 +9930,50 @@
           <w:szCs w:val="26"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F78D877" w14:textId="116FD52C" w:rsidR="00094D02" w:rsidRDefault="00094D02" w:rsidP="00062664">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Necesidad de logro</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD92A4B" w14:textId="77777777" w:rsidR="00D9130D" w:rsidRPr="008E5086" w:rsidRDefault="009F0D70" w:rsidP="00D9130D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F0D70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Las </w:t>
       </w:r>
       <w:r>
@@ -10404,51 +10339,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00B4F4CD" w14:textId="34712DA8" w:rsidR="00094D02" w:rsidRPr="00BD1FFC" w:rsidRDefault="00094D02" w:rsidP="00062664">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026606D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Metodología</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="392002C3" w14:textId="77777777" w:rsidR="00094D02" w:rsidRPr="00BD1FFC" w:rsidRDefault="00094D02" w:rsidP="00062664">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Diseño del estudio</w:t>
       </w:r>
@@ -11202,51 +11136,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="036DA47F" w14:textId="2BAF98E9" w:rsidR="00094D02" w:rsidRPr="008E5086" w:rsidRDefault="00094D02" w:rsidP="00EC4C93">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla 1. </w:t>
       </w:r>
       <w:r w:rsidR="00816A06" w:rsidRPr="00EC4C93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Motivación </w:t>
       </w:r>
       <w:r w:rsidR="0026606D" w:rsidRPr="00EC4C93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">académica y aprendizaje del idioma </w:t>
       </w:r>
       <w:r w:rsidR="0026606D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -13997,50 +13930,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Instrumentos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="573927C2" w14:textId="29E1B135" w:rsidR="00094D02" w:rsidRPr="008E5086" w:rsidRDefault="00094D02" w:rsidP="00EC4C93">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">El instrumento es un cuestionario cuantitativo llamado </w:t>
       </w:r>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>MAPE</w:t>
       </w:r>
       <w:r w:rsidR="00785166" w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00062664">
@@ -14183,61 +14117,51 @@
       <w:r w:rsidR="00785166">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00785166" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">ste </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">cuestionario evalúa seis escalas divididas en tres dimensiones. Las dimensiones son las siguientes: motivación por el aprendizaje, motivación por el resultado y miedo al fracaso. Este instrumento evalúa la motivación académica de cada </w:t>
-[...9 lines deleted...]
-        <w:t>alumno</w:t>
+        <w:t>cuestionario evalúa seis escalas divididas en tres dimensiones. Las dimensiones son las siguientes: motivación por el aprendizaje, motivación por el resultado y miedo al fracaso. Este instrumento evalúa la motivación académica de cada alumno</w:t>
       </w:r>
       <w:r w:rsidR="00785166">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00785166">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
@@ -15992,51 +15916,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CA6E705" w14:textId="77777777" w:rsidR="008E5086" w:rsidRPr="00BD1FFC" w:rsidRDefault="008E5086" w:rsidP="00062664">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C5D81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79F97392" w14:textId="77777777" w:rsidR="006F4295" w:rsidRPr="00BD1FFC" w:rsidRDefault="006F4295" w:rsidP="00062664">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Motivación por el aprendizaje</w:t>
       </w:r>
@@ -16119,51 +16042,51 @@
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="068683DD" wp14:editId="717D7A4B">
             <wp:extent cx="4940300" cy="2753833"/>
             <wp:effectExtent l="0" t="0" r="0" b="8890"/>
             <wp:docPr id="7" name="Imagen 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId10"/>
                     <a:srcRect l="12087" t="10744" r="12772" b="9816"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4958675" cy="2764076"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -17315,51 +17238,61 @@
       <w:r w:rsidR="0026606D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> respecto al</w:t>
       </w:r>
       <w:r w:rsidRPr="0019204E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> ítem 47 “</w:t>
       </w:r>
       <w:r w:rsidRPr="0019204E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>El trabajo ocupa demasiado tiempo en mi vida”</w:t>
+        <w:t xml:space="preserve">El trabajo ocupa demasiado tiempo en mi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019204E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>vida”</w:t>
       </w:r>
       <w:r w:rsidR="0026606D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0019204E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> 92</w:t>
       </w:r>
       <w:r w:rsidR="0026606D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
@@ -17891,61 +17824,51 @@
       <w:r w:rsidR="00A9002E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0019204E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="0019204E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Creo que mi capacidad de trabajo </w:t>
-[...9 lines deleted...]
-        <w:t>es mayor de lo normal”</w:t>
+        <w:t>Creo que mi capacidad de trabajo es mayor de lo normal”</w:t>
       </w:r>
       <w:r w:rsidR="0026606D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0019204E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0019204E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
@@ -18479,51 +18402,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C8A2041" wp14:editId="5A044E9B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>287124</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5649595" cy="2619375"/>
             <wp:effectExtent l="0" t="0" r="8255" b="9525"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId10">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="7466" t="18596" r="12662" b="10247"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5649595" cy="2619375"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
@@ -19346,51 +19269,61 @@
       <w:r w:rsidR="004C1D41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">en el </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ítem 46 “</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Prefiero hacer trabajos que lleven consigo cierta dificultad a hacer trabajos fáciles”</w:t>
+        <w:t xml:space="preserve">Prefiero </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>hacer trabajos que lleven consigo cierta dificultad a hacer trabajos fáciles”</w:t>
       </w:r>
       <w:r w:rsidR="00C267F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A9002E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
@@ -19778,61 +19711,51 @@
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
       <w:r w:rsidR="00D064AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">% </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">respondió </w:t>
+        <w:t xml:space="preserve">% respondió </w:t>
       </w:r>
       <w:r w:rsidR="00D064AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>uno,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> 71</w:t>
       </w:r>
       <w:r w:rsidR="00D064AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
@@ -20914,51 +20837,51 @@
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="104E93CC" wp14:editId="3E51AB93">
             <wp:extent cx="5433060" cy="2668270"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="3" name="Imagen 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="6871" t="16224" r="5563" b="9834"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5433060" cy="2668270"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
@@ -21397,54 +21320,64 @@
       <w:r w:rsidR="00F57AE4" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00853463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">respecto al </w:t>
       </w:r>
       <w:r w:rsidR="00F57AE4" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>ítem 23 “</w:t>
+        <w:t xml:space="preserve">ítem 23 </w:t>
       </w:r>
       <w:r w:rsidR="00F57AE4" w:rsidRPr="00F65A57">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57AE4" w:rsidRPr="00F65A57">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Interrumpo con gusto mi trabajo si se presenta oportunidad para ello”</w:t>
       </w:r>
       <w:r w:rsidR="00853463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F57AE4" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -21946,61 +21879,51 @@
       <w:r w:rsidR="00F57AE4" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="004A5E6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> respecto al</w:t>
       </w:r>
       <w:r w:rsidR="00F57AE4" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ítem </w:t>
-[...9 lines deleted...]
-        <w:t>52 “</w:t>
+        <w:t xml:space="preserve"> ítem 52 “</w:t>
       </w:r>
       <w:r w:rsidR="00F57AE4" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Yo me calificaría a mí mismo como vago”</w:t>
       </w:r>
       <w:r w:rsidR="004A5E6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F57AE4" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
@@ -22785,55 +22708,55 @@
       </w:r>
       <w:r w:rsidR="008E5086" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E3C8407" wp14:editId="22A1F44F">
             <wp:extent cx="5612130" cy="3127314"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:docPr id="11" name="Imagen 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId12">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                           <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                            <a14:imgLayer r:embed="rId13">
+                            <a14:imgLayer r:embed="rId14">
                               <a14:imgEffect>
                                 <a14:colorTemperature colorTemp="7200"/>
                               </a14:imgEffect>
                             </a14:imgLayer>
                           </a14:imgProps>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="6174" t="17248" r="7749" b="5290"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5612130" cy="3127314"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
@@ -23112,600 +23035,609 @@
       <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> 28</w:t>
       </w:r>
       <w:r w:rsidR="0054406F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">respondió </w:t>
+      </w:r>
+      <w:r w:rsidR="0054406F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno y</w:t>
+      </w:r>
+      <w:r w:rsidR="0054406F" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>72</w:t>
+      </w:r>
+      <w:r w:rsidR="0054406F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="0069519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contestó </w:t>
+      </w:r>
+      <w:r w:rsidR="0054406F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="0069519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en el </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ítem 12 “</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>En el trabajo que he hecho siempre he tenido ambiciosas pretensiones</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="0069519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32</w:t>
+      </w:r>
+      <w:r w:rsidR="0069519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
         <w:t xml:space="preserve">% respondió </w:t>
       </w:r>
-      <w:r w:rsidR="0054406F">
-[...13 lines deleted...]
-          <w:lang w:val="es-MX"/>
+      <w:r w:rsidR="0069519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>, 68</w:t>
+      </w:r>
+      <w:r w:rsidR="0069519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="0069519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="0069519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en el </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ítem 17 “</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Cuando hago algo, lo hago como si estuviera en juego mi propio prestigio”</w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 72</w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>, 28</w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en cuanto al </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ítem 28 “</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Creo que soy bastante ambicioso”</w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>72</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0054406F">
+        <w:t>81</w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>, 19</w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
-      <w:r w:rsidR="0069519D">
-[...8 lines deleted...]
-      <w:r w:rsidR="0054406F">
+      <w:r w:rsidR="000B06EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>cero</w:t>
       </w:r>
       <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="0069519D">
+      <w:r w:rsidR="000B06EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">en el </w:t>
       </w:r>
       <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>ítem 12 “</w:t>
+        <w:t>ítem 32 “</w:t>
       </w:r>
       <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>En el trabajo que he hecho siempre he tenido ambiciosas pretensiones</w:t>
+        <w:t>He sido considerado siempre como muy ambicioso”</w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...8 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> 52</w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 32</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0069519D">
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>, 48</w:t>
+      </w:r>
+      <w:r w:rsidR="000B06EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">% respondió </w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
-      <w:r w:rsidR="0069519D">
-[...43 lines deleted...]
-      </w:r>
       <w:r w:rsidR="000B06EB">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...319 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
         <w:t>cero</w:t>
       </w:r>
       <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="000B06EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">en relación con el </w:t>
       </w:r>
       <w:r w:rsidR="00A72093" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -24942,50 +24874,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23B901F2" w14:textId="342F5FBA" w:rsidR="00CE431C" w:rsidRPr="008E5086" w:rsidRDefault="00CE431C" w:rsidP="00F65A57">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura </w:t>
       </w:r>
       <w:r w:rsidR="00CB4074">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006B4F65" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -25005,51 +24938,51 @@
               <wp:posOffset>402103</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5467350" cy="2933700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21460"/>
                 <wp:lineTo x="21525" y="21460"/>
                 <wp:lineTo x="21525" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="4" name="Imagen 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId14">
+                    <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="7761" t="33570" r="15731" b="10307"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5467350" cy="2933700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
@@ -25403,1438 +25336,1438 @@
       <w:r w:rsidR="00994E51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">en el </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ítem 4 “</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Muchas veces dejo de lado </w:t>
+        <w:t>Muchas veces dejo de lado mis planes porque me falta la suficiente confianza en mí mismo como para ponerlos en práctica”</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>, 50</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ítem 8 “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Antes de dar comienzo una tarea difícil creo, muy frecuentemente que irá mal” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>70</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>, 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ítem 5 ”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Cuando no cumplo perfectamente con mis deberes, la crítica de los demás me produce una gran ansiedad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>, 58</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ítem 20 “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Después de hacer una prueba o tomar una resolución sobre un asunto importante, estoy en</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9002E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>tensión</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9002E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>hasta</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9002E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>que conozco los resultados”</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>, 51</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> respecto al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ítem 24 “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Una de mis principales dificultades es la ansiedad que siento ante una situación difícil”</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 55</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>, 45</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ítem 26 “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Lo más difícil, para mí, es siempre el comienzo de un nuevo trabajo”</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 68</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en cuanto al </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ítem 30 “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los fracasos me afectan mucho”, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>70</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% respondió </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>que sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es decir, respondió con un uno,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mientras que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>respondió con un cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ítem 33 “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>En las ocasiones importantes estoy casi siempre nervioso”</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>48</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% respondió </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>, 52</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ítem 35 “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>En las situaciones difíciles llega a apoderarse de mí una sensación de pánico”,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>, 58</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ítem 36 “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Hago lo posible por rehuir los trabajos muy difíciles, si puedo, porque de estos fracasos me cuesta mucho salir”</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 49</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>uno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>, 51</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finalmente, en el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>ítem</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9002E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>44 “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En una situación difícil mi memoria se encuentra fuertemente bloqueada”, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uno </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51" w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% eligió </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Los resultados </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>mis planes porque me falta la suficiente confianza en mí mismo como para ponerlos en práctica”</w:t>
-[...1376 lines deleted...]
-        <w:t>. Los resultados obtenidos muestran que más de 60</w:t>
+        <w:t>obtenidos muestran que más de 60</w:t>
       </w:r>
       <w:r w:rsidR="00994E51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>% de los estudiantes tienen ansiedad inhibidora del rendimiento</w:t>
       </w:r>
       <w:r w:rsidR="004B333F" w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
@@ -27071,51 +27004,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1884EC9C" w14:textId="77777777" w:rsidR="004B333F" w:rsidRPr="00BD1FFC" w:rsidRDefault="004B333F" w:rsidP="00062664">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Miedo al fracaso</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CA401D4" w14:textId="77777777" w:rsidR="00F65A57" w:rsidRDefault="00F65A57" w:rsidP="00D34EDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E75DD30" w14:textId="0B90CA0D" w:rsidR="004B333F" w:rsidRPr="00F65A57" w:rsidRDefault="004B333F" w:rsidP="00F65A57">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -27175,51 +27107,51 @@
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F6A07DD" wp14:editId="01BCA42C">
             <wp:extent cx="5391149" cy="3038475"/>
             <wp:effectExtent l="0" t="0" r="635" b="0"/>
             <wp:docPr id="5" name="Imagen 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId16"/>
                     <a:srcRect l="12917" t="18661" r="14423" b="10238"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5428831" cy="3059713"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -27245,50 +27177,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E487FA0" w14:textId="52F5DF87" w:rsidR="00F24BD1" w:rsidRDefault="004B333F" w:rsidP="00F65A57">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En </w:t>
       </w:r>
       <w:r w:rsidR="00466810">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>la figura 7</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> el color verde equivale a </w:t>
       </w:r>
       <w:r w:rsidR="003E7268">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -28586,61 +28519,51 @@
       <w:r w:rsidR="00466810">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>, en</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> el ítem 62 “</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Antes de los exámenes siempre estoy un poco nervioso, pero en cuanto empiezo a realizarlos se me </w:t>
-[...9 lines deleted...]
-        <w:t>pasa”,</w:t>
+        <w:t>Antes de los exámenes siempre estoy un poco nervioso, pero en cuanto empiezo a realizarlos se me pasa”,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> 97</w:t>
       </w:r>
       <w:r w:rsidR="00466810">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65A57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
@@ -28920,51 +28843,51 @@
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24821221" wp14:editId="2CFE4C50">
             <wp:extent cx="4065270" cy="2466975"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Imagen 6" descr="Gráfico, Gráfico de proyección solar&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Imagen 6" descr="Gráfico, Gráfico de proyección solar&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId16">
+                    <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="24471" t="7795" r="8651" b="1399"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4065270" cy="2466975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
@@ -28974,50 +28897,51 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A9F09E9" w14:textId="6F1EDFAF" w:rsidR="00F92CA4" w:rsidRDefault="00F92CA4" w:rsidP="00D34EDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="124BD6D6" w14:textId="010A3468" w:rsidR="00224682" w:rsidRPr="008E5086" w:rsidRDefault="00B66DB0" w:rsidP="00B66DB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00466810">
         <w:rPr>
@@ -29552,51 +29476,51 @@
       <w:r w:rsidRPr="00B66DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C89F7D1" wp14:editId="43C41FD4">
             <wp:extent cx="3809138" cy="2044700"/>
             <wp:effectExtent l="0" t="0" r="1270" b="0"/>
             <wp:docPr id="2" name="Imagen 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId17">
+                    <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="22279" t="10533" r="16224" b="9619"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3910751" cy="2099245"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
@@ -29628,51 +29552,50 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68699858" w14:textId="3A9DDAD2" w:rsidR="00EC1B09" w:rsidRDefault="00EC1B09" w:rsidP="00B66DB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En </w:t>
       </w:r>
       <w:r w:rsidR="00673E67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>la figura 9</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> se observa que la motivación general del grupo de Inglés I se </w:t>
       </w:r>
       <w:r w:rsidR="00673E67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -30360,51 +30283,61 @@
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>un estímulo</w:t>
       </w:r>
       <w:r w:rsidR="007C5D81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y es imprescindible debido a que</w:t>
+        <w:t xml:space="preserve"> y es imprescindible debido a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>que</w:t>
       </w:r>
       <w:r w:rsidR="004A6371">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> sin la aparición de un estímulo que lo desencadene, el estudiante no logrará mantenerse motivado y le será difícil tener éxito en lo que realiza. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16599A2A" w14:textId="5C508826" w:rsidR="00B66DB0" w:rsidRPr="008E5086" w:rsidRDefault="00B66DB0" w:rsidP="00B66DB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
@@ -30809,51 +30742,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">los estudiantes tienen motivación intrínseca por el trabajo, pero siempre y cuando lo que hacen sea reconocido y remunerado de una forma equitativa, es decir, que haya respuesta favorable a lo que ellos realizan. Sin embargo, en ciertos puntos como la responsabilidad, puntualidad y disciplina tienden a ser un poco más relajados, pero eso no los hace irresponsables. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="058CD25D" w14:textId="25DEBE79" w:rsidR="00876F3E" w:rsidRPr="008E5086" w:rsidRDefault="00876F3E" w:rsidP="00B66DB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Se sostiene que a los estudiantes lo que los motiva es obtener buenos resultados en lo que realizan, ya que en el cuestionario de </w:t>
       </w:r>
       <w:r w:rsidR="006B61CA" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>MAPE</w:t>
       </w:r>
       <w:r w:rsidR="006B61CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -31228,51 +31160,61 @@
       <w:r w:rsidR="006B61CA" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>igual manera, los nervios se manifiestan ante situaciones importantes que implican dificultad; sin embargo, tienen claro que la opinión de los demás no es más interesante que sus propias emociones.</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Estos resultados coinciden con los datos encontrados en la investigación realizada por Gutiérrez y </w:t>
+        <w:t xml:space="preserve"> Estos resultados coinciden con los datos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E5086">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">encontrados en la investigación realizada por Gutiérrez y </w:t>
       </w:r>
       <w:r w:rsidR="006B61CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="006B61CA" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">el </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
@@ -31932,51 +31874,50 @@
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> el idioma. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6271AD9E" w14:textId="77777777" w:rsidR="0090621F" w:rsidRPr="00BD1FFC" w:rsidRDefault="0090621F" w:rsidP="00062664">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F0781">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Conclusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1E7930" w14:textId="44CFEB94" w:rsidR="0090621F" w:rsidRPr="008E5086" w:rsidRDefault="0090621F" w:rsidP="00B66DB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027773C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">En conclusión, cada una de las pruebas recolectadas sirven como evidencia de que </w:t>
       </w:r>
@@ -32711,95 +32652,74 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41A5C131" w14:textId="77777777" w:rsidR="00494FE9" w:rsidRPr="00062664" w:rsidRDefault="00494FE9" w:rsidP="00D34EDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EF15B88" w14:textId="3464900A" w:rsidR="00494FE9" w:rsidRPr="00062664" w:rsidRDefault="00494FE9" w:rsidP="00D34EDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk130131782"/>
       <w:r w:rsidRPr="0027773C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>Al-</w:t>
-[...19 lines deleted...]
-        <w:t>, A.</w:t>
+        <w:t>Al-Haj, A.</w:t>
       </w:r>
       <w:r w:rsidR="00484424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0027773C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">M. (2011). </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -33318,97 +33238,98 @@
       <w:r w:rsidR="00CC76A2" w:rsidRPr="006615CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cuperado</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CC76A2" w:rsidRPr="006615CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de:</w:t>
       </w:r>
       <w:r w:rsidR="00CD63DD" w:rsidRPr="006615CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00CD63DD" w:rsidRPr="006615CE">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.semanticscholar.org/paper/Motivating-Students-in-the-EFL-Classroom%3A-A-Case-of-Bahous-Bacha/fe659faa086b6515601d0b237d0ec334e51c4c9c</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CD63DD" w:rsidRPr="006615CE">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="300584D6" w14:textId="68C6F7D4" w:rsidR="00494FE9" w:rsidRPr="00CC76A2" w:rsidRDefault="00494FE9" w:rsidP="00D34EDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Beltrán</w:t>
       </w:r>
       <w:r w:rsidR="003E71C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>L. (2015)</w:t>
       </w:r>
       <w:r w:rsidR="003E71C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -33472,51 +33393,51 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="003E71C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>(2), 341-371</w:t>
       </w:r>
       <w:r w:rsidR="00E2415B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. Recuperado de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00CC76A2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/articulo.oa?id=561058729007</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E2415B" w:rsidRPr="00CC76A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -33719,51 +33640,51 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>El Publicista</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. Recuperado </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00CC76A2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:t>https://desaludpsicologos.es/el-miedo-al-fracaso/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CC76A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -33882,51 +33803,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00064281">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>. Recuperado de</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00CC76A2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:t>https://doi.org/10.32870/dse.v0i23.780</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00064281" w:rsidRPr="00CC76A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -34118,51 +34039,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0042071C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Recuperado</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0042071C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00CC76A2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/articulo.oa?id=349851780055</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0042071C" w:rsidRPr="00CC76A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="385C7C86" w14:textId="394395F9" w:rsidR="00850F68" w:rsidRDefault="00850F68" w:rsidP="00D34EDC">
@@ -34326,96 +34247,95 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>, 612-622</w:t>
       </w:r>
       <w:r w:rsidR="006D6F67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>. Recuperado de</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00CC76A2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/articulo.oa?id=180432137013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006D6F67" w:rsidRPr="00CC76A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76649FD8" w14:textId="77777777" w:rsidR="006615CE" w:rsidRPr="00690ECB" w:rsidRDefault="006615CE" w:rsidP="006615CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C175BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Montero, I. </w:t>
       </w:r>
       <w:r w:rsidRPr="00690ECB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>y Alonso, J. (1</w:t>
       </w:r>
       <w:r w:rsidRPr="00C175BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">992). </w:t>
       </w:r>
       <w:r w:rsidRPr="00624456">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -34603,51 +34523,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, 195-207. </w:t>
       </w:r>
       <w:r w:rsidR="00A81CEC" w:rsidRPr="00062664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuperado de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00CC76A2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/articulo.oa?id=613765482006</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A81CEC" w:rsidRPr="00CC76A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -34768,51 +34688,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>158-160.</w:t>
       </w:r>
       <w:r w:rsidR="00B92F84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> Recuperado de</w:t>
       </w:r>
       <w:r w:rsidR="00494FE9" w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00494FE9" w:rsidRPr="00CC76A2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/articulo.oa?id=56209917</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B92F84" w:rsidRPr="00CC76A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -34992,97 +34912,98 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D64978">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Recuperado de</w:t>
       </w:r>
       <w:r w:rsidR="00477CC1" w:rsidRPr="00D34EDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="003E216D" w:rsidRPr="00CC76A2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="nl-NL"/>
           </w:rPr>
           <w:t>https://dialnet.unirioja.es/servlet/articulo?codigo=2049745</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D64978" w:rsidRPr="00CC76A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F860020" w14:textId="77777777" w:rsidR="00527670" w:rsidRPr="00690ECB" w:rsidRDefault="00527670" w:rsidP="00527670">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Soza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> M. S. (2013). </w:t>
       </w:r>
       <w:r w:rsidRPr="005D0B69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -35191,51 +35112,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>(24), 161-179</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuperado de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00CC76A2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/articulo.oa?id=243129663009</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CC76A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -35467,51 +35388,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED24FF" w:rsidRPr="00ED24FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="00A9002E" w:rsidRPr="00ED24FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="003E216D" w:rsidRPr="00CC76A2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:t>https://www.neuroespai.com/la-motivacion-academica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00ED24FF" w:rsidRPr="00CC76A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -35587,51 +35508,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>La teoría de las motivaciones de David McClelland</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5086">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> Psicología y Mente. Recuperado de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00CC76A2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:t>https://psicologiaymente.com/psicologia/teoria-motivaciones-david-mcclelland</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CC76A2">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -36009,1197 +35930,1167 @@
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="6315"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w14:paraId="6023767E" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="047B8653" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="11DCD6A7" w14:textId="01025A77" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00F0427C" w14:paraId="66AB97DC" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4B85B7F5" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="63EF1954" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Abril González de la Cruz (principal) Eleazar Morales Vázquez (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00F0427C" w14:paraId="34585076" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5FEDC5C9" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3FC99B51" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Abril González de la Cruz (principal) Eleazar Morales Vázquez (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w14:paraId="1C396449" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3B139722" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7999CC23" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>No aplica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00F0427C" w14:paraId="4247C389" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="60C90AE0" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Validación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1BB322B9" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Abril González de la Cruz (principal) Eleazar Morales Vázquez (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00F0427C" w14:paraId="2084AC81" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="56253EAD" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6DE25FDE" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Eleazar Morales Vázquez, Abril González de la Cruz igual</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00F0427C" w14:paraId="4E53ECA1" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1CDA9739" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="08E82EB1" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Eleazar Morales Vázquez (principal) Abril González de la Cruz (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00F0427C" w14:paraId="5BA439F8" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="04A9BC67" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7EAD5BB5" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Eleazar Morales Vázquez, Abril González de la Cruz igual </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00F0427C" w14:paraId="565F6FF9" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4650CBD1" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="24A7D9E8" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Abril González de la Cruz (principal) Eleazar Morales Vázquez (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00F0427C" w14:paraId="64028AB0" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2657835E" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="065773CF" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Eleazar Morales Vázquez, Abril González de la Cruz igual</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00F0427C" w14:paraId="7A61EFC8" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="508F6E82" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="298F52A3" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Eleazar Morales Vázquez (principal) Abril González de la Cruz (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00F0427C" w14:paraId="559F2696" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1A38D12E" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Visualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10BD9F91" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Eleazar Morales Vázquez, Abril González de la Cruz igual</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00F0427C" w14:paraId="66CC7CC5" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="55982913" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Supervisión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="496C9CE9" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Eleazar Morales Vázquez (principal) Abril González de la Cruz (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00F0427C" w14:paraId="3323AF47" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4DDB8182" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7904404C" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Eleazar Morales Vázquez (principal) Abril González de la Cruz (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w14:paraId="6AE5DDD5" w14:textId="77777777" w:rsidTr="00DD51F3">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7B080072" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D060474" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00DD51F3" w:rsidRDefault="00DD51F3" w:rsidP="00530EA5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -37207,88 +37098,88 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>No aplica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58D9B000" w14:textId="77777777" w:rsidR="00DD51F3" w:rsidRPr="00062664" w:rsidRDefault="00DD51F3" w:rsidP="00A9002E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DD51F3" w:rsidRPr="00062664" w:rsidSect="00DD51F3">
-      <w:headerReference w:type="default" r:id="rId30"/>
-      <w:footerReference w:type="default" r:id="rId31"/>
+      <w:headerReference w:type="default" r:id="rId31"/>
+      <w:footerReference w:type="default" r:id="rId32"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="567" w:left="1701" w:header="142" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7AD2F6D5" w14:textId="77777777" w:rsidR="00381710" w:rsidRDefault="00381710" w:rsidP="00D34EDC">
+    <w:p w14:paraId="2774256C" w14:textId="77777777" w:rsidR="00564E01" w:rsidRDefault="00564E01" w:rsidP="00D34EDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F5B2214" w14:textId="77777777" w:rsidR="00381710" w:rsidRDefault="00381710" w:rsidP="00D34EDC">
+    <w:p w14:paraId="14A8684A" w14:textId="77777777" w:rsidR="00564E01" w:rsidRDefault="00564E01" w:rsidP="00D34EDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -37333,51 +37224,51 @@
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E6E7533" w14:textId="552AFD90" w:rsidR="00062664" w:rsidRDefault="00062664" w:rsidP="00062664">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
@@ -37449,76 +37340,76 @@
       <w:t xml:space="preserve"> – Junio 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A94F733" w14:textId="77777777" w:rsidR="00381710" w:rsidRDefault="00381710" w:rsidP="00D34EDC">
+    <w:p w14:paraId="546624A5" w14:textId="77777777" w:rsidR="00564E01" w:rsidRDefault="00564E01" w:rsidP="00D34EDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0240727B" w14:textId="77777777" w:rsidR="00381710" w:rsidRDefault="00381710" w:rsidP="00D34EDC">
+    <w:p w14:paraId="181E0AA7" w14:textId="77777777" w:rsidR="00564E01" w:rsidRDefault="00564E01" w:rsidP="00D34EDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B580F7B" w14:textId="4FBF98F2" w:rsidR="00062664" w:rsidRDefault="00062664" w:rsidP="00062664">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="045B69C3" wp14:editId="30C32608">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="13" name="Imagen 13"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -37526,51 +37417,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2299016A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="098E0EB6"/>
     <w:lvl w:ilvl="0" w:tplc="08108EAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -38358,51 +38249,51 @@
   <w:num w:numId="2" w16cid:durableId="1207715888">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="292832324">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="890581517">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1400979681">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1409308822">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="415367273">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="362676670">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -38443,92 +38334,95 @@
     <w:rsid w:val="00220831"/>
     <w:rsid w:val="00224682"/>
     <w:rsid w:val="0023421B"/>
     <w:rsid w:val="00237845"/>
     <w:rsid w:val="0026606D"/>
     <w:rsid w:val="0027773C"/>
     <w:rsid w:val="00280271"/>
     <w:rsid w:val="00281F5C"/>
     <w:rsid w:val="00292F5C"/>
     <w:rsid w:val="00293AFA"/>
     <w:rsid w:val="00296087"/>
     <w:rsid w:val="002B234A"/>
     <w:rsid w:val="002B5961"/>
     <w:rsid w:val="002E049A"/>
     <w:rsid w:val="002E4870"/>
     <w:rsid w:val="002E5DB4"/>
     <w:rsid w:val="002F771E"/>
     <w:rsid w:val="003312A1"/>
     <w:rsid w:val="00331AC2"/>
     <w:rsid w:val="00333949"/>
     <w:rsid w:val="0034417B"/>
     <w:rsid w:val="0036591D"/>
     <w:rsid w:val="0037271C"/>
     <w:rsid w:val="00381710"/>
     <w:rsid w:val="003A1907"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003C139D"/>
     <w:rsid w:val="003E216D"/>
     <w:rsid w:val="003E71C6"/>
     <w:rsid w:val="003E7268"/>
     <w:rsid w:val="003F5472"/>
     <w:rsid w:val="004153F1"/>
     <w:rsid w:val="004177C4"/>
     <w:rsid w:val="0042071C"/>
     <w:rsid w:val="0046566D"/>
     <w:rsid w:val="00466810"/>
     <w:rsid w:val="004705D0"/>
     <w:rsid w:val="00474AD2"/>
     <w:rsid w:val="0047715F"/>
     <w:rsid w:val="00477CC1"/>
     <w:rsid w:val="00484424"/>
     <w:rsid w:val="00494FE9"/>
     <w:rsid w:val="00494FF0"/>
     <w:rsid w:val="004A28FE"/>
     <w:rsid w:val="004A5E6A"/>
     <w:rsid w:val="004A61CA"/>
     <w:rsid w:val="004A6371"/>
     <w:rsid w:val="004B134F"/>
     <w:rsid w:val="004B333F"/>
     <w:rsid w:val="004C1D41"/>
     <w:rsid w:val="004E4B36"/>
     <w:rsid w:val="00501C29"/>
     <w:rsid w:val="00512201"/>
     <w:rsid w:val="00515ACF"/>
     <w:rsid w:val="00527670"/>
     <w:rsid w:val="00542559"/>
     <w:rsid w:val="0054406F"/>
     <w:rsid w:val="0055069E"/>
     <w:rsid w:val="00555CAE"/>
+    <w:rsid w:val="00564E01"/>
     <w:rsid w:val="00566418"/>
     <w:rsid w:val="00576537"/>
     <w:rsid w:val="005C41F3"/>
     <w:rsid w:val="005C59C8"/>
     <w:rsid w:val="005D0B69"/>
     <w:rsid w:val="005D2EEC"/>
     <w:rsid w:val="005F0781"/>
     <w:rsid w:val="006230B2"/>
     <w:rsid w:val="00624456"/>
+    <w:rsid w:val="0063710E"/>
     <w:rsid w:val="00637332"/>
     <w:rsid w:val="006449CE"/>
     <w:rsid w:val="006611A0"/>
     <w:rsid w:val="006615CE"/>
     <w:rsid w:val="00673E67"/>
     <w:rsid w:val="006828BF"/>
     <w:rsid w:val="00683210"/>
     <w:rsid w:val="006929FD"/>
     <w:rsid w:val="0069519D"/>
     <w:rsid w:val="006978A6"/>
     <w:rsid w:val="006A3C46"/>
     <w:rsid w:val="006B0085"/>
     <w:rsid w:val="006B4F65"/>
     <w:rsid w:val="006B61CA"/>
     <w:rsid w:val="006C0793"/>
     <w:rsid w:val="006D6F67"/>
     <w:rsid w:val="006D7C1B"/>
     <w:rsid w:val="006F18E3"/>
     <w:rsid w:val="006F4295"/>
     <w:rsid w:val="006F4408"/>
     <w:rsid w:val="00732F71"/>
     <w:rsid w:val="00745C27"/>
     <w:rsid w:val="00754C30"/>
     <w:rsid w:val="00756FEF"/>
     <w:rsid w:val="007643BA"/>
@@ -38692,51 +38586,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="65E24090"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C7CA5405-C084-40E6-85FF-73C7B6D180B5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -39123,75 +39017,74 @@
     <w:rsid w:val="00DD51F3"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="-15"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="8C7252"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="009D7114"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0095799A"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Descripcin">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -39541,74 +39434,74 @@
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00062664"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:rsid w:val="00DD51F3"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="8C7252"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1509904752">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.semanticscholar.org/paper/Motivating-Students-in-the-EFL-Classroom%3A-A-Case-of-Bahous-Bacha/fe659faa086b6515601d0b237d0ec334e51c4c9c" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/servlet/articulo?codigo=2049745" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32870/dse.v0i23.780" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=56209917" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://desaludpsicologos.es/el-miedo-al-fracaso/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psicologiaymente.com/psicologia/teoria-motivaciones-david-mcclelland" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=613765482006" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=180432137013" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neuroespai.com/la-motivacion-academica/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=561058729007" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=349851780055" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=243129663009" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=56209917" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://desaludpsicologos.es/el-miedo-al-fracaso/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=613765482006" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=561058729007" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neuroespai.com/la-motivacion-academica/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=180432137013" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=349851780055" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=243129663009" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.semanticscholar.org/paper/Motivating-Students-in-the-EFL-Classroom%3A-A-Case-of-Bahous-Bacha/fe659faa086b6515601d0b237d0ec334e51c4c9c" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32870/dse.v0i23.780" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/servlet/articulo?codigo=2049745" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psicologiaymente.com/psicologia/teoria-motivaciones-david-mcclelland" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v10i19.909" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -39852,70 +39745,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{142D2185-320F-4795-A97A-34C24E0A7F8F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>28</Pages>
-[...1 lines deleted...]
-  <Characters>46012</Characters>
+  <Pages>29</Pages>
+  <Words>8381</Words>
+  <Characters>46097</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>383</Lines>
+  <Lines>384</Lines>
   <Paragraphs>108</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>54269</CharactersWithSpaces>
+  <CharactersWithSpaces>54370</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>estela13rodri08@outlook.es</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>