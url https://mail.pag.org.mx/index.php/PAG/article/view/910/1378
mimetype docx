--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -4,79 +4,127 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4FB64050" w14:textId="3D2E63C8" w:rsidR="00654424" w:rsidRDefault="00654424" w:rsidP="00654424">
+    <w:p w14:paraId="7D49053E" w14:textId="4C1530B7" w:rsidR="009B6970" w:rsidRDefault="00654424" w:rsidP="00654424">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+      <w:r w:rsidR="009B6970" w:rsidRPr="009B6970">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="009B6970" w:rsidRPr="009B6970">
+          <w:rPr>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v10i19.910</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="26DD5AAF" w14:textId="77777777" w:rsidR="009B6970" w:rsidRPr="009B6970" w:rsidRDefault="009B6970" w:rsidP="00654424">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="69938D5A" w14:textId="3CE59C9E" w:rsidR="00DC4760" w:rsidRPr="00654424" w:rsidRDefault="00322DD7" w:rsidP="00654424">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Traducción de n</w:t>
       </w:r>
@@ -329,63 +377,220 @@
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067731A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Tradução de neologismos em meio digital: empréstimo, rastreamento ou adaptação?</w:t>
-      </w:r>
+        <w:t>Tradução</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de neologismos em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>meio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> digital: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>empréstimo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>rastreamento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>adaptação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3A455D58" w14:textId="77777777" w:rsidR="000C5B85" w:rsidRPr="00654424" w:rsidRDefault="000C5B85" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46A2BDB5" w14:textId="5F5DAE9E" w:rsidR="00654424" w:rsidRDefault="000C0433" w:rsidP="0067731A">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067731A">
@@ -795,70 +1000,70 @@
       <w:r w:rsidR="00607ACA" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidR="00DB0FA7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>reflexionar sobre</w:t>
       </w:r>
       <w:r w:rsidR="00607ACA" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> los factores que repercuten en el uso de las técnicas más utilizadas por los traductores para poder llevar el mensaje a la cultura meta</w:t>
+        <w:t xml:space="preserve"> los factores que repercuten en </w:t>
+      </w:r>
+      <w:r w:rsidR="00607ACA" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>el uso de las técnicas más utilizadas por los traductores para poder llevar el mensaje a la cultura meta</w:t>
       </w:r>
       <w:r w:rsidR="00F70DDF" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Se encontró que la mayoría de las veces los traductores recurren a utilizar </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">préstamos de las versiones en inglés debido a que los términos son imprecisos o no comprenden una realidad completamente presente en la lengua española. </w:t>
+        <w:t xml:space="preserve">. Se encontró que la mayoría de las veces los traductores recurren a utilizar préstamos de las versiones en inglés debido a que los términos son imprecisos o no comprenden una realidad completamente presente en la lengua española. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA64E5E" w14:textId="1E3D8376" w:rsidR="003D3AE3" w:rsidRDefault="003D3AE3" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Palabras clave:</w:t>
       </w:r>
       <w:r w:rsidRPr="000C5B85">
         <w:rPr>
@@ -1069,89 +1274,1543 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BA76D6B" w14:textId="77777777" w:rsidR="00654424" w:rsidRPr="00F660F1" w:rsidRDefault="00654424" w:rsidP="00654424">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F660F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A tradução como tarefa profissional não é apenas transferir significados de um idioma para outro. Por vezes, os significados tendem a ser complexos e representam uma dificuldade para a compreensão de uma mensagem. Por isso, algumas palavras, como neologismos de origem estrangeira, devem ser cuidadosamente assimiladas pelos tradutores para encontrar a forma adequada de traduzir seus significados para o idioma de destino, e devem ter em mente alguns critérios, não apenas com base nos padrões de sua profissão , mas também do ponto de vista social. Neste artigo foram expostas algumas abordagens sobre o uso de neologismos e sua tradução e foram analisados ​​neologismos em inglês relacionados a mídias digitais muito presentes hoje com o objetivo de refletir sobre os fatores que afetam o uso das técnicas mais utilizadas pelos tradutores a fim de para levar a mensagem à cultura-alvo. Constatou-se que na maioria das vezes os tradutores recorrem a empréstimos das versões em inglês porque os </w:t>
-      </w:r>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F660F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>tradução</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como tarefa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>profissional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>não</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> é apenas transferir significados de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>um</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> idioma para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>outro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vezes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, os significados </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tendem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a ser complexos e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>representam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dificuldade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>compreensão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mensagem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>isso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>algumas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palavras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, como neologismos de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>origem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>estrangeira</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>devem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ser cuidadosamente </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>assimiladas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pelos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tradutores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para encontrar a forma </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adequada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>traduzir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>seus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> significados para o idioma de destino, e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>devem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ter em mente </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alguns</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>critérios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>não</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apenas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> base nos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>padrões</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>profissão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>também</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do ponto de vista social. Neste artigo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>foram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>expostas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>algumas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>abordagens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre o uso de neologismos e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tradução</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>foram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>analisados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ​​neologismos em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inglês</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relacionados a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mídias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>digitais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>muito</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> presentes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hoje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> objetivo de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refletir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre os fatores que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>afetam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o uso das técnicas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utilizadas pelos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tradutores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>levar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mensagem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à cultura-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alvo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Constatou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>termos são imprecisos ou não compreendem uma realidade completamente presente na língua espanhola.</w:t>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maioria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vezes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> os </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tradutores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>recorrem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>empréstimos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>versões</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inglês</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> porque os termos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>são</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> imprecisos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>não</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>compreendem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>realidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completamente presente </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>língua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>espanhola</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21714AF1" w14:textId="47357BEB" w:rsidR="00654424" w:rsidRPr="00F660F1" w:rsidRDefault="00654424" w:rsidP="00654424">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F660F1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Palavras-chave:</w:t>
-      </w:r>
+        <w:t>Palavras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F660F1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> mídia eletrônica, mídia social, tecnologia, terminologia.</w:t>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-chave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mídia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eletrônica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mídia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> social, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tecnologia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>terminologia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F660F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D3AD190" w14:textId="77777777" w:rsidR="00654424" w:rsidRPr="00DA1643" w:rsidRDefault="00654424" w:rsidP="00654424">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
@@ -1178,58 +2837,69 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Enero 2023</w:t>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69DFB2A5" w14:textId="448658C1" w:rsidR="00654424" w:rsidRPr="00654424" w:rsidRDefault="00000000" w:rsidP="00654424">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="5D0F40EE">
           <v:rect id="_x0000_i1025" alt="" style="width:441.9pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AC98A98" w14:textId="638E86B0" w:rsidR="003D3AE3" w:rsidRPr="00654424" w:rsidRDefault="003D3AE3" w:rsidP="00654424">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -1642,101 +3312,105 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> palabras como </w:t>
       </w:r>
       <w:r w:rsidR="005162AC" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>balompié</w:t>
       </w:r>
       <w:r w:rsidR="005162AC" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005162AC" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>football</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005162AC" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">) o </w:t>
       </w:r>
       <w:r w:rsidR="005162AC" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>baloncesto</w:t>
       </w:r>
       <w:r w:rsidR="005162AC" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005162AC" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>basketball</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005162AC" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DB65E2" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pero, cuando un término es complejo en el idioma anglosajón y no existe en español una palabra que se ajuste de forma precisa al significado de tal término, se </w:t>
       </w:r>
       <w:r w:rsidR="005162AC" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -2879,81 +4553,85 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> esto </w:t>
       </w:r>
       <w:r w:rsidR="00135AB0" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>incluye a los nuevos vocablos que surgen a raíz de los fenómenos informáticos como la identificación en las comunidades cibernéticas o los nuevos oficios debido a la diversidad de plataformas digitales</w:t>
       </w:r>
       <w:r w:rsidR="00BF320C" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, y un ejemplo de esto son las comunidades de </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BF320C" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>gamers</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BF320C" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> y de </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BF320C" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>bloggers</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BF320C" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00136A89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A36569" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -3395,51 +5073,71 @@
       <w:r w:rsidR="00B93715">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>adaptarse</w:t>
       </w:r>
       <w:r w:rsidR="00B93715" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>a nuevas realidades (Cescato, 2017)</w:t>
+        <w:t>a nuevas realidades (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Cescato</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, 2017)</w:t>
       </w:r>
       <w:r w:rsidR="00E15AA6" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>; sin embargo, estas c</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">ambian tan rápido como la humanidad evoluciona, lo que sucede cada segundo, incluso si no es totalmente visible. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10D44FF3" w14:textId="55026655" w:rsidR="00733DF9" w:rsidRPr="002B7369" w:rsidRDefault="00733DF9" w:rsidP="00654424">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
@@ -3583,58 +5281,69 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00835F90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>vent</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D114C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Iscla </w:t>
+        <w:t>Iscla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D114C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>(2001)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -4238,51 +5947,71 @@
       <w:r w:rsidR="00603024" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">mportados desde países como Estados Unidos cuando hablamos de </w:t>
       </w:r>
       <w:r w:rsidR="00651E62" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>esta</w:t>
       </w:r>
       <w:r w:rsidR="00603024" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>, desde Francia si hablamos del espectáculo o desde Japón si hablamos de artes marciales (Cescato, 2017).</w:t>
+        <w:t>, desde Francia si hablamos del espectáculo o desde Japón si hablamos de artes marciales (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00603024" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Cescato</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00603024" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="076665D0" w14:textId="36EE65EC" w:rsidR="005F16BF" w:rsidRPr="002B7369" w:rsidRDefault="00603024" w:rsidP="00654424">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Desde otro punto de vista</w:t>
       </w:r>
       <w:r w:rsidR="00443A4B" w:rsidRPr="002B7369">
         <w:rPr>
@@ -4637,51 +6366,71 @@
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, puede considerarse como un xenismo. Por otro lado, cuando son unidades léxicas que han penetrado con fuerza en la cultura propia y que hace tiempo han dejado de entenderse como designativas de una realidad exterior, se pueden desestimar como xenismos. </w:t>
       </w:r>
       <w:r w:rsidR="00B95937" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Es decir</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>, la exportabilidad de un concepto en una nueva cultura debe ofrecer la opción para considerarse como un préstamo</w:t>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>exportabilidad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de un concepto en una nueva cultura debe ofrecer la opción para considerarse como un préstamo</w:t>
       </w:r>
       <w:r w:rsidR="00D549A7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Cabré, 2006)</w:t>
       </w:r>
       <w:r w:rsidR="00C41D21" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -4952,51 +6701,71 @@
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Añadido a lo anterior, los neologismos que genera el mismo español son escasos y deben incorporarse a la lengua mediante un debate por parte de los académicos de la </w:t>
       </w:r>
       <w:r w:rsidR="00EC7479">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>RAE</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">, pero siempre poniendo de prioridad los términos más empleados por los hablantes (Cescato, 2017). </w:t>
+        <w:t>, pero siempre poniendo de prioridad los términos más empleados por los hablantes (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Cescato</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2017). </w:t>
       </w:r>
       <w:r w:rsidR="00AB67EA" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Así, finalmente</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> son los hablantes </w:t>
       </w:r>
       <w:r w:rsidR="00AB67EA" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -6127,59 +7896,61 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="00374742" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>l traductor en línea</w:t>
       </w:r>
       <w:r w:rsidR="00374742" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00374742" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Linguee</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00610D1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">: se consideraron </w:t>
       </w:r>
       <w:r w:rsidR="00374742" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">los términos </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -6327,51 +8098,71 @@
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00155883" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>inalmente, se tom</w:t>
       </w:r>
       <w:r w:rsidR="007A4AA6" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>aron como base los procedimientos de traducción clasificados por Vinay y Darbelnet (1958, citado en</w:t>
+        <w:t xml:space="preserve">aron como base los procedimientos de traducción clasificados por Vinay y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A4AA6" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Darbelnet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A4AA6" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1958, citado en</w:t>
       </w:r>
       <w:r w:rsidR="00D02315" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A4AA6" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Hurtado,</w:t>
       </w:r>
       <w:r w:rsidR="00F2584D" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -7302,60 +9093,73 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE754E" w:rsidRPr="002B7369" w14:paraId="1A712BAA" w14:textId="77777777" w:rsidTr="000C5B85">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C3406DE" w14:textId="74035985" w:rsidR="008F07AE" w:rsidRPr="00654424" w:rsidRDefault="00E4039E" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Community Manager </w:t>
+              <w:t>Community</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00654424">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manager </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2714" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3975FB9E" w14:textId="59C1AF97" w:rsidR="007357E1" w:rsidRDefault="007357E1" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -7418,60 +9222,73 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Gestor de</w:t>
             </w:r>
             <w:r w:rsidR="00136A89">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>comunidad/</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Community Manager</w:t>
+              <w:t>Community</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00654424">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="227FC339" w14:textId="34B28AEA" w:rsidR="008F07AE" w:rsidRPr="002B7369" w:rsidRDefault="007357E1" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -7713,61 +9530,63 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE754E" w:rsidRPr="002B7369" w14:paraId="47FBEF3C" w14:textId="77777777" w:rsidTr="000C5B85">
         <w:trPr>
           <w:trHeight w:val="507"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A5F4CB4" w14:textId="534B537D" w:rsidR="008F07AE" w:rsidRPr="00654424" w:rsidRDefault="00E4039E" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Copywriter</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2714" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53D0F384" w14:textId="77777777" w:rsidR="00067139" w:rsidRDefault="00067139" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Redactor</w:t>
@@ -7845,61 +9664,63 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78942401" w14:textId="2E205965" w:rsidR="008F07AE" w:rsidRPr="002B7369" w:rsidRDefault="00067139" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Redactor/</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Copywriter</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="663630D3" w14:textId="7A2AB8B3" w:rsidR="008F07AE" w:rsidRPr="002B7369" w:rsidRDefault="0004543B" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Otra/Préstamo</w:t>
@@ -8023,125 +9844,162 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE754E" w:rsidRPr="002B7369" w14:paraId="4E10D3B5" w14:textId="77777777" w:rsidTr="000C5B85">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EDBECE5" w14:textId="502EB2B7" w:rsidR="008F07AE" w:rsidRPr="00654424" w:rsidRDefault="00E4039E" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Growth Hacker</w:t>
+              <w:t>Growth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00654424">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hacker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2714" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="599FF6E0" w14:textId="6E6C720F" w:rsidR="008F07AE" w:rsidRPr="002B7369" w:rsidRDefault="00781C0C" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Persona con la habilidad de recopilar y analizar datos</w:t>
             </w:r>
             <w:r w:rsidR="00403D55" w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> para obtener conclusiones con el fin de implementar estrategias para posicionar un producto o servicio.*</w:t>
+              <w:t xml:space="preserve"> para obtener conclusiones con el fin de implementar estrategias para posicionar un producto o </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00403D55" w:rsidRPr="002B7369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>servicio.*</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68CEDB45" w14:textId="5818FDE5" w:rsidR="008F07AE" w:rsidRPr="00654424" w:rsidRDefault="00781C0C" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Growth Hacker</w:t>
+              <w:t>Growth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00654424">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hacker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62BED57C" w14:textId="31FF4932" w:rsidR="008F07AE" w:rsidRPr="002B7369" w:rsidRDefault="00781C0C" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -8149,115 +10007,130 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE754E" w:rsidRPr="002B7369" w14:paraId="023FB7BB" w14:textId="77777777" w:rsidTr="000C5B85">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="635DF16D" w14:textId="5C868552" w:rsidR="00E4039E" w:rsidRPr="00654424" w:rsidRDefault="00E4039E" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Influencer</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2714" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2603D936" w14:textId="51608D7A" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="00965601" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Persona que cuenta con presencia, alcance y popularidad en redes sociales.*</w:t>
+              <w:t xml:space="preserve">Persona que cuenta con presencia, alcance y popularidad en redes </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B7369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>sociales.*</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CB0B4B2" w14:textId="193F2A0E" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="00965601" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Influencer</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>/Influenciador</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="221106D4" w14:textId="166FD700" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="00965601" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -8282,61 +10155,63 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE754E" w:rsidRPr="002B7369" w14:paraId="6C26F21D" w14:textId="77777777" w:rsidTr="000C5B85">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DF7B6CF" w14:textId="4E999555" w:rsidR="00E4039E" w:rsidRPr="00654424" w:rsidRDefault="00E4039E" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Podcaster</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2714" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="232D18EA" w14:textId="00206E0C" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="001706B4" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Creador y difusor de contenido mediante audio por </w:t>
@@ -8365,122 +10240,126 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>. *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14218A46" w14:textId="7EC6FAD5" w:rsidR="00E4039E" w:rsidRPr="00654424" w:rsidRDefault="001706B4" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Podcaster</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65C25AEC" w14:textId="4AA538C4" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="001706B4" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Préstamo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE754E" w:rsidRPr="002B7369" w14:paraId="42C484C2" w14:textId="77777777" w:rsidTr="000C5B85">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78ECD4A5" w14:textId="79ADE436" w:rsidR="00E4039E" w:rsidRPr="00654424" w:rsidRDefault="00E4039E" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Streamer</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2714" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30A6B4C7" w14:textId="4CE6102E" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="001706B4" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Locutor o realizador de transmisiones en vivo</w:t>
@@ -8500,364 +10379,397 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>. *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0672136F" w14:textId="714A5EB0" w:rsidR="00E4039E" w:rsidRPr="00654424" w:rsidRDefault="001706B4" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Streamer</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61603455" w14:textId="5801DF77" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="001706B4" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Préstamo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE754E" w:rsidRPr="002B7369" w14:paraId="3048E593" w14:textId="77777777" w:rsidTr="000C5B85">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14B6881D" w14:textId="2AD197E9" w:rsidR="00E4039E" w:rsidRPr="00654424" w:rsidRDefault="00E4039E" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Tiktoker</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2714" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="399079C8" w14:textId="772A64F9" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="00DE39A6" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Creador de contenido en la red social Tiktok.*</w:t>
+              <w:t xml:space="preserve">Creador de contenido en la red social </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B7369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Tiktok.*</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="769CCA4D" w14:textId="279317A0" w:rsidR="00E4039E" w:rsidRPr="00654424" w:rsidRDefault="00DE39A6" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Tiktoker</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7809EFFE" w14:textId="4F23ED13" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="00DE39A6" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Préstamo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE754E" w:rsidRPr="002B7369" w14:paraId="56CFC49F" w14:textId="77777777" w:rsidTr="000C5B85">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05B5AF12" w14:textId="41002EDF" w:rsidR="00E4039E" w:rsidRPr="00654424" w:rsidRDefault="00E4039E" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Vlogger</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2714" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="260A0484" w14:textId="6BF10CF5" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="00DE39A6" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Persona con un videoblog, en lugar de redactar en el blog de algún sitio web o redes sociales, se graba, lo dice, lo edita y lo sube.</w:t>
+              <w:t xml:space="preserve">Persona con un videoblog, en lugar de redactar en el blog de algún sitio web o redes sociales, se graba, lo dice, lo edita y lo </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B7369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sube.</w:t>
             </w:r>
             <w:r w:rsidR="00496DBE" w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="695C0547" w14:textId="7C7C24F2" w:rsidR="00E4039E" w:rsidRPr="00654424" w:rsidRDefault="00496DBE" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Vlogger</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A4366EA" w14:textId="17868A76" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="00E327E4" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Préstamo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE754E" w:rsidRPr="002B7369" w14:paraId="197EE879" w14:textId="77777777" w:rsidTr="000C5B85">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FB5D8E7" w14:textId="57BFCC09" w:rsidR="00E4039E" w:rsidRPr="00654424" w:rsidRDefault="00E4039E" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Youtuber</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2714" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E4ED17D" w14:textId="04E02749" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="00E327E4" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Productor y </w:t>
@@ -8883,82 +10795,95 @@
             <w:r w:rsidR="004849A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="004849A1" w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">ube </w:t>
             </w:r>
             <w:r w:rsidR="00767BDE" w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>como su plataforma de comunicación.*</w:t>
+              <w:t xml:space="preserve">como su plataforma de </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00767BDE" w:rsidRPr="002B7369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>comunicación.*</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50C76B65" w14:textId="1FA756AC" w:rsidR="00E4039E" w:rsidRPr="00654424" w:rsidRDefault="00E327E4" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00654424">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Youtuber</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D6FEA5F" w14:textId="2A4D2185" w:rsidR="00E4039E" w:rsidRPr="002B7369" w:rsidRDefault="00E327E4" w:rsidP="000C5B85">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B7369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Préstamo</w:t>
@@ -9050,72 +10975,74 @@
         </w:rPr>
         <w:t>.es</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70807B70" w14:textId="3D25955C" w:rsidR="007051D3" w:rsidRPr="002B7369" w:rsidRDefault="007051D3" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">En el primer caso, la palabra </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BD70D8" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>logger</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en inglés hace referencia a la persona que tiene un blog. En este se difunde contenido de diversos temas mediante texto. Este término se ha adaptado en español con las grafías correspondientes siguiendo la fonética de la palabra, </w:t>
       </w:r>
       <w:r w:rsidR="00DA5E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">lo que ha dado como resultado </w:t>
       </w:r>
       <w:r w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9168,425 +11095,483 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">En segundo lugar, </w:t>
       </w:r>
       <w:r w:rsidR="00F14778" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>se encuentra</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> el término </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BD70D8" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">loud </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BD70D8" w:rsidRPr="002B7369">
+        <w:t>loud</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002B7369">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD70D8" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">omputing </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BD70D8" w:rsidRPr="002B7369">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>e</w:t>
-      </w:r>
+        <w:t>omputing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>ngineer</w:t>
-[...63 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BD70D8" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>c</w:t>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">loud </w:t>
-      </w:r>
+        <w:t>ngineer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, el cual</w:t>
+      </w:r>
+      <w:r w:rsidR="004A7606">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en español</w:t>
+      </w:r>
+      <w:r w:rsidR="004A7606">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hace referencia al profesional que se especializa en computación o informática en la nube.</w:t>
+      </w:r>
+      <w:r w:rsidR="00886C31" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Empero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, el término </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BD70D8" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>omputing</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00654424">
+        <w:t>loud</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>la nube</w:t>
-[...91 lines deleted...]
-      <w:r w:rsidRPr="002B7369">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD70D8" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>spanglish</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, y se toma prestado el término </w:t>
+        <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:t>omputing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se conoce en español simplemente como </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>la nube</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, que es una red de servidores remotos conectados a </w:t>
+      </w:r>
+      <w:r w:rsidR="004A7606">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="004A7606" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nternet </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">donde se almacenan, administran y procesan datos, servidores, bases de datos, redes, entre otros, de forma totalmente virtual. Por ende, para designar </w:t>
+      </w:r>
+      <w:r w:rsidR="00F118B1" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">coloquialmente </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">al especialista en esta rama se </w:t>
+      </w:r>
+      <w:r w:rsidR="00F118B1" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">suele </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>combina</w:t>
+      </w:r>
+      <w:r w:rsidR="00F118B1" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el uso de español e inglés, lo que se conoce como </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>spanglish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y se toma prestado el término </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>cloud</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D13AF2" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> para especificar el tipo de ingeniero. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="137D7CA5" w14:textId="12A75C56" w:rsidR="00D13AF2" w:rsidRPr="002B7369" w:rsidRDefault="00D13AF2" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Seguidamente, </w:t>
       </w:r>
       <w:r w:rsidR="00B96A8E" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">el término </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BD70D8" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00B96A8E" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">ommunity </w:t>
+        <w:t>ommunity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96A8E" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD70D8" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00B96A8E" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>anager</w:t>
       </w:r>
       <w:r w:rsidR="00B96A8E" w:rsidRPr="002B7369">
         <w:rPr>
@@ -9617,72 +11602,74 @@
         </w:rPr>
         <w:t xml:space="preserve">, lo cual no abarca la definición exacta, o se recurre al préstamo del término en inglés. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC7C531" w14:textId="3FD0DA13" w:rsidR="00BD70D8" w:rsidRPr="002B7369" w:rsidRDefault="00BD70D8" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Algo similar sucede con el término </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>conten</w:t>
       </w:r>
       <w:r w:rsidR="00886C31" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> manager</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, el cual se refiere a un gestor o administrador de contenido virtual, </w:t>
       </w:r>
       <w:r w:rsidR="00886C31" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9719,61 +11706,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> o el préstamo del mismo término en inglés. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="204B729E" w14:textId="45707C01" w:rsidR="00BD70D8" w:rsidRPr="002B7369" w:rsidRDefault="00BD70D8" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Por otro lado, un </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>copywriter</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en español suele tener traducciones distintas en las que se realizan especificaciones amplificando el término, como los casos </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>redactor creativo</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9902,60 +11891,73 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FB294D6" w14:textId="461FA442" w:rsidR="003513A7" w:rsidRPr="002B7369" w:rsidRDefault="003513A7" w:rsidP="00654424">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Por otra parte, el término </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">gamer </w:t>
+        <w:t>gamer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">es uno de los más utilizados en la época actual y designa a un jugador de videojuegos, pero la palabra en inglés hace cierta referencia a una </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">persona que juega videojuegos con </w:t>
       </w:r>
       <w:r w:rsidR="00EB1D8A" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9992,141 +11994,169 @@
         </w:rPr>
         <w:t xml:space="preserve">, por lo que se suele hacer un préstamo del inglés. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="646E424A" w14:textId="73A70217" w:rsidR="003513A7" w:rsidRPr="002B7369" w:rsidRDefault="003513A7" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Igualmente, con el término </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>growth hacker</w:t>
+        <w:t>growth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hacker</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> se suele utilizar el préstamo en inglés, puesto que no existe una traducción exacta de esta profesión (relativamente nueva) y cuya explicación tampoco es concreta para poder recurrir a una definición corta en textos en español.</w:t>
       </w:r>
       <w:r w:rsidR="00A61072" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69080F42" w14:textId="68722E96" w:rsidR="00A61072" w:rsidRPr="002B7369" w:rsidRDefault="00A61072" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">En el caso particular del término </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>influencer</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, este suele utilizarse con mucha más frecuencia en su versión prestada del inglés; pero, en algunas ocasiones, se realiza una adaptación </w:t>
       </w:r>
       <w:r w:rsidR="003C5A9F" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>del verbo en inglés</w:t>
       </w:r>
       <w:r w:rsidR="003C5A9F" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> influence</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C5A9F" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>influence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C5A9F" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">con el sufijo en español relativo a una persona que se dedica a una actividad, quedando así </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -10232,81 +12262,131 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47894CEE" w14:textId="627FB820" w:rsidR="008308BF" w:rsidRPr="002B7369" w:rsidRDefault="008308BF" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Para los términos </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">podcaster, streamer </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>podcaster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vlogger</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>streamer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>vlogger</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, que hacen referencia a personas que se dedican a realizar actividades en específico con productos </w:t>
       </w:r>
       <w:r w:rsidR="00886C31" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">conocidos </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -10357,80 +12437,95 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="008308BF" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">e forma parecida, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008308BF" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>tiktoker</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008308BF" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008308BF" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">youtuber </w:t>
+        <w:t>youtuber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008308BF" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008308BF" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>hacen referencia muy específica a las personas que crean contenido en estas plataformas, por lo que no existen otros términos en español para ello</w:t>
       </w:r>
       <w:r w:rsidR="00801E46" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="003C5A9F" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -10886,60 +12981,62 @@
       </w:r>
       <w:r w:rsidR="009A1BAF" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>), cuando existe una disyuntiva al traducir un término que tiene una adaptación en español, el traductor debe tomar en cuenta las preferencias de terminología o estilo del cliente o la empresa para la que se traduce, así como del público al que se dirige el texto. Por ejemplo, si la traducción se realiza con fines comerciales, es probable que los términos elegidos sean los más populares y reconocidos en las comunidades interesadas en los productos ofrecidos</w:t>
       </w:r>
       <w:r w:rsidR="00F317C1" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> como lo es el término </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F317C1" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>copywriter</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. En cambio, si se realiza con fines educativos por una institución, lo más probable es que se recurra a mantener un español libre de extranjerismos cuando no son necesarios y se recurra a las versiones adecuadas</w:t>
       </w:r>
       <w:r w:rsidR="00F317C1" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o más cercanas</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en español </w:t>
       </w:r>
       <w:r w:rsidR="00F317C1" w:rsidRPr="002B7369">
@@ -11031,78 +13128,82 @@
       </w:r>
       <w:r w:rsidR="00A9521D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00DD0F5F" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F317C1" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">o en este caso palabras derivadas de estas como </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F317C1" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>youtuber</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F317C1" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F317C1" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tiktoker</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DD0F5F" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, mientras que en español muchas veces no existen las palabras específicas para designar tales unidades o se necesitaría una explicación más larga que</w:t>
       </w:r>
       <w:r w:rsidR="00A9521D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00DD0F5F" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> por practicidad</w:t>
       </w:r>
       <w:r w:rsidR="00A9521D">
@@ -11123,187 +13224,237 @@
       </w:r>
       <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ejemplos de e</w:t>
       </w:r>
       <w:r w:rsidR="00F317C1" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sto último</w:t>
       </w:r>
       <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> son los términos analizados </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D55C3D" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">loud </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D55C3D" w:rsidRPr="002B7369">
+        <w:t>loud</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D55C3D" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">omputing </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D55C3D" w:rsidRPr="002B7369">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>e</w:t>
-      </w:r>
+        <w:t>omputing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ngineer, </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D55C3D" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>c</w:t>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ommunity</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D55C3D" w:rsidRPr="002B7369">
+        <w:t>ngineer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> m</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D55C3D" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">anager </w:t>
-[...7 lines deleted...]
-        <w:t>o</w:t>
+        <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>ommunity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D55C3D" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>g</w:t>
+        <w:t xml:space="preserve"> m</w:t>
       </w:r>
       <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">rowth </w:t>
+        <w:t xml:space="preserve">anager </w:t>
+      </w:r>
+      <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D55C3D" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rowth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D55C3D" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>acker</w:t>
       </w:r>
       <w:r w:rsidR="00D17AE7" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -11391,92 +13542,96 @@
       </w:r>
       <w:r w:rsidR="00DD0F5F" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se sigue recurriendo</w:t>
       </w:r>
       <w:r w:rsidR="00F317C1" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en ocasiones</w:t>
       </w:r>
       <w:r w:rsidR="00DD0F5F" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a utilizar el préstamo </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DD0F5F" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>blogger</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DD0F5F" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dependiendo del texto para el que se traduzca</w:t>
       </w:r>
       <w:r w:rsidR="00DE5846" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, lo que responde a necesidades que van más allá del seguimiento de normas traductológicas e incluso estilísticas. </w:t>
       </w:r>
       <w:r w:rsidR="00F317C1" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lo anterior se pudo observar durante el análisis de las traducciones ofrecidas por el corpus de </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F317C1" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Linguee</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F317C1" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> que, como se especificó anteriormente, son aportaciones de especialistas en el campo de la traducción y abarcan múltiples contextos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28AE774D" w14:textId="555F2C69" w:rsidR="0068531A" w:rsidRDefault="006D072B" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11491,51 +13646,69 @@
         </w:rPr>
         <w:t>exist</w:t>
       </w:r>
       <w:r w:rsidR="00965405">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00965405" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>una alternativa en español para expresar un concepto antes de utilizar un extranjerismo (Cescato, 2017), además de considerar otros factores de interés específico para su labor</w:t>
+        <w:t>una alternativa en español para expresar un concepto antes de utilizar un extranjerismo (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cescato</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2017), además de considerar otros factores de interés específico para su labor</w:t>
       </w:r>
       <w:r w:rsidR="00D55C3D" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> como lo es el lector meta de la traducción asignada</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A7DFE29" w14:textId="77777777" w:rsidR="000C5B85" w:rsidRPr="002B7369" w:rsidRDefault="000C5B85" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11996,61 +14169,63 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B1E90" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">otras </w:t>
       </w:r>
       <w:r w:rsidR="004F235B" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">redes sociales como Instagram, la cual se ha posicionado como una de las más influyentes en los usuarios, y también servicios de </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004F235B" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>streaming</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004F235B" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> como Netflix, Amazon, HBO, entre otros.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15930B5F" w14:textId="2C5EB0AF" w:rsidR="00C0616E" w:rsidRPr="002B7369" w:rsidRDefault="004F235B" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12290,60 +14465,80 @@
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Álvarez, S. (2002). Los neologismos en la traducción científico-técnica. </w:t>
       </w:r>
       <w:r w:rsidR="00A82AA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>En</w:t>
       </w:r>
       <w:r w:rsidR="00CE6A2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Comisión Europea (comp</w:t>
+        <w:t xml:space="preserve"> Comisión Europea (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE6A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>comp</w:t>
       </w:r>
       <w:r w:rsidR="00566044">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>.)</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00566044">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00CE6A2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A82AA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A82AA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -12797,51 +14992,73 @@
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Benavent, R. A. </w:t>
       </w:r>
       <w:r w:rsidR="00F118B1" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Iscla, A. (2001). </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Iscla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A. (2001). </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Problemas del lenguaje médico actual (I)</w:t>
       </w:r>
       <w:r w:rsidR="00D114C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
@@ -12975,92 +15192,103 @@
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>229-250.</w:t>
       </w:r>
       <w:r w:rsidR="00136A89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A609C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuperado de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="006A609C" w:rsidRPr="006A609C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>https://www.researchgate.net/publication/26623352_La_clasificacion_de_neologismos_una_tarea_compleja</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006A609C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B470E61" w14:textId="2996CA83" w:rsidR="00755F47" w:rsidRPr="002B7369" w:rsidRDefault="00755F47" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B7369">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Cescato, C. (2017). </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Cescato</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B7369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, C. (2017). </w:t>
       </w:r>
       <w:r w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Neologismos: pros y contras en la evolución del español</w:t>
       </w:r>
       <w:r w:rsidR="00D74F7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -13195,52 +15423,65 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00FE77A4" w:rsidRPr="002B7369">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">). Lenguaje tecnológico y problemas para el traductor: el caso de la traducción de neologismos de inglés a español en la localización web. </w:t>
       </w:r>
       <w:r w:rsidR="00C62480" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>E-Aesla</w:t>
-      </w:r>
+        <w:t>E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C62480" w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Aesla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C62480" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, (1)</w:t>
       </w:r>
       <w:r w:rsidR="0015588D" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>. Recuperado de</w:t>
       </w:r>
       <w:r w:rsidR="00830C88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
@@ -14502,79 +16743,121 @@
       <w:r w:rsidR="00C1482D" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00C1482D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Olza, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Olza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C1482D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>I. y</w:t>
       </w:r>
       <w:r w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Loureda, </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Loureda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00654424">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C1482D" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Ó</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C1482D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C1482D" w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00654424">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -14836,88 +17119,88 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuperado de </w:t>
       </w:r>
       <w:r w:rsidR="00225E21" w:rsidRPr="0067731A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>https://doi.org/10.17151/kepes.2020.17.22.10</w:t>
       </w:r>
       <w:r w:rsidR="00225E21">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00434C82" w:rsidRPr="000C5B85" w:rsidSect="00654424">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1276" w:right="1701" w:bottom="709" w:left="1701" w:header="142" w:footer="258" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="140FEA3B" w14:textId="77777777" w:rsidR="00BB0548" w:rsidRDefault="00BB0548" w:rsidP="000C5B85">
+    <w:p w14:paraId="70B8523A" w14:textId="77777777" w:rsidR="00B958D5" w:rsidRDefault="00B958D5" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BC80C6B" w14:textId="77777777" w:rsidR="00BB0548" w:rsidRDefault="00BB0548" w:rsidP="000C5B85">
+    <w:p w14:paraId="6C252DE6" w14:textId="77777777" w:rsidR="00B958D5" w:rsidRDefault="00B958D5" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -14941,150 +17224,201 @@
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="057A450D" w14:textId="628A6C4A" w:rsidR="00654424" w:rsidRDefault="00654424" w:rsidP="00654424">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">  Núm. 1</w:t>
+      <w:t xml:space="preserve">  Núm.</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">                   Enero – Junio 202</w:t>
+      <w:t xml:space="preserve">                   </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="573F459B" w14:textId="77777777" w:rsidR="00BB0548" w:rsidRDefault="00BB0548" w:rsidP="000C5B85">
+    <w:p w14:paraId="3F1EDD69" w14:textId="77777777" w:rsidR="00B958D5" w:rsidRDefault="00B958D5" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04EC0729" w14:textId="77777777" w:rsidR="00BB0548" w:rsidRDefault="00BB0548" w:rsidP="000C5B85">
+    <w:p w14:paraId="6EBB13D8" w14:textId="77777777" w:rsidR="00B958D5" w:rsidRDefault="00B958D5" w:rsidP="000C5B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2850580D" w14:textId="33A7CC48" w:rsidR="00654424" w:rsidRDefault="00654424" w:rsidP="00654424">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4754C64A" wp14:editId="6A91112A">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="18" name="Imagen 18"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -15092,51 +17426,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6604707E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="215880B4"/>
     <w:lvl w:ilvl="0" w:tplc="080A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15213,54 +17547,55 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2022245021">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005542A9"/>
     <w:rsid w:val="000033A6"/>
@@ -15346,50 +17681,51 @@
     <w:rsid w:val="00296B7E"/>
     <w:rsid w:val="002A3809"/>
     <w:rsid w:val="002A6725"/>
     <w:rsid w:val="002A772F"/>
     <w:rsid w:val="002B7369"/>
     <w:rsid w:val="002C4AA8"/>
     <w:rsid w:val="002D134D"/>
     <w:rsid w:val="002D1CAF"/>
     <w:rsid w:val="002D5D0A"/>
     <w:rsid w:val="002E18EB"/>
     <w:rsid w:val="002E7A38"/>
     <w:rsid w:val="00315845"/>
     <w:rsid w:val="00322DD7"/>
     <w:rsid w:val="003306E1"/>
     <w:rsid w:val="003351C8"/>
     <w:rsid w:val="00336D97"/>
     <w:rsid w:val="00341DC6"/>
     <w:rsid w:val="00346981"/>
     <w:rsid w:val="00346D25"/>
     <w:rsid w:val="003513A7"/>
     <w:rsid w:val="0037205A"/>
     <w:rsid w:val="0037279C"/>
     <w:rsid w:val="0037298D"/>
     <w:rsid w:val="003734E4"/>
     <w:rsid w:val="00374742"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003C5A9F"/>
     <w:rsid w:val="003D1BA4"/>
     <w:rsid w:val="003D3AE3"/>
     <w:rsid w:val="003E3279"/>
     <w:rsid w:val="003E4B2B"/>
     <w:rsid w:val="003E796E"/>
     <w:rsid w:val="003F43CE"/>
     <w:rsid w:val="0040347A"/>
     <w:rsid w:val="00403D55"/>
     <w:rsid w:val="00412FB9"/>
     <w:rsid w:val="00416509"/>
     <w:rsid w:val="0042573A"/>
     <w:rsid w:val="00426951"/>
     <w:rsid w:val="00434C82"/>
     <w:rsid w:val="00443A4B"/>
     <w:rsid w:val="00462444"/>
     <w:rsid w:val="0046510D"/>
     <w:rsid w:val="00483BE0"/>
     <w:rsid w:val="0048483D"/>
     <w:rsid w:val="004849A1"/>
     <w:rsid w:val="004944C0"/>
     <w:rsid w:val="00496DBE"/>
     <w:rsid w:val="00497878"/>
     <w:rsid w:val="004A7606"/>
     <w:rsid w:val="004C664F"/>
@@ -15530,50 +17866,51 @@
     <w:rsid w:val="008F7E24"/>
     <w:rsid w:val="00901247"/>
     <w:rsid w:val="009127DF"/>
     <w:rsid w:val="009144F6"/>
     <w:rsid w:val="00917067"/>
     <w:rsid w:val="0093777D"/>
     <w:rsid w:val="00945F69"/>
     <w:rsid w:val="0095469E"/>
     <w:rsid w:val="00954FB2"/>
     <w:rsid w:val="0096006A"/>
     <w:rsid w:val="00960D21"/>
     <w:rsid w:val="009640AA"/>
     <w:rsid w:val="00965405"/>
     <w:rsid w:val="00965601"/>
     <w:rsid w:val="0096721B"/>
     <w:rsid w:val="009739D5"/>
     <w:rsid w:val="0097686A"/>
     <w:rsid w:val="00977F28"/>
     <w:rsid w:val="00981092"/>
     <w:rsid w:val="009814C8"/>
     <w:rsid w:val="009829D4"/>
     <w:rsid w:val="0099299B"/>
     <w:rsid w:val="009A1BAF"/>
     <w:rsid w:val="009A56BA"/>
     <w:rsid w:val="009A6BE1"/>
+    <w:rsid w:val="009B6970"/>
     <w:rsid w:val="009C643F"/>
     <w:rsid w:val="009D41FE"/>
     <w:rsid w:val="009D6DE2"/>
     <w:rsid w:val="009D7D66"/>
     <w:rsid w:val="009E11FE"/>
     <w:rsid w:val="009F1741"/>
     <w:rsid w:val="009F1874"/>
     <w:rsid w:val="009F5BCB"/>
     <w:rsid w:val="00A04BD5"/>
     <w:rsid w:val="00A06921"/>
     <w:rsid w:val="00A14DFB"/>
     <w:rsid w:val="00A2559B"/>
     <w:rsid w:val="00A36569"/>
     <w:rsid w:val="00A42630"/>
     <w:rsid w:val="00A43505"/>
     <w:rsid w:val="00A51B11"/>
     <w:rsid w:val="00A534CC"/>
     <w:rsid w:val="00A61072"/>
     <w:rsid w:val="00A64A92"/>
     <w:rsid w:val="00A71FA6"/>
     <w:rsid w:val="00A751C5"/>
     <w:rsid w:val="00A810F4"/>
     <w:rsid w:val="00A82AA0"/>
     <w:rsid w:val="00A86D4D"/>
     <w:rsid w:val="00A87AE9"/>
@@ -15583,50 +17920,51 @@
     <w:rsid w:val="00AB2A23"/>
     <w:rsid w:val="00AB67EA"/>
     <w:rsid w:val="00AD0B7C"/>
     <w:rsid w:val="00AD2F99"/>
     <w:rsid w:val="00B06405"/>
     <w:rsid w:val="00B159A3"/>
     <w:rsid w:val="00B1738E"/>
     <w:rsid w:val="00B17C19"/>
     <w:rsid w:val="00B309D9"/>
     <w:rsid w:val="00B42A22"/>
     <w:rsid w:val="00B4668C"/>
     <w:rsid w:val="00B5180A"/>
     <w:rsid w:val="00B51871"/>
     <w:rsid w:val="00B52417"/>
     <w:rsid w:val="00B544DC"/>
     <w:rsid w:val="00B64941"/>
     <w:rsid w:val="00B67D1D"/>
     <w:rsid w:val="00B73707"/>
     <w:rsid w:val="00B73E97"/>
     <w:rsid w:val="00B7637A"/>
     <w:rsid w:val="00B8092E"/>
     <w:rsid w:val="00B80F2A"/>
     <w:rsid w:val="00B84D2C"/>
     <w:rsid w:val="00B870E4"/>
     <w:rsid w:val="00B93715"/>
+    <w:rsid w:val="00B958D5"/>
     <w:rsid w:val="00B95937"/>
     <w:rsid w:val="00B96A8E"/>
     <w:rsid w:val="00B97009"/>
     <w:rsid w:val="00BA55A5"/>
     <w:rsid w:val="00BB03CE"/>
     <w:rsid w:val="00BB0548"/>
     <w:rsid w:val="00BB5339"/>
     <w:rsid w:val="00BC1DDB"/>
     <w:rsid w:val="00BD4CBE"/>
     <w:rsid w:val="00BD52DF"/>
     <w:rsid w:val="00BD70D8"/>
     <w:rsid w:val="00BD72E0"/>
     <w:rsid w:val="00BE754E"/>
     <w:rsid w:val="00BF320C"/>
     <w:rsid w:val="00BF3B35"/>
     <w:rsid w:val="00BF6449"/>
     <w:rsid w:val="00BF7B98"/>
     <w:rsid w:val="00C0249F"/>
     <w:rsid w:val="00C0616E"/>
     <w:rsid w:val="00C06C8F"/>
     <w:rsid w:val="00C1482D"/>
     <w:rsid w:val="00C2458E"/>
     <w:rsid w:val="00C27C60"/>
     <w:rsid w:val="00C3395A"/>
     <w:rsid w:val="00C33CA4"/>
@@ -15768,51 +18106,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="66070E4E"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16170,51 +18508,50 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F660F1"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
@@ -16489,59 +18826,59 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00654424"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00654424"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/26623352_La_clasificacion_de_neologismos_una_tarea_compleja" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v10i19.910" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/26623352_La_clasificacion_de_neologismos_una_tarea_compleja" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -16820,69 +19157,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8054B891-F3CD-41B8-B08F-175A1BF1E58B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>5913</Words>
-  <Characters>32527</Characters>
+  <Words>5929</Words>
+  <Characters>32612</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>271</Lines>
   <Paragraphs>76</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38364</CharactersWithSpaces>
+  <CharactersWithSpaces>38465</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>