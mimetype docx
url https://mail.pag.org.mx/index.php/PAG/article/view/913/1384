--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -7,77 +7,144 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3F27475A" w14:textId="60E914B8" w:rsidR="00391D28" w:rsidRDefault="00391D28" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="190DF4AF" w14:textId="4FA86C4E" w:rsidR="00EB6DFD" w:rsidRDefault="00EB6DFD" w:rsidP="00391D28">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB6DFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00EB6DFD">
+          <w:rPr>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i21.913</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1E0D5D82" w14:textId="77777777" w:rsidR="00EB6DFD" w:rsidRPr="00EB6DFD" w:rsidRDefault="00EB6DFD" w:rsidP="00391D28">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="18540940" w14:textId="12CF8B7F" w:rsidR="00C36E27" w:rsidRPr="00391D28" w:rsidRDefault="00A016BE" w:rsidP="00391D28">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Genealogía </w:t>
       </w:r>
       <w:r w:rsidR="00223584" w:rsidRPr="00391D28">
@@ -128,422 +195,495 @@
     <w:p w14:paraId="51498467" w14:textId="09656B41" w:rsidR="005330B3" w:rsidRDefault="005330B3" w:rsidP="00391D28">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Interdisciplinary genealogy for the </w:t>
+        <w:t xml:space="preserve">Interdisciplinary </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>construction</w:t>
+        <w:t>genealogy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>of</w:t>
+        <w:t>for</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a T</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED6C85" w:rsidRPr="00391D28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>z</w:t>
-      </w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>ot</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED6C85" w:rsidRPr="00391D28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>z</w:t>
-      </w:r>
+        <w:t>construction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">il-Zinacantán </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>childhood</w:t>
+        <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00610F31">
+        <w:t xml:space="preserve"> a T</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6C85" w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>región</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00610F31">
+        <w:t>ot</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6C85" w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Genealogia</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00610F31">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> interdisciplinar para a </w:t>
+        <w:t xml:space="preserve">il-Zinacantán </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00610F31">
+      <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>construção</w:t>
+        <w:t>childhood</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00610F31">
+      <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00610F31">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00610F31">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>uma</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00610F31">
+        <w:t>región</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0980D885" w14:textId="5A642DA2" w:rsidR="00610F31" w:rsidRPr="00391D28" w:rsidRDefault="00610F31" w:rsidP="00391D28">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00610F31">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>região</w:t>
+        <w:t>Genealogia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00610F31">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve"> interdisciplinar para a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00610F31">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>infância</w:t>
+        <w:t>construção</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00610F31">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Tzotzil </w:t>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00610F31">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00610F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00610F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>região</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00610F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00610F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>infância</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00610F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tzotzil </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00610F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
         <w:t>Zinacanteco</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6AF38F46" w14:textId="260E3506" w:rsidR="00A969B2" w:rsidRPr="00391D28" w:rsidRDefault="00A969B2" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Greldis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DB73A8" w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Giselda</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Giselda </w:t>
       </w:r>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Santiago Gómez</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14983F78" w14:textId="192E4023" w:rsidR="00391D28" w:rsidRPr="00391D28" w:rsidRDefault="00391D28" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -988,51 +1128,61 @@
       <w:r w:rsidR="006E251B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">es primordial la </w:t>
       </w:r>
       <w:r w:rsidR="001B0365" w:rsidRPr="001B0365">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>visib</w:t>
       </w:r>
       <w:r w:rsidR="006E251B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ilización de otras</w:t>
+        <w:t xml:space="preserve">ilización </w:t>
+      </w:r>
+      <w:r w:rsidR="006E251B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de otras</w:t>
       </w:r>
       <w:r w:rsidR="001B0365" w:rsidRPr="001B0365">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> formas en que emerge y se vive la infancia, desde </w:t>
       </w:r>
       <w:r w:rsidR="006E251B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">otras </w:t>
       </w:r>
       <w:r w:rsidR="001B0365" w:rsidRPr="001B0365">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1178,51 +1328,50 @@
     </w:p>
     <w:p w14:paraId="50B0C3FE" w14:textId="50378395" w:rsidR="00127353" w:rsidRPr="00391D28" w:rsidRDefault="00127353" w:rsidP="00391D28">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="170A9B22" w14:textId="2C59C511" w:rsidR="0019355A" w:rsidRPr="005330B3" w:rsidRDefault="0019355A" w:rsidP="00391D28">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0019355A">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">In the literature reviewed from regional studies, the scarcity of studies on and with childhoods is observed, primarily with those from historical spaces and native cultures. Therefore, this essay aims to place a view of childhood in the theoretical reality of regional studies through an interdisciplinary analysis of the reality from which it is regionalized. The methodology used was a bibliographic review of scientific articles and academic texts that allowed us to build the genealogy of infancy, childhood and children, as primary concepts in the research. The results obtained are presented through the conceptualization of the study region, </w:t>
@@ -1489,2215 +1638,2367 @@
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>observa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>escassez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>estudos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e com as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>infâncias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>principalmente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, com </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aquelas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>infâncias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>oriundas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>espaços</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>históricos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>culturas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nativas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Portanto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>objetivo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>deste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ensaio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> é </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>situar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>visão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>infância</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>realidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teórica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>estudos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>regionais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>meio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>análise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>interdisciplinar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>realidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>partir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da qual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ela</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> é </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>regionalizada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>metodologia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>utilizada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>foi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>revisão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bibliográfica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>artigos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>científicos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>textos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>acadêmicos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>permitiu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>construir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>genealogia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>infância</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>infância</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>crianças</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>conceitos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>primários</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pesquisa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Os</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>resultados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>obtidos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>são</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>apresentados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>através</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>conceituação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>região</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>estudo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>estudos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>regionais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>estão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vinculados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>desenvolvimento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sociocultural e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>econômico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>relação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> com </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fenômenos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>globais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mesma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> forma, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>são</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>apresentadas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>diversas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>visões</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>disciplinares</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sujeito</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>habita</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>infância</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>infância</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>criança</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Conclui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve">-se </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> é fundamental </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tornar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>visíveis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>outras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> formas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>escassez</w:t>
+        <w:t>infância</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> emerge e é </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vivenciada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>partir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>estudos</w:t>
+        <w:t>outras</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>sobre</w:t>
+        <w:t>perspectivas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e com as </w:t>
+        <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>infâncias</w:t>
+        <w:t>culturas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">, fora da </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>principalmente</w:t>
+        <w:t>perspectiva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, com </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>aquelas</w:t>
+        <w:t>hegemônica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>infâncias</w:t>
+        <w:t>ocidental</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> e da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>concepção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00391D28">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>oriundas</w:t>
+        <w:t>centrada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve"> no </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>espaços</w:t>
+        <w:t>adulto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1939 lines deleted...]
-        <w:t xml:space="preserve"> centrada no adulto.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42A8CC22" w14:textId="599DEADB" w:rsidR="00391D28" w:rsidRDefault="00391D28" w:rsidP="00391D28">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Palavras</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">-chave: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Infância</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -3899,51 +4200,50 @@
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CCC6505" w14:textId="56BCEF07" w:rsidR="00DB73A8" w:rsidRPr="004C40C2" w:rsidRDefault="00DB73A8" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00333D48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="684C3C91" w14:textId="659BFFE6" w:rsidR="00181695" w:rsidRPr="004C40C2" w:rsidRDefault="00181695" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El presente ensayo tiene como propósito ser un espacio de abordaje sobre </w:t>
       </w:r>
       <w:r w:rsidR="00A969B2" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -4415,51 +4715,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Desde Pons y Chacón (2017) se regionaliza a partir de promover el debate sobre los elementos sociales, históricos, culturales, económicos, entre otros, que intervienen en la definición de lo regional, así como los vínculos de ésta con la noción de globalidad. Por lo tanto, una de las mayores dificultades que enfrenta el investigador para construir su región de estudio tiene que ver con la ambivalencia que presenta la región en tanto permanencia (acotada a un espacio-tiempo) y cambio (re-construida permanentem</w:t>
       </w:r>
       <w:r w:rsidR="00DB73A8" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ente a través de las interacciones</w:t>
       </w:r>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de quienes la habitan); así como la existencia de elementos comunes u homogéneos que la diferencian y la hacen especial (distinguible de lo que es exterior o queda fuera de ella) para el investigador quien, sin embargo, no puede entenderla sino a partir de aquello que ocurre en ese exterior y la constituye como tal.</w:t>
+        <w:t xml:space="preserve"> de quienes la habitan); así como la existencia de elementos comunes u homogéneos que la diferencian y la hacen especial (distinguible de lo que es exterior o queda </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C40C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>fuera de ella) para el investigador quien, sin embargo, no puede entenderla sino a partir de aquello que ocurre en ese exterior y la constituye como tal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DFF9188" w14:textId="77777777" w:rsidR="00D33505" w:rsidRPr="004C40C2" w:rsidRDefault="00DB73A8" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Para este trabajo c</w:t>
       </w:r>
       <w:r w:rsidR="00D33505" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4490,60 +4799,51 @@
         </w:rPr>
         <w:t>sta o tradicional (geográfica); para ello, r</w:t>
       </w:r>
       <w:r w:rsidR="00E07BEE" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">etomo de </w:t>
       </w:r>
       <w:r w:rsidR="00D33505" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bourdieu</w:t>
       </w:r>
       <w:r w:rsidR="00E07BEE" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (1999) el </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">planteamiento sobre </w:t>
+        <w:t xml:space="preserve"> (1999) el planteamiento sobre </w:t>
       </w:r>
       <w:r w:rsidR="00D33505" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la importancia de</w:t>
       </w:r>
       <w:r w:rsidR="00D33505" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> las preferencias y gustos de los agentes (actividades deportivas, preferencias culinarias, bebidas embriagantes, etc.) </w:t>
       </w:r>
@@ -4928,50 +5228,51 @@
       <w:r w:rsidR="007C0034" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>niños y niñas, tomando en cuenta su voz y respetando la mirada de éstos sobre cómo conciben la infancia que viven.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58B29E2C" w14:textId="254936CD" w:rsidR="007C0034" w:rsidRPr="004C40C2" w:rsidRDefault="007C0034" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Dicho proyecto retoma elementos de</w:t>
       </w:r>
       <w:r w:rsidR="00065F5B" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">l psicoanálisis, de </w:t>
       </w:r>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">la antropología </w:t>
       </w:r>
       <w:r w:rsidR="00065F5B" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">y </w:t>
@@ -5028,61 +5329,51 @@
         <w:t xml:space="preserve">García Canclini (1999), </w:t>
       </w:r>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">señala que </w:t>
       </w:r>
       <w:r w:rsidR="007C0034" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aunque  existe una historia más o menos común en América Latina, que nos habilita para hablar de un </w:t>
       </w:r>
       <w:r w:rsidR="007C0034" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">espacio </w:t>
-[...9 lines deleted...]
-        <w:t>cultural latinoamericano</w:t>
+        <w:t>espacio cultural latinoamericano</w:t>
       </w:r>
       <w:r w:rsidR="007C0034" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en el que coexisten muchas identidades, se admite en esta investigación que la mir</w:t>
       </w:r>
       <w:r w:rsidR="006F1338" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ada de abordaje desde lo </w:t>
       </w:r>
       <w:r w:rsidR="007C0034" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tzotzil </w:t>
       </w:r>
@@ -5374,50 +5665,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> En el contexto de la investigación, el municipio, a través de agrupaciones de productores, han logrado despuntar en la producción de flores, siendo Zinacantán uno de los mayores en el estado de Chiapas. Así se puede observar que esta actividad económica es parte fundamental de la vida de los hombres zinacantecos,</w:t>
       </w:r>
       <w:r w:rsidR="00A65E0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> principalmente,</w:t>
       </w:r>
       <w:r w:rsidR="00900CEF" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> así como de los niños y niñas del lugar, ya que </w:t>
       </w:r>
       <w:r w:rsidR="000A4B28" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>alrededor de los 10 a</w:t>
       </w:r>
       <w:r w:rsidR="00900CEF" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> los 12 años los niños adquieren el papel de </w:t>
       </w:r>
       <w:r w:rsidR="00900CEF" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cooperante</w:t>
       </w:r>
       <w:r w:rsidR="001312CC" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5488,51 +5780,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> las fronteras que marcan el espacio-tiempo de actuación de aquellos actores involucrados en el problema que se aborda, pero sin olvidar los nexos que existen entre éste y el exterior que lo constituye como tal al momento en el cual se investiga (Pons y Chacón, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2812652B" w14:textId="77777777" w:rsidR="00A746E1" w:rsidRPr="00391D28" w:rsidRDefault="00555499" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>La r</w:t>
       </w:r>
       <w:r w:rsidR="00A746E1" w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">egión y </w:t>
       </w:r>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>los fenómenos globales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64BFD87E" w14:textId="54CC74B7" w:rsidR="00F91EA2" w:rsidRPr="004C40C2" w:rsidRDefault="009A283F" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -5836,51 +6127,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BD113EB" w14:textId="2588E13C" w:rsidR="00A746E1" w:rsidRPr="00391D28" w:rsidRDefault="00555499" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Construcción de l</w:t>
       </w:r>
       <w:r w:rsidR="00A746E1" w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>a región de estudio</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BCDE28F" w14:textId="0D6091C9" w:rsidR="00021087" w:rsidRPr="004C40C2" w:rsidRDefault="00021087" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6124,50 +6414,51 @@
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Roja Paz y Lora (2008) señalan este siglo como el descubrimiento auténtico de la infancia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446C117C" w14:textId="74EC1CC7" w:rsidR="009A283F" w:rsidRPr="004C40C2" w:rsidRDefault="00DB4AFB" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Desde </w:t>
       </w:r>
       <w:r w:rsidR="009A283F" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la teoría psicoana</w:t>
       </w:r>
       <w:r w:rsidR="00673F01" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lítica, para Freud es mediante </w:t>
       </w:r>
       <w:r w:rsidR="009A283F" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>el Edipo que se traza el límite más seguro entre el niño y el adulto, a través de los reordenamientos estructurales del periodo de latencia y de la pubertad. El niño al ser objeto de deseo de la madre logra instalarse en la subjetividad de ésta, por lo tanto, desde esta teoría el sustento respecto al infante es que sólo a través del deseo del Otro el bebé tendrá la posibilidad de ser (Roja Paz y Lora, 2008).</w:t>
@@ -6207,60 +6498,51 @@
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>estudiada desde diferentes abordajes teóricos, relacionad</w:t>
       </w:r>
       <w:r w:rsidR="00805B7E" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">os en su mayoría al concepto de </w:t>
       </w:r>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">infancia evolutiva, entre estos </w:t>
-[...8 lines deleted...]
-        <w:t>abordajes se encuentra Jean</w:t>
+        <w:t>infancia evolutiva, entre estos abordajes se encuentra Jean</w:t>
       </w:r>
       <w:r w:rsidR="00805B7E" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Piaget quien construye un modo </w:t>
       </w:r>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">particular </w:t>
       </w:r>
       <w:r w:rsidR="00A54C5C" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de abordar la temática del niño</w:t>
       </w:r>
@@ -6604,51 +6886,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Desde la concepción adultocéntrica se conceptualiza que a través de la cultura matri – patriarcal los niñas y niñas se encuentran bajo el control de varones y mujeres adultos, que los determinan, que los reducen a ser súbditos y no actores sociales (Cussiánovich, 2009). Los diversos estudios actuales sobre la infancia en América Latina</w:t>
       </w:r>
       <w:r w:rsidR="00A369E5" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> permiten exponer a la infancia como categoría de análisis con acciones sociales por sí misma. </w:t>
       </w:r>
       <w:r w:rsidR="00B10045" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>En la Tabla 1 se presentan las conceptualizaciones sobre la infancia y la niñez desde diversas disciplinas, como la Sociología, la Antropología, la Pedagogía, el Derecho y el Psicoanálisis. Estas posturas ofrecen aportes relevantes a la investigación sobre la temática a estudiar. Asimismo, se organizan de acuerdo al enfoque sobre niñez o infancia desde el que se posicionan los autores en la investigación:</w:t>
+        <w:t xml:space="preserve">En la Tabla 1 se presentan las conceptualizaciones sobre la infancia y la niñez desde diversas disciplinas, como la Sociología, la Antropología, la Pedagogía, el Derecho y el Psicoanálisis. Estas </w:t>
+      </w:r>
+      <w:r w:rsidR="00B10045" w:rsidRPr="004C40C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>posturas ofrecen aportes relevantes a la investigación sobre la temática a estudiar. Asimismo, se organizan de acuerdo al enfoque sobre niñez o infancia desde el que se posicionan los autores en la investigación:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EBF401E" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="004C40C2" w:rsidRDefault="00B10045" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6735,51 +7026,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>El niño como producto sociohistórico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="498946E3" w14:textId="77777777" w:rsidR="00C21C75" w:rsidRPr="004C40C2" w:rsidRDefault="00B10045" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>El niño como participante social.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32713F1E" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="004C40C2" w:rsidRDefault="00B10045" w:rsidP="00B10045">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D8F34C5" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="004C40C2" w:rsidRDefault="00B10045" w:rsidP="00B10045">
       <w:pPr>
@@ -6824,51 +7114,50 @@
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2019"/>
         <w:gridCol w:w="1536"/>
         <w:gridCol w:w="1550"/>
         <w:gridCol w:w="3723"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="1DD38570" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39E83F5C" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -7003,51 +7292,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>APORTE A LA INVESTIGACIÓN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="411DEC63" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D7C532A" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk161770095"/>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Skliar, C. (2012). La infancia, la niñez, las interrupciones.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="358F4FB2" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
@@ -7099,51 +7387,50 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>. 15, pp. 67-81.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55F1268C" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Infancia</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F609C42" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -7168,101 +7455,99 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Escuela </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27B7DFD2" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociología </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54124FA8" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pedagogía </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D86CE19" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="405" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>El tiempo de los niños no es lineal, sobre todo para ellos mismos.</w:t>
             </w:r>
@@ -7590,76 +7875,76 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Los datos muestran, además, un patrón de desigualdad en perjuicio de la niñez indígena, dado que son más acuciantes en la pobreza extrema: la privación severa en el acceso a la educación, al agua potable y a la vivienda es tres veces mayor que la del resto de los niños. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="66294021" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="181"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D3C878F" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>EL NIÑO COMO ACTOR SOCIAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="6E3EF54F" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="578E2141" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:rPr>
@@ -7768,51 +8053,50 @@
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>APORTE A LA INVESTIGACIÓN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="3A99A894" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0055CFD0" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pavez S., I. (2012). Sociología de la Infancia: las niñas y los niños como actores sociales. </w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7823,51 +8107,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Revista de Sociología</w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, Nº 27, pp. 81-102.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="771218A1" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sociología</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C47CFEE" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -7914,173 +8197,169 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Acción social</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="078526F7" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sociología de la infancia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A347FAA" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="264" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">La niñez es una categoría permanente en nuestras sociedades –aunque sus miembros se renueven constantemente– y como un fenómeno socialmente construido y variable en términos históricos. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B125D7E" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="264" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Las niñas y los niños son actores sociales que participan de diversas maneras en la vida social, aunque de forma diferente a las personas adultas, tal vez por eso no siempre su acción social es visible para toda la sociedad.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="0884FBBF" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33E50EB5" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Sanabria, J. (2011). Dibujo infantil y comprensión escénica: análisis crítico hermenéutico desde un enfoque psicoanalítico. </w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Actualidades en Psicología,</w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No. 25, pág. 135 – 162.</w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
@@ -8310,51 +8589,50 @@
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Estas habilidades están involucradas tanto en los procesos de la individuación como en la adquisición de referentes culturales. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="6FCC9B1D" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70BA9005" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Núñez, K.; Baronnet, B. (2017). Infancias indígenas y construcción de identidades. </w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8365,51 +8643,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Argumentos</w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, vol. 30, núm. 84, pp. 17-36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40341484" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Infancia</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2903D9CE" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -8486,101 +8763,99 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Chiapas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1168505C" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sociología</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69DF985C" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Antropología </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41E4F171" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="264" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>En este artículo se analiza el contexto escolar y político en el que se dan los procesos de construcción identitaria de niñas y niños en dos comunidades identificadas como indígenas, a partir de la articulación de los conceptos de comunidad indígena, identidad y cultura.</w:t>
             </w:r>
@@ -8652,146 +8927,143 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>EL NIÑO COMO CO-INVESTIGADOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="150A6AE0" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30078257" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>REFERENCIA APA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B200FA9" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PALABRAS CLAVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="080587E3" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DISCIPLINA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="573AB980" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>APORTE A LA INVESTIGACIÓN</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02EB3986" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -8817,51 +9089,50 @@
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BB2D8C3" w14:textId="03B17EE2" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Argos, J.; Ezquerra, M. P.; Castro Zubizarreta, A. (20</w:t>
             </w:r>
             <w:r w:rsidR="009771CB" w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>). Escuchando la voz de la infancia en los procesos de cambio e investigación educativos.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="273282F7" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
@@ -9135,51 +9406,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escuchar la voz del niño en la investigación, amplía la visión que el investigador tiene de la realidad educativa, teniendo en cuenta que siempre ha sido una voz silenciada frente a la visión y perspectiva hegemónica de los agentes educativos adultos, tanto familiares como escolares.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="244055D4" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="181"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="704F1DBE" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">García, M.; Hecht, A. C.; Enriz, N. (2015). Crianza y niñez en dos comunidades indígenas de la Argentina (qom y mbyá). </w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9190,51 +9460,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cuicuilco</w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, vol. 22, núm. 64, pp. 185-201.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2634E980" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Niñez</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56EEA77E" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -9341,101 +9610,99 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Saberes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FA47C2F" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Antropología </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="443D0A50" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Etnografía </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74C186D6" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="264" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">La antropología en Sudamérica ha detectado diversos modos de ser niño y niña, para facilitar la ruptura con los modelos monolíticos de abordaje de la niñez. </w:t>
             </w:r>
@@ -9532,147 +9799,143 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>EL NIÑO COMO PRODUCTO SOCIOHISTÓRICO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="4E8421ED" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="160A2389" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>REFERENCIA APA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E020521" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PALABRAS CLAVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E8B8BF8" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DISCIPLINA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A857FC9" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>APORTES A LA INVESTIGACIÓN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="2DE403E3" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -9687,62 +9950,52 @@
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E166E1E" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maneiro, R. (2011). Un recorrido por el significante </w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Infancia. </w:t>
+              <w:t xml:space="preserve">Maneiro, R. (2011). Un recorrido por el significante Infancia. </w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Perspectivas en Psicología: Revista de Psicología y Ciencias Afines</w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, vol. 8, núm. 2, pp. 95-100</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D8B59C0" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
@@ -9762,51 +10015,50 @@
             <w:tcW w:w="1328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65FF0752" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Infancia </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03C8B646" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46055AF8" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
@@ -9823,51 +10075,50 @@
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7CA1616C" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Complejo Tutelar</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="562376C7" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="29908497" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
@@ -9885,51 +10136,50 @@
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="283B5598" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Derecho </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="074F7FAA" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Psicoanálisis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -9967,51 +10217,50 @@
               <w:t>La Infancia es y será un significante siempre en falta de significación.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51AA8126" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="264" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Podríamos pensar que la concepción actual de la infancia, no es natural o dada. Tal como sucede con otras elaboraciones de la cultura, deviene de un proceso histórico que la fue configurando.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15297768" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="264" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -10037,72 +10286,70 @@
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>La infancia es una construcción moderna, que fue pensada para la producción homogénea de un futuro ciudadano inocente y frágil que aún no es sujeto de conciencia y que tiene que ser tutelado, pues allí, en el origen, está contemplado el desarrollo posterior.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="1C4B380F" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F75E6EC" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Rojas Paz, X. G.; Lora, M.  E. (2008). El niño como sujeto desde el psicoanálisis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09289BD8" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ajayu. Órgano de Difusión Científica del Departamento de Psicología de la Universidad</w:t>
@@ -10129,51 +10376,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Católica Boliviana "San Pablo"</w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, vol. 6, núm. 2, pp. 231-247</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="792DCF30" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Infancia </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D726E87" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -10190,82 +10436,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Niño </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FA01F27" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Psicoanálisis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CD7F755" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="405" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">La categoría infancia es una representación colectiva, producto de formas de relación social concretas, es decir, tiene un carácter socio – histórico. </w:t>
             </w:r>
@@ -10337,147 +10581,143 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>EL NIÑO COMO PARTICIPANTE SOCIAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="0F3DE965" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="223"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76F559F4" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>REFERENCIA APA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D88DA3B" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PALABRAS CLAVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4628D530" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DISCIPLINA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27875E6B" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>APORTES A LA INVESTIGACIÓN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10045" w:rsidRPr="00391D28" w14:paraId="2D7CE240" w14:textId="77777777" w:rsidTr="00391D28">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -10492,62 +10732,52 @@
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="552F75D9" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contreras, C. G. &amp; Pérez, A. J. (2011). </w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Participación invisible: niñez y prácticas participativas emergentes. </w:t>
+              <w:t xml:space="preserve">Contreras, C. G. &amp; Pérez, A. J. (2011). Participación invisible: niñez y prácticas participativas emergentes. </w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Revista Latinoamericana de Ciencias Sociales, Niñez y Juventud</w:t>
             </w:r>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, 2 (9), pp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18C8DB7A" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
@@ -10577,51 +10807,50 @@
             <w:tcW w:w="1328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C98A265" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> Niñez</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="369AFD0B" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="72EA6EAD" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
@@ -10699,98 +10928,88 @@
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BF88DD4" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Derecho </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5965B131" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:ind w:left="405" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Niños y niñas participan para poder posicionarse como protagonistas de sus propias </w:t>
-[...8 lines deleted...]
-              <w:t>vidas y sociedad. En este sentido, es necesario resaltar que de los mismos niños y niñas nacen propuestas de trabajo y desafíos a cumplir en torno a la participación.</w:t>
+              <w:t>Niños y niñas participan para poder posicionarse como protagonistas de sus propias vidas y sociedad. En este sentido, es necesario resaltar que de los mismos niños y niñas nacen propuestas de trabajo y desafíos a cumplir en torno a la participación.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D4B80F7" w14:textId="77777777" w:rsidR="00B10045" w:rsidRPr="00391D28" w:rsidRDefault="00B10045" w:rsidP="005C1BE5">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:ind w:left="405" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00391D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>La niñez es una construcción intersubjetiva que se ha erigido a partir de diversos fenómenos sociales, entre ellos la industrialización, la capatitalización de la economía y hoy en día las filosofías postmodernas (Giberti, 1998).</w:t>
@@ -10818,51 +11037,50 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las categorías sociales de niñez se construyen en la interrelación niñez - adulto que hoy conocemos, y dependerá de todos los actores sociales.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2B008B17" w14:textId="07B28A7D" w:rsidR="00A369E5" w:rsidRDefault="00391D28" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Fuente</w:t>
       </w:r>
       <w:r w:rsidR="00B10045" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="729653C5" w14:textId="77777777" w:rsidR="00391D28" w:rsidRPr="004C40C2" w:rsidRDefault="00391D28" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EE4C307" w14:textId="1B79D44E" w:rsidR="00C76F70" w:rsidRPr="00C31967" w:rsidRDefault="00A746E1" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -11150,84 +11368,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> la infancia </w:t>
       </w:r>
       <w:r w:rsidR="006E62EC" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tzotzil zinacanteca</w:t>
       </w:r>
       <w:r w:rsidR="00A369E5" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B80DE9" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en los diversos espacios de interacción (espacio – tiempo), desde sus miradas, sus cuerpos, sus voces</w:t>
+        <w:t xml:space="preserve"> en los diversos espacios de interacción </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80DE9" w:rsidRPr="004C40C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(espacio – tiempo), desde sus miradas, sus cuerpos, sus voces</w:t>
       </w:r>
       <w:r w:rsidR="00293F73" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y sus silencios</w:t>
       </w:r>
       <w:r w:rsidR="00B80DE9" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A369E5" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> como otras </w:t>
-[...8 lines deleted...]
-        <w:t>formas de vivir la niñez fuera de la perspectiva hegemónica occidental</w:t>
+        <w:t xml:space="preserve"> como otras formas de vivir la niñez fuera de la perspectiva hegemónica occidental</w:t>
       </w:r>
       <w:r w:rsidR="00067DC9" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y de la concepción </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00067DC9" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>adultocéntrica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A369E5" w:rsidRPr="004C40C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11668,51 +11886,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17B4D5DD" w14:textId="3757434A" w:rsidR="000A2DB8" w:rsidRPr="00391D28" w:rsidRDefault="00470459" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0481B4D7" w14:textId="07662256" w:rsidR="00C132C6" w:rsidRPr="00905013" w:rsidRDefault="00C132C6" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009771CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Argos, J.</w:t>
       </w:r>
       <w:r w:rsidR="00905013" w:rsidRPr="009771CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12172,71 +12389,71 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cuicuilco</w:t>
       </w:r>
       <w:r w:rsidRPr="00905013">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, vol. 22, núm. 64, pp. 185-201.</w:t>
       </w:r>
       <w:r w:rsidR="0008209F" w:rsidRPr="0008209F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0008209F" w:rsidRPr="0008209F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>https://www.scielo.org.mx/scielo.php?pid=S0185-16592015000300010&amp;script=sci_abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DCB0FCC" w14:textId="5461E202" w:rsidR="00004728" w:rsidRPr="00905013" w:rsidRDefault="00536ECB" w:rsidP="00391D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00905013">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Giddens, A. (1995). </w:t>
       </w:r>
       <w:r w:rsidR="00004728" w:rsidRPr="00905013">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tiempo</w:t>
       </w:r>
       <w:r w:rsidRPr="00905013">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, espacio y regionalización en l</w:t>
       </w:r>
       <w:r w:rsidR="00004728" w:rsidRPr="00905013">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a constitución de la sociedad. Buenos Aires: Amorrortu. Pág. 143 – 190.</w:t>
@@ -12731,92 +12948,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Vol. 26, no. 79, P. 47-65.</w:t>
       </w:r>
       <w:r w:rsidR="00473BF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00473BF1" w:rsidRPr="00473BF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>https://www.scielo.cl/scielo.php?script=sci_arttext&amp;pid=S0250-71612000007900003</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00004728" w:rsidRPr="004C40C2" w:rsidSect="00597C6B">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1135" w:right="1701" w:bottom="568" w:left="1701" w:header="142" w:footer="117" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17D6BA37" w14:textId="77777777" w:rsidR="00597C6B" w:rsidRDefault="00597C6B" w:rsidP="005624DB">
+    <w:p w14:paraId="7372B05D" w14:textId="77777777" w:rsidR="000064A7" w:rsidRDefault="000064A7" w:rsidP="005624DB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11A0BA3B" w14:textId="77777777" w:rsidR="00597C6B" w:rsidRDefault="00597C6B" w:rsidP="005624DB">
+    <w:p w14:paraId="1557B450" w14:textId="77777777" w:rsidR="000064A7" w:rsidRDefault="000064A7" w:rsidP="005624DB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -12826,51 +13043,51 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D83F897" w14:textId="14F91906" w:rsidR="000C6D05" w:rsidRDefault="000C6D05">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6AE46CA1" w14:textId="584F012B" w:rsidR="000C6D05" w:rsidRDefault="00391D28" w:rsidP="00391D28">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
@@ -12892,76 +13109,116 @@
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">                   Enero – Junio 202</w:t>
+      <w:t xml:space="preserve">                   </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E62DCD6" w14:textId="364DD187" w:rsidR="00391D28" w:rsidRDefault="00391D28" w:rsidP="00391D28">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
@@ -12977,88 +13234,128 @@
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">                   Enero – Junio 202</w:t>
+      <w:t xml:space="preserve">                   </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BB0C769" w14:textId="77777777" w:rsidR="00597C6B" w:rsidRDefault="00597C6B" w:rsidP="005624DB">
+    <w:p w14:paraId="26BF0441" w14:textId="77777777" w:rsidR="000064A7" w:rsidRDefault="000064A7" w:rsidP="005624DB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="429CADE8" w14:textId="77777777" w:rsidR="00597C6B" w:rsidRDefault="00597C6B" w:rsidP="005624DB">
+    <w:p w14:paraId="38A5CA18" w14:textId="77777777" w:rsidR="000064A7" w:rsidRDefault="000064A7" w:rsidP="005624DB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="348BC1D0" w14:textId="0AA690B8" w:rsidR="00CD496D" w:rsidRPr="00391D28" w:rsidRDefault="00CD496D" w:rsidP="00391D28">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -13172,51 +13469,51 @@
         </w:rPr>
         <w:t>a. El primero hace referencia a todos los otros que conforman el contexto donde vive el sujeto;</w:t>
       </w:r>
       <w:r w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mientras que e</w:t>
       </w:r>
       <w:r w:rsidR="006A14D9" w:rsidRPr="00391D28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l segundo concepto se refiere al Otro primordial, a aquel que con su presencia deja huellas en el sujeto, a través de su demanda y Deseo.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="62712D47" w14:textId="58F165D0" w:rsidR="00391D28" w:rsidRDefault="00391D28" w:rsidP="00391D28">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5245"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FDBBCEC" wp14:editId="5612A6F0">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="1052384821" name="Imagen 1052384821"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
@@ -13227,102 +13524,102 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="02CB6207" w14:textId="585DCAC9" w:rsidR="00391D28" w:rsidRDefault="00391D28">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21396EA4" wp14:editId="3721CFD1">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="109094996" name="Imagen 109094996"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03AD36FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA621E84"/>
     <w:lvl w:ilvl="0" w:tplc="080A000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15426,82 +15723,83 @@
   <w:num w:numId="14" w16cid:durableId="448742495">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="609899606">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1735273815">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="643970367">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1441686714">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="867528910">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1771856137">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00522346"/>
     <w:rsid w:val="00003BC4"/>
     <w:rsid w:val="00003FC5"/>
     <w:rsid w:val="00004728"/>
     <w:rsid w:val="0000519B"/>
     <w:rsid w:val="0000534F"/>
+    <w:rsid w:val="000064A7"/>
     <w:rsid w:val="00010BCB"/>
     <w:rsid w:val="00012E30"/>
     <w:rsid w:val="00014CA1"/>
     <w:rsid w:val="000151E3"/>
     <w:rsid w:val="00021087"/>
     <w:rsid w:val="0003066D"/>
     <w:rsid w:val="00033B01"/>
     <w:rsid w:val="00033FC9"/>
     <w:rsid w:val="00037B3D"/>
     <w:rsid w:val="00037E7E"/>
     <w:rsid w:val="000433B1"/>
     <w:rsid w:val="000471D9"/>
     <w:rsid w:val="00053A1F"/>
     <w:rsid w:val="00060AD5"/>
     <w:rsid w:val="0006338F"/>
     <w:rsid w:val="000645CF"/>
     <w:rsid w:val="00065F5B"/>
     <w:rsid w:val="00067DC9"/>
     <w:rsid w:val="00071028"/>
     <w:rsid w:val="0008209F"/>
     <w:rsid w:val="000824A0"/>
     <w:rsid w:val="00082AD0"/>
     <w:rsid w:val="00086EA0"/>
     <w:rsid w:val="00091775"/>
     <w:rsid w:val="000926D8"/>
@@ -15634,50 +15932,51 @@
     <w:rsid w:val="00342356"/>
     <w:rsid w:val="00342496"/>
     <w:rsid w:val="00344698"/>
     <w:rsid w:val="003471A7"/>
     <w:rsid w:val="003475CE"/>
     <w:rsid w:val="00351315"/>
     <w:rsid w:val="00351E90"/>
     <w:rsid w:val="00355BCF"/>
     <w:rsid w:val="00355C4C"/>
     <w:rsid w:val="00362BAF"/>
     <w:rsid w:val="0036456D"/>
     <w:rsid w:val="00364B02"/>
     <w:rsid w:val="003651E6"/>
     <w:rsid w:val="00373058"/>
     <w:rsid w:val="003740A7"/>
     <w:rsid w:val="00376EE7"/>
     <w:rsid w:val="00384CB9"/>
     <w:rsid w:val="00386221"/>
     <w:rsid w:val="0038784B"/>
     <w:rsid w:val="00391D28"/>
     <w:rsid w:val="0039533F"/>
     <w:rsid w:val="003962FB"/>
     <w:rsid w:val="00396A4C"/>
     <w:rsid w:val="00397A4F"/>
     <w:rsid w:val="003A0201"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A3C56"/>
     <w:rsid w:val="003A3C58"/>
     <w:rsid w:val="003A78A2"/>
     <w:rsid w:val="003B57FF"/>
     <w:rsid w:val="003C16EB"/>
     <w:rsid w:val="003C311A"/>
     <w:rsid w:val="003C7B2D"/>
     <w:rsid w:val="003D3549"/>
     <w:rsid w:val="003D713B"/>
     <w:rsid w:val="003F04A3"/>
     <w:rsid w:val="003F17BB"/>
     <w:rsid w:val="003F6879"/>
     <w:rsid w:val="004001EB"/>
     <w:rsid w:val="00405B37"/>
     <w:rsid w:val="00414E0A"/>
     <w:rsid w:val="00415F72"/>
     <w:rsid w:val="0042006F"/>
     <w:rsid w:val="004312E5"/>
     <w:rsid w:val="00433F99"/>
     <w:rsid w:val="00435C0C"/>
     <w:rsid w:val="004366D3"/>
     <w:rsid w:val="004379E5"/>
     <w:rsid w:val="00447100"/>
     <w:rsid w:val="00457CC2"/>
     <w:rsid w:val="004604D5"/>
@@ -16125,50 +16424,51 @@
     <w:rsid w:val="00E2089F"/>
     <w:rsid w:val="00E26D10"/>
     <w:rsid w:val="00E27A0C"/>
     <w:rsid w:val="00E3069B"/>
     <w:rsid w:val="00E30EE5"/>
     <w:rsid w:val="00E3167B"/>
     <w:rsid w:val="00E31FA7"/>
     <w:rsid w:val="00E35F43"/>
     <w:rsid w:val="00E36422"/>
     <w:rsid w:val="00E418AE"/>
     <w:rsid w:val="00E4250F"/>
     <w:rsid w:val="00E436D8"/>
     <w:rsid w:val="00E44079"/>
     <w:rsid w:val="00E604DE"/>
     <w:rsid w:val="00E6300C"/>
     <w:rsid w:val="00E7337B"/>
     <w:rsid w:val="00E90D72"/>
     <w:rsid w:val="00E96C50"/>
     <w:rsid w:val="00E97E78"/>
     <w:rsid w:val="00EA18D4"/>
     <w:rsid w:val="00EA56E8"/>
     <w:rsid w:val="00EA6BDF"/>
     <w:rsid w:val="00EB152A"/>
     <w:rsid w:val="00EB3B0D"/>
     <w:rsid w:val="00EB4728"/>
+    <w:rsid w:val="00EB6DFD"/>
     <w:rsid w:val="00EC3016"/>
     <w:rsid w:val="00ED41CF"/>
     <w:rsid w:val="00ED4231"/>
     <w:rsid w:val="00ED6616"/>
     <w:rsid w:val="00ED6C85"/>
     <w:rsid w:val="00ED6E22"/>
     <w:rsid w:val="00EE33E3"/>
     <w:rsid w:val="00EF3F87"/>
     <w:rsid w:val="00EF5EA4"/>
     <w:rsid w:val="00EF7338"/>
     <w:rsid w:val="00F0320F"/>
     <w:rsid w:val="00F2118D"/>
     <w:rsid w:val="00F22C37"/>
     <w:rsid w:val="00F277BC"/>
     <w:rsid w:val="00F31846"/>
     <w:rsid w:val="00F3756C"/>
     <w:rsid w:val="00F40F45"/>
     <w:rsid w:val="00F41899"/>
     <w:rsid w:val="00F41D4E"/>
     <w:rsid w:val="00F45ACA"/>
     <w:rsid w:val="00F461BF"/>
     <w:rsid w:val="00F572E7"/>
     <w:rsid w:val="00F57576"/>
     <w:rsid w:val="00F62F71"/>
     <w:rsid w:val="00F63E13"/>
@@ -16201,51 +16501,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7D9562AA"/>
   <w15:docId w15:val="{6988363B-BA34-4802-9293-860EDCD864E8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16602,51 +16902,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
@@ -17058,51 +17357,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLconformatoprevioCar">
     <w:name w:val="HTML con formato previo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="HTMLconformatoprevio"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00391D28"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="172846131">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1049258412">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="EBEBEB"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -17247,51 +17546,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1127773273">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i21.913" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -17587,67 +17886,67 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B732CDBB-5F96-4C4E-9C19-CED4AA2908BC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>5618</Words>
-  <Characters>30899</Characters>
+  <Words>5633</Words>
+  <Characters>30985</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>257</Lines>
-  <Paragraphs>72</Paragraphs>
+  <Lines>258</Lines>
+  <Paragraphs>73</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>UNIVERSIDAD AUTÓNOMA DE CHIAPAS                            DOCTORADO EN ESTUDIOS REGIONALES                 Seminario General de Estudios Regionales</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36445</CharactersWithSpaces>
+  <CharactersWithSpaces>36545</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>UNIVERSIDAD AUTÓNOMA DE CHIAPAS                            DOCTORADO EN ESTUDIOS REGIONALES                 Seminario General de Estudios Regionales</dc:title>
   <dc:creator>GRELDIS GISELDA SANTIAGO G</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>