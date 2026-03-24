--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -9,95 +9,157 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7A49E6D0" w14:textId="0028B2E0" w:rsidR="00CC217C" w:rsidRPr="00A439BC" w:rsidRDefault="00CC217C" w:rsidP="00677DCE">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52E4EDB2" w14:textId="6141A4F0" w:rsidR="00CC217C" w:rsidRDefault="00677DCE" w:rsidP="00A439BC">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="23C6F7A7" w14:textId="1A7EA555" w:rsidR="00CD113C" w:rsidRDefault="00CD113C" w:rsidP="00A439BC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD113C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00CD113C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="222222"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i21.915</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="474BF2D5" w14:textId="77777777" w:rsidR="00CD113C" w:rsidRPr="00CD113C" w:rsidRDefault="00CD113C" w:rsidP="00A439BC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="554BE118" w14:textId="56024729" w:rsidR="00677DCE" w:rsidRPr="00701AEE" w:rsidRDefault="00075A70" w:rsidP="00701AEE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC217C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -1455,119 +1517,110 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007838CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Los resultados arrojaron </w:t>
       </w:r>
       <w:r w:rsidR="001B53A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidR="007838CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> especies diferentes de bacilos gramnegativos portadores de </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="007838CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">especies diferentes de bacilos gramnegativos portadores de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007838CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>integrones</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007838CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> clase 1, </w:t>
       </w:r>
       <w:r w:rsidR="005A7EDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mientras que </w:t>
       </w:r>
       <w:r w:rsidR="007838CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">el grupo que predominó </w:t>
       </w:r>
       <w:r w:rsidR="007838CD" w:rsidRPr="00435516">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fueron los bacilos gramnegativos no fermentadores</w:t>
       </w:r>
       <w:r w:rsidR="008375D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...17 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (BGNnF)</w:t>
       </w:r>
       <w:r w:rsidR="00367A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007838CD" w:rsidRPr="00435516">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">y el orden de los </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005A7EDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
@@ -1622,51 +1675,50 @@
         <w:t xml:space="preserve"> una alta prevalencia </w:t>
       </w:r>
       <w:r w:rsidR="007838CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="007838CD" w:rsidRPr="00435516">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dos familias de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007838CD" w:rsidRPr="00435516">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>metalo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007838CD" w:rsidRPr="00435516">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-β-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007838CD" w:rsidRPr="00435516">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lactamasas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00835EE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2459,51 +2511,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24FF5ACD" w14:textId="079DA980" w:rsidR="00066A2A" w:rsidRPr="00066A2A" w:rsidRDefault="00066A2A" w:rsidP="00066A2A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00066A2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Resumo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="734B3F83" w14:textId="77777777" w:rsidR="00066A2A" w:rsidRPr="004C2414" w:rsidRDefault="00066A2A" w:rsidP="00066A2A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
@@ -3767,373 +3818,337 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-negativos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>não</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fermentadores (</w:t>
+        <w:t xml:space="preserve"> fermentadores (BGNnF) e da </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>BGNnF</w:t>
+        <w:t>ordem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">) e da </w:t>
+        <w:t xml:space="preserve"> das </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ordem</w:t>
+        <w:t>enterobacterales</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> das </w:t>
+        <w:t xml:space="preserve">. Da mesma forma, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>enterobacterales</w:t>
+        <w:t>foi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Da mesma forma, </w:t>
+        <w:t xml:space="preserve"> encontrada alta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>foi</w:t>
+        <w:t>prevalência</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> encontrada alta </w:t>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>prevalência</w:t>
+        <w:t>duas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C2414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>famílias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C2414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>duas</w:t>
+        <w:t>metalo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>β</w:t>
+      </w:r>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>famílias</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>lactamases</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C2414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IMP e VIM. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C2414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Metalo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C2414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>β</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C2414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lactamases</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C2414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C2414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>integrons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C2414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>metalo</w:t>
+        <w:t>classe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>foram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>lactamases</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> encontradas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> IMP e VIM. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>distribuídas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Metalo</w:t>
-[...133 lines deleted...]
-        <w:t xml:space="preserve"> serve de suporte para indicar que o problema da </w:t>
+        <w:t xml:space="preserve"> nos cinco continentes. Isto serve de suporte para indicar que o problema da </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>resistência</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4616,67 +4631,78 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00AD19D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="002229DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>iciembre 2023</w:t>
+        <w:t>iciembre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002229DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587EE7E3" w14:textId="6A249A48" w:rsidR="00C02F1D" w:rsidRPr="000420E9" w:rsidRDefault="00000000" w:rsidP="000420E9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="69FA3E8B">
           <v:rect id="_x0000_i1025" alt="" style="width:441.9pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="4706DCAB" w14:textId="197F2B18" w:rsidR="008C1EE6" w:rsidRPr="008C1EE6" w:rsidRDefault="005B4AB0" w:rsidP="000420E9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -4867,51 +4893,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> como</w:t>
       </w:r>
       <w:r w:rsidR="00F509B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00105506">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>secuen</w:t>
       </w:r>
       <w:r w:rsidR="0044213A" w:rsidRPr="0044213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>cias de inserción, transposones</w:t>
+        <w:t xml:space="preserve">cias </w:t>
+      </w:r>
+      <w:r w:rsidR="0044213A" w:rsidRPr="0044213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de inserción, transposones</w:t>
       </w:r>
       <w:r w:rsidR="00EC3898">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, plásmidos</w:t>
       </w:r>
       <w:r w:rsidR="00367A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00105506">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4993,51 +5028,50 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72639DB5" w14:textId="77777777" w:rsidR="005A7EDD" w:rsidRDefault="005A7EDD" w:rsidP="005A7EDD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>En el caso de l</w:t>
       </w:r>
       <w:r w:rsidR="00367A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">os </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00367A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>integrones</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5148,69 +5182,51 @@
         </w:rPr>
         <w:t>células bacterianas</w:t>
       </w:r>
       <w:r w:rsidR="009B05DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la misma especie o inclusive de diferentes géneros</w:t>
       </w:r>
       <w:r w:rsidR="00EC3898">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F5B7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">(Partridge </w:t>
       </w:r>
       <w:r w:rsidR="007F5B7B" w:rsidRPr="009B05DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="007F5B7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2018)</w:t>
       </w:r>
       <w:r w:rsidR="00B92C61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -5623,77 +5639,60 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e han descrito cerca de 130 genes casetes cuya función primordial es conferir resistencia </w:t>
       </w:r>
       <w:r w:rsidR="00F22C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">antibacteriana </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="003775BC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Akrami</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F612E7" w:rsidRPr="00F612E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="003775BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -5926,222 +5925,192 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">y entre estos dos segmentos una </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4E71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">región variable </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00482EE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Osagie</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Osagie </w:t>
+      </w:r>
+      <w:r w:rsidR="00660B0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidR="00660B0D" w:rsidRPr="004C2414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Olalekan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7EDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019).</w:t>
+      </w:r>
+      <w:r w:rsidR="005A7EDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En el extremo 5’ se encuentra el gen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00482EE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...30 lines deleted...]
-      </w:r>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>int</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482EE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2019).</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> que codifica para la enzima</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482EE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> integrasa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">En el extremo 5’ se encuentra el gen </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">miembro de la familia tirosina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>recombinasa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que cataliza la recombinación entre secuencias específicas y su </w:t>
+      </w:r>
       <w:r w:rsidRPr="00482EE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>promotor P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482EE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>int</w:t>
       </w:r>
       <w:r w:rsidRPr="00482EE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>I</w:t>
-[...85 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">I, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">que expresa a la integrasa de manera divergente a los genes capturados, el sitio de recombinación en el </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>integrón</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6763,78 +6732,77 @@
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EE7098D" w14:textId="528B6C93" w:rsidR="00701AEE" w:rsidRPr="00701AEE" w:rsidRDefault="00032564" w:rsidP="00701AEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00701AEE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661317" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39A8B56E" wp14:editId="61F7219C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>120015</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>200595</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5283835" cy="3933225"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1749362759" name="Imagen 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1749362759" name="Imagen 1749362759"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="8857"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5283835" cy="3933225"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
@@ -7434,77 +7402,60 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FB6D3B" w:rsidRPr="00632818">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B92B8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y otras proteobacterias</w:t>
       </w:r>
       <w:r w:rsidRPr="007123F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00FD7AD5" w:rsidRPr="00FD7AD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Akrami</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="007123F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E334B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="007123F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
@@ -8644,60 +8595,58 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oresistencia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00503407" w:rsidRPr="00503407">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (MRI)</w:t>
       </w:r>
       <w:r w:rsidR="00A60C2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A60C2C" w:rsidRPr="00A60C2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Osagie</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A60C2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A60C2C" w:rsidRPr="00A60C2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="00A60C2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2019)</w:t>
       </w:r>
@@ -9429,77 +9378,60 @@
       <w:r w:rsidR="00830DA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, y enzimas modificadoras de aminoglucósidos (AME)</w:t>
       </w:r>
       <w:r w:rsidR="00CD0EFD" w:rsidRPr="00CD0EFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00830DA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00830DA5" w:rsidRPr="00F22C03">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Akrami</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidR="00830DA5" w:rsidRPr="00EB4AA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00830DA5" w:rsidRPr="00EB4AA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="00830DA5" w:rsidRPr="00EB4AA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2019)</w:t>
       </w:r>
@@ -9553,298 +9485,261 @@
         </w:rPr>
         <w:t>ha sido el</w:t>
       </w:r>
       <w:r w:rsidR="00CD0EFD" w:rsidRPr="00C41BAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> transposón Tn402, que consta </w:t>
       </w:r>
       <w:r w:rsidR="00CD0EFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de una secuencia </w:t>
       </w:r>
       <w:r w:rsidR="00CD0EFD" w:rsidRPr="00C41BAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>de 25 pb (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>de 25 pb (IRi), que es una repetición invertida</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB58F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en el extremo izquierdo y </w:t>
+      </w:r>
       <w:r w:rsidR="00CD0EFD" w:rsidRPr="00C41BAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>IRi</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>de otra secuencia (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CD0EFD" w:rsidRPr="00C41BAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>), que es una repetición invertida</w:t>
+        <w:t>IRt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD0EFD" w:rsidRPr="00C41BAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ubicada en el extremo derecho de la mayoría de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD0EFD" w:rsidRPr="00C41BAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>integrones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD0EFD" w:rsidRPr="00C41BAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de clase 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EFD" w:rsidRPr="00CD0EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gillings</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EFD" w:rsidRPr="00CD0EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>et al</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2008). </w:t>
       </w:r>
       <w:r w:rsidR="00EB58F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en el extremo izquierdo y </w:t>
-[...28 lines deleted...]
-      <w:r w:rsidR="00CD0EFD" w:rsidRPr="00C41BAA">
+        <w:t>Dada la movilidad de l</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB58F2" w:rsidRPr="00EB58F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">os </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB58F2" w:rsidRPr="00EB58F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>integrones</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00CD0EFD" w:rsidRPr="00C41BAA">
-[...48 lines deleted...]
-        <w:t xml:space="preserve">, 2008). </w:t>
+      <w:r w:rsidR="00EB58F2" w:rsidRPr="00EB58F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de clase 1, </w:t>
       </w:r>
       <w:r w:rsidR="00EB58F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dada la movilidad de l</w:t>
+        <w:t xml:space="preserve">por medio de </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22C03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>transposones</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB58F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22C03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>plásmidos</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB58F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> han </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22C03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>permitido</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB58F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que se encuentren de manera abundante y tengan una di</w:t>
       </w:r>
       <w:r w:rsidR="00EB58F2" w:rsidRPr="00EB58F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">os </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> de clase 1, </w:t>
+        <w:t xml:space="preserve">stribución </w:t>
       </w:r>
       <w:r w:rsidR="00EB58F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">por medio de </w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t>en todo el mundo (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00EB58F2" w:rsidRPr="00F22C03">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Akrami</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidR="00EB58F2" w:rsidRPr="00F22C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB58F2" w:rsidRPr="00EB4AA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="00EB58F2" w:rsidRPr="00EB4AA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2019)</w:t>
       </w:r>
@@ -10086,77 +9981,60 @@
       </w:r>
       <w:r w:rsidR="00EB4AA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">el transposón </w:t>
       </w:r>
       <w:r w:rsidRPr="00C41BAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tn402</w:t>
       </w:r>
       <w:r w:rsidR="002F2071">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="002F2071" w:rsidRPr="00F22C03">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Akrami</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidR="002F2071" w:rsidRPr="00F22C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F2071" w:rsidRPr="00AB0FC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="002F2071" w:rsidRPr="00EB4AA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2019)</w:t>
@@ -10656,60 +10534,58 @@
       </w:r>
       <w:r w:rsidR="005D4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">cómo </w:t>
       </w:r>
       <w:r w:rsidR="004F5DC4" w:rsidRPr="004F5DC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">intervenir para mejorar la situación </w:t>
       </w:r>
       <w:r w:rsidR="00073B5E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00073B5E" w:rsidRPr="00930974">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Collignon</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00930974" w:rsidRPr="00930974">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2012</w:t>
       </w:r>
       <w:r w:rsidR="00930974" w:rsidRPr="005D5B90">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="005D4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, pues</w:t>
       </w:r>
       <w:r w:rsidR="0017516E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12189,69 +12065,51 @@
       </w:r>
       <w:r w:rsidRPr="00F257D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>β-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB1CBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lactamasas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB1CBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pertenecen a la clase B de </w:t>
-[...17 lines deleted...]
-        <w:t>, y al grupo 3 de la clasificación de Bush</w:t>
+        <w:t xml:space="preserve"> pertenecen a la clase B de Ambler, y al grupo 3 de la clasificación de Bush</w:t>
       </w:r>
       <w:r w:rsidR="000C274A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005D4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
       <w:r w:rsidR="000C274A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">requieren de </w:t>
       </w:r>
@@ -12290,69 +12148,51 @@
       </w:r>
       <w:r w:rsidR="000C274A" w:rsidRPr="000C274A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y romper el anillo β-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000C274A" w:rsidRPr="000C274A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lactámico</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000C274A" w:rsidRPr="000C274A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, 1980). </w:t>
+        <w:t xml:space="preserve"> (Ambler, 1980). </w:t>
       </w:r>
       <w:r w:rsidR="000C274A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1CBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000C274A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>metalo</w:t>
@@ -12861,901 +12701,853 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>imipenem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005D4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (Osano </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>et al</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1994)</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e esta enzima </w:t>
+      </w:r>
+      <w:r w:rsidR="00695B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>se encuentran</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 102 alelos</w:t>
+      </w:r>
+      <w:r w:rsidR="000C274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> registrados en el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>National</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Center </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Biotechnology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000C274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NCBI</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005A7EDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metalo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> β-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lactamasa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>denominada VIM (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>verona</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>integron</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>encoded</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metallo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-β-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lactamase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) fue aislada en 1999 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a partir de</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un paciente en el norte de Italia del Hospital Universitario de Verona </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de una cepa de</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pseudomonas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aeruginosa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Lauretti </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6" w:rsidRPr="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>et al</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AF1" w:rsidRPr="005D4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1999)</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Hasta</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la fecha</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se han </w:t>
+      </w:r>
+      <w:r w:rsidR="000C274A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reportado en el NCBI </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>89 alelos de esta enzima.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SPM fue asilada y descrita por primera vez en Latino</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mérica por el Programa de Vigilancia Antimicrobiana </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00695B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SENTRY</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00695B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidR="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> una niña</w:t>
+      </w:r>
+      <w:r w:rsidR="00417482" w:rsidRPr="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 4 años diagnosticada con</w:t>
+      </w:r>
+      <w:r w:rsidR="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00417482" w:rsidRPr="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>leucemia linfoblástica aguda en el</w:t>
+      </w:r>
+      <w:r w:rsidR="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00417482" w:rsidRPr="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instituto de Oncología </w:t>
+      </w:r>
+      <w:r w:rsidR="00695B5A" w:rsidRPr="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pediátrica</w:t>
+      </w:r>
+      <w:r w:rsidR="00417482" w:rsidRPr="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="00417482" w:rsidRPr="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sao Paulo, </w:t>
+      </w:r>
+      <w:r w:rsidR="009B05DC" w:rsidRPr="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Brasil</w:t>
+      </w:r>
+      <w:r w:rsidR="009B05DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008F6BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Toleman </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6BFB" w:rsidRPr="008F6BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>et al,</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6BFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022)</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6095">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; SPM-1</w:t>
+      </w:r>
+      <w:r w:rsidR="00417482" w:rsidRPr="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B85CC6">
+      <w:r w:rsidR="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">es la única variante reportada en el NCBI. </w:t>
+      </w:r>
+      <w:r w:rsidR="00695B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metalo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-β-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00695B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lactamasa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00695B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipo</w:t>
+      </w:r>
+      <w:r w:rsidR="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GIM fue asilada de </w:t>
+      </w:r>
+      <w:r w:rsidR="00417482" w:rsidRPr="00417482">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>et al</w:t>
+        <w:t xml:space="preserve">Pseudomonas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00417482" w:rsidRPr="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aeruginosa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de pacientes internados en el Centro Médico de Dusseldorf </w:t>
       </w:r>
       <w:r w:rsidR="005D4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> 1994)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00417482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Alemania</w:t>
       </w:r>
       <w:r w:rsidR="005D4AF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...142 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00B85CC6">
-[...372 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00417482">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> una niña</w:t>
+        <w:t xml:space="preserve"> en el 2002 (</w:t>
       </w:r>
       <w:r w:rsidR="00417482" w:rsidRPr="00417482">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...259 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Castanheira</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00417482">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417482" w:rsidRPr="00417482">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>et al,</w:t>
       </w:r>
       <w:r w:rsidR="00417482">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
@@ -14221,61 +14013,59 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>se podrán predecir fenotipos a partir de genotipos y compartir datos y recursos analíticos</w:t>
       </w:r>
       <w:r w:rsidR="000C535C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F83D3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> lo que dará una respuesta rápida para mejorar las prácticas de administración de antibióticos y contener la diseminación de genes de resistencia (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00075A70" w:rsidRPr="00F83D3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Crofts</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F83D3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F83D3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>et al,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F83D3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
@@ -15336,67 +15126,57 @@
       </w:r>
       <w:r w:rsidR="008375D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00FC62B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00955288">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00067EAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>BGNnF</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">BGNnF </w:t>
       </w:r>
       <w:r w:rsidR="00FC62B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidR="00D06A78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>81</w:t>
       </w:r>
       <w:r w:rsidR="000C535C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -16773,76 +16553,76 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>integrones</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00701AEE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> clase 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="289418DF" w14:textId="296755F0" w:rsidR="00CB5C43" w:rsidRDefault="008442AE" w:rsidP="00C616D8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670533" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C58B1F3" wp14:editId="5BC4CC64">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670533" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C58B1F3" wp14:editId="47AFB8BC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>761635</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>121530</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4243187" cy="1981120"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Imagen 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Imagen 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId12" cstate="print">
+                    <a:blip r:embed="rId18" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="12335"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4243187" cy="1981120"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
@@ -17605,51 +17385,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677701" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F5AE61A" wp14:editId="64246402">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>566639</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>115670</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3997579" cy="2003160"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Imagen 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Imagen 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId13">
+                    <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="17162"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3997579" cy="2003160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
@@ -18771,67 +18551,57 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A4978B6" w14:textId="77777777" w:rsidR="00701AEE" w:rsidRDefault="00701AEE" w:rsidP="000C535C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="732C92FF" w14:textId="77777777" w:rsidR="00701AEE" w:rsidRPr="0086299E" w:rsidRDefault="00701AEE" w:rsidP="00701AEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00701AEE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fig</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 4. </w:t>
+        <w:t xml:space="preserve">Fig 4. </w:t>
       </w:r>
       <w:r w:rsidRPr="00701AEE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00701AEE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Distribución mundial de la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00701AEE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -18950,51 +18720,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684869" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="797110A6" wp14:editId="63CDC373">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-2153</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>102318</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5615305" cy="2038350"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Imagen 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Imagen 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId14">
+                    <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="19990"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5615305" cy="2038350"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
@@ -19932,69 +19702,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC3EED" w:rsidRPr="000478F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>en el entorno clínico</w:t>
       </w:r>
       <w:r w:rsidR="00F86C35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC3EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">(Osagie </w:t>
       </w:r>
       <w:r w:rsidR="00EC3EED" w:rsidRPr="00F93D3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="00EC3EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2019)</w:t>
       </w:r>
       <w:r w:rsidR="00EC3EED" w:rsidRPr="000478F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -20102,69 +19854,51 @@
         </w:rPr>
         <w:t xml:space="preserve">clase </w:t>
       </w:r>
       <w:r w:rsidR="008375D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00BA06ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006513A1" w:rsidRPr="00925610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">fueron los bacilos </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>fueron los bacilos BGNnF (</w:t>
       </w:r>
       <w:r w:rsidR="006513A1" w:rsidRPr="00AB46D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">P. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006513A1" w:rsidRPr="00AB46D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aeruginosa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006513A1" w:rsidRPr="00AB46D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -20548,69 +20282,51 @@
         </w:rPr>
         <w:t>lo cual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB4CFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>demuestra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la escasa búsqueda de RAM en otros ámbitos como los animales y el ambiente. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> la escasa búsqueda de RAM en otros ámbitos como los animales y el ambiente. Collignon </w:t>
       </w:r>
       <w:r w:rsidR="00AB4CFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">menciona que el problema de la resistencia a los antimicrobianos cada vez es mayor y demuestra que el concepto </w:t>
       </w:r>
       <w:r w:rsidR="00AB4CFE" w:rsidRPr="00AB4CFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -21272,69 +20988,51 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001726F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>integrones</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001726F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006513A1" w:rsidRPr="00925610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">alojadas en bacterias de importancia clínica, específicamente </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> y el orden de los </w:t>
+        <w:t xml:space="preserve">alojadas en bacterias de importancia clínica, específicamente BGNnF y el orden de los </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00C93257" w:rsidRPr="00925610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nterobacterales</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006513A1" w:rsidRPr="00925610">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -22794,113 +22492,111 @@
     <w:p w14:paraId="1601CFB8" w14:textId="3127B5FC" w:rsidR="00660B0D" w:rsidRPr="004C2414" w:rsidRDefault="00D14423" w:rsidP="00B86591">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://pubmed.ncbi.nlm.nih.gov/?term=Akrami%20F%5BAuthor%5D" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00660B0D" w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Akrami</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00660B0D" w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, F.</w:t>
       </w:r>
       <w:r w:rsidR="00F612E7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00660B0D" w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00660B0D" w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Rajabnia</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00660B0D" w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -23012,107 +22708,92 @@
       <w:r w:rsidR="00660B0D" w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>review</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00660B0D" w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00660B0D" w:rsidRPr="004C2414">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">Caspian J </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00660B0D" w:rsidRPr="004C2414">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Intern</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00660B0D" w:rsidRPr="004C2414">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
+          <w:t xml:space="preserve"> Med</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00660B0D" w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00660B0D" w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>10</w:t>
@@ -23528,51 +23209,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>44</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, 141–166. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1146/annurev-genet-102209-163504</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="541DC74F" w14:textId="77777777" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
@@ -23681,51 +23362,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>48</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>(12), 4654-61. https://doi.org/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId24" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US" w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1128/AAC.48.12.4654-4661.2004 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="15740030" w14:textId="77777777" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:pStyle w:val="m3482936891394498471gmail-desc"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -23751,105 +23432,96 @@
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Immunol</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>366</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 19-36. https://doi.org/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1007/82_2012_224 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1E37E6CA" w14:textId="77777777" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:pStyle w:val="m3482936891394498471gmail-desc"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Crofts, T. S., Gasparrini, A. J. and Dantas, G. (2017). Next-generation approaches to understand and combat the antibiotic </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>resistome</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nat Rev </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Nat Rev Microbiol</w:t>
+      </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(7), 422-434. https://doi.org/10.1038/nrmicro.2017.28</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="619D9372" w14:textId="77777777" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
@@ -23871,63 +23543,52 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>integrons</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the rise of antibiotic resistance. </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">J </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>J Bacteriol</w:t>
+      </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>190</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 5095-5100</w:t>
       </w:r>
@@ -24080,141 +23741,101 @@
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>45</w:t>
       </w:r>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 2991-3000. https://doi.org/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="004C2414">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1128/AAC.45.11.2991-3000.2001 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0F6D593E" w14:textId="77777777" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Lauretti, L., Riccio, M. L., Mazzariol, A., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Cornaglia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">, G., </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">, G. M. (1999). </w:t>
+        <w:t xml:space="preserve">, G., Amicosante, G., Fontana, R. and Rossolini, G. M. (1999). </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Cloning and characterization of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>bla</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -24334,51 +23955,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>(7), 1584-90. https://doi.org/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US" w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1128/AAC.43.7.1584 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="71056009" w14:textId="77777777" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
@@ -24537,102 +24158,90 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Agents</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Chemother</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Chemother</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>49</w:t>
+      </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">(11), 4485-91. </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>https://doi.org/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US" w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>10.1128/AAC.49.11.4485-4491.2005</w:t>
         </w:r>
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7642222B" w14:textId="0929D6A9" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
@@ -24664,101 +24273,79 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lactamasas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de espectro extendido. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rev</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Rev </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cubana</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Med</w:t>
+      </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>52</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 272-280. </w:t>
       </w:r>
@@ -24856,51 +24443,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="00F612E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1096–1098. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23">
+      <w:hyperlink r:id="rId29">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://integrall.bio.ua.pt/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AFE5DF5" w14:textId="77777777" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -25061,51 +24648,51 @@
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(5), 259-261.</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>https://doi.org/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>10.1016/s0213-005</w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>x(</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>04)73083-9</w:t>
@@ -25189,51 +24776,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Organización Mundial de la Salud (OMS) (2021b). </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Patógenos multirresistentes que son prioritarios para la OMS</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.paho.org/es/noticias/4-3-2021-patogenos-multirresistentes-que-son-prioritarios-para-oms</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="532F0E66" w14:textId="63605075" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -25281,51 +24868,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 15715 -15726. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.26717/BJSTR.2019.21.003572</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4F483C57" w14:textId="77777777" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
@@ -25435,51 +25022,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>38</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>(1), 71-78. https://doi.org/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId33" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US" w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1128/AAC.38.1.71 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="213FB4EB" w14:textId="00FB8095" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -25549,51 +25136,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(4),</w:t>
       </w:r>
       <w:r w:rsidR="00F612E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1-61. https://doi.org/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId34" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1128/CMR.00088-17 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="240C50A6" w14:textId="77777777" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -25663,51 +25250,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(925). https://doi.org/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId35" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">10.3390/cells11060925 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="077EA967" w14:textId="77777777" w:rsidR="00660B0D" w:rsidRPr="00560AA7" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
@@ -25787,51 +25374,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>150</w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 641-51. https://doi.org/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId36" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1016/s0923-2508(99)00127-8 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="213597A1" w14:textId="77777777" w:rsidR="00660B0D" w:rsidRPr="004C2414" w:rsidRDefault="00660B0D" w:rsidP="00660B0D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -25893,122 +25480,102 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(12), 1669-1683. https://doi.org/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId37" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="004C2414">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>10.1111/j.1365-</w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="004C2414">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>2958.1989.tb</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="004C2414">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">00153.x </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="048C009B" w14:textId="0589DD08" w:rsidR="001B4041" w:rsidRDefault="00660B0D" w:rsidP="00701AEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2414">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Toleman, M. A., </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, A. M., Murphy, T. A., Gales, A. C., Biedenbach, D. J., Jones, R. N. and Walsh, T. R. (2002). </w:t>
+        <w:t xml:space="preserve">Toleman, M. A., Simm, A. M., Murphy, T. A., Gales, A. C., Biedenbach, D. J., Jones, R. N. and Walsh, T. R. (2002). </w:t>
       </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular characterization of SPM-1, a novel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>metallo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -26025,93 +25592,81 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">J </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Antimicrob</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Chemother</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Chemother</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>50</w:t>
+      </w:r>
       <w:r w:rsidRPr="00560AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>(5), 673-9. https://doi.org/</w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId38" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00560AA7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US" w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1093/jac/dkf210 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="03A814CB" w14:textId="77777777" w:rsidR="00701AEE" w:rsidRDefault="00701AEE" w:rsidP="00701AEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="447C77B4" w14:textId="77777777" w:rsidR="00701AEE" w:rsidRDefault="00701AEE" w:rsidP="00701AEE">
@@ -26391,214 +25946,208 @@
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="6315"/>
       </w:tblGrid>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="305BB08B" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="50E74CAC" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54753AC0" w14:textId="757C9640" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="2FFE48B6" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="48908156" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6ABEACF6" w14:textId="479D118E" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alma López García</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="66F74B38" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="493844CF" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41628DD4" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alma López García “Principal”</w:t>
             </w:r>
           </w:p>
@@ -26607,211 +26156,205 @@
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alejandro César Ruiz Tagle «que apoya»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="0EF6BAA1" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="380D84D4" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79AD788D" w14:textId="43DB457E" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NO APLICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="75BE6FDC" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A625A47" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Validación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1A2E1A94" w14:textId="4720951A" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NO APLICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="7E6C63A9" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="25D651CB" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="43E6F945" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alma López García “Principal”</w:t>
             </w:r>
           </w:p>
@@ -26820,211 +26363,205 @@
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alejandro César Ruiz Tagle «que apoya»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="6DE55172" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F38444E" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E29350E" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alma López García</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="0802D71F" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="117269D1" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D5243E0" w14:textId="0CCDCF6A" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NO APLICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="182D9357" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="700385B8" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="42033B2D" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alma López García “Principal”</w:t>
             </w:r>
           </w:p>
@@ -27033,81 +26570,79 @@
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alejandro César Ruiz Tagle «que apoya»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="7C941BE7" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="277A40EE" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2DEEA245" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alma López García “Principal”</w:t>
             </w:r>
           </w:p>
@@ -27116,81 +26651,79 @@
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alejandro César Ruiz Tagle «igual»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="34B03E2B" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="58FF676D" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="122D8D66" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alma López García “Principal”</w:t>
             </w:r>
           </w:p>
@@ -27199,81 +26732,79 @@
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alejandro César Ruiz Tagle «igual»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="2D52367B" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="684DB92E" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Visualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="327E1BF3" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alma López García “Principal”</w:t>
             </w:r>
           </w:p>
@@ -27282,81 +26813,79 @@
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alejandro César Ruiz Tagle «igual»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="4CDEE142" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4600D98F" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Supervisión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0D1EEB01" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alma López García “Principal”</w:t>
             </w:r>
           </w:p>
@@ -27365,81 +26894,79 @@
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alejandro César Ruiz Tagle «igual»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="5968F499" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1D749066" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3B1B687C" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alma López García “Principal”</w:t>
             </w:r>
           </w:p>
@@ -27448,81 +26975,79 @@
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alejandro César Ruiz Tagle «igual»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4041" w:rsidRPr="001B4041" w14:paraId="7CEB84A3" w14:textId="77777777" w:rsidTr="001B4041">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A7C698D" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="09874968" w14:textId="77777777" w:rsidR="001B4041" w:rsidRPr="001B4041" w:rsidRDefault="001B4041" w:rsidP="00A87D99">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4041">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alma López García “Principal”</w:t>
             </w:r>
           </w:p>
@@ -27551,82 +27076,82 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="5D921547" w14:textId="77777777" w:rsidR="00603C8A" w:rsidRPr="00244CF7" w:rsidRDefault="00603C8A" w:rsidP="00244CF7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00603C8A" w:rsidRPr="00244CF7" w:rsidSect="00A439BC">
-      <w:headerReference w:type="default" r:id="rId33"/>
-      <w:footerReference w:type="default" r:id="rId34"/>
+      <w:headerReference w:type="default" r:id="rId39"/>
+      <w:footerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1276" w:right="1701" w:bottom="567" w:left="1701" w:header="0" w:footer="125" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7933AEC4" w14:textId="77777777" w:rsidR="00E90573" w:rsidRDefault="00E90573" w:rsidP="00FC7432">
+    <w:p w14:paraId="2AFD9BE6" w14:textId="77777777" w:rsidR="00C8750B" w:rsidRDefault="00C8750B" w:rsidP="00FC7432">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63B64A5B" w14:textId="77777777" w:rsidR="00E90573" w:rsidRDefault="00E90573" w:rsidP="00FC7432">
+    <w:p w14:paraId="202E3367" w14:textId="77777777" w:rsidR="00C8750B" w:rsidRDefault="00C8750B" w:rsidP="00FC7432">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -27650,51 +27175,51 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2795DAF1" w14:textId="67E67ADF" w:rsidR="00FC7432" w:rsidRDefault="00EE6C17" w:rsidP="00EE6C17">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
@@ -27710,95 +27235,135 @@
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">                   Enero – Junio 202</w:t>
+      <w:t xml:space="preserve">                   </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="305A55A0" w14:textId="77777777" w:rsidR="00E90573" w:rsidRDefault="00E90573" w:rsidP="00FC7432">
+    <w:p w14:paraId="66D20E8A" w14:textId="77777777" w:rsidR="00C8750B" w:rsidRDefault="00C8750B" w:rsidP="00FC7432">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7FEBAC69" w14:textId="77777777" w:rsidR="00E90573" w:rsidRDefault="00E90573" w:rsidP="00FC7432">
+    <w:p w14:paraId="31CFA994" w14:textId="77777777" w:rsidR="00C8750B" w:rsidRDefault="00C8750B" w:rsidP="00FC7432">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C1AB271" w14:textId="309A3A7B" w:rsidR="00FC7432" w:rsidRDefault="00FC7432">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="24DA9801" w14:textId="3267C108" w:rsidR="00FC7432" w:rsidRDefault="00FC7432" w:rsidP="00FC7432">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51652C24" wp14:editId="4EC3757E">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="230368516" name="Imagen 230368516"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -27811,51 +27376,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06F91C48"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7F12710A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -29354,52 +28919,52 @@
   <w:num w:numId="5" w16cid:durableId="1357199787">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1053121837">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="151411239">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1150366447">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="200822544">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="257833655">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2058893966">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="91"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00222E38"/>
@@ -29501,50 +29066,51 @@
     <w:rsid w:val="002F1FC0"/>
     <w:rsid w:val="002F2071"/>
     <w:rsid w:val="002F4DED"/>
     <w:rsid w:val="002F5988"/>
     <w:rsid w:val="003039AF"/>
     <w:rsid w:val="003119FD"/>
     <w:rsid w:val="00311C84"/>
     <w:rsid w:val="00314F20"/>
     <w:rsid w:val="00317D5B"/>
     <w:rsid w:val="00317FE9"/>
     <w:rsid w:val="00323FB3"/>
     <w:rsid w:val="0032507B"/>
     <w:rsid w:val="003256D9"/>
     <w:rsid w:val="0033121C"/>
     <w:rsid w:val="00341017"/>
     <w:rsid w:val="0034772D"/>
     <w:rsid w:val="00352B8A"/>
     <w:rsid w:val="00357CA4"/>
     <w:rsid w:val="00367A63"/>
     <w:rsid w:val="00374597"/>
     <w:rsid w:val="003775BC"/>
     <w:rsid w:val="00377692"/>
     <w:rsid w:val="00384B9F"/>
     <w:rsid w:val="003941F1"/>
     <w:rsid w:val="003A0A47"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003B073C"/>
     <w:rsid w:val="003B6F63"/>
     <w:rsid w:val="003E0F4B"/>
     <w:rsid w:val="003E17F8"/>
     <w:rsid w:val="003E19AD"/>
     <w:rsid w:val="003F4BB5"/>
     <w:rsid w:val="003F553E"/>
     <w:rsid w:val="0041553B"/>
     <w:rsid w:val="00415AFA"/>
     <w:rsid w:val="00417482"/>
     <w:rsid w:val="0042282D"/>
     <w:rsid w:val="00427D95"/>
     <w:rsid w:val="0044213A"/>
     <w:rsid w:val="004631C2"/>
     <w:rsid w:val="004643B1"/>
     <w:rsid w:val="0047071B"/>
     <w:rsid w:val="00482EE8"/>
     <w:rsid w:val="00485D5C"/>
     <w:rsid w:val="004915D5"/>
     <w:rsid w:val="004B2957"/>
     <w:rsid w:val="004B78E1"/>
     <w:rsid w:val="004C1133"/>
     <w:rsid w:val="004C2414"/>
     <w:rsid w:val="004C4B2F"/>
     <w:rsid w:val="004D3056"/>
@@ -29775,57 +29341,59 @@
     <w:rsid w:val="00BD3D10"/>
     <w:rsid w:val="00BD4D8A"/>
     <w:rsid w:val="00BE291E"/>
     <w:rsid w:val="00BE4C09"/>
     <w:rsid w:val="00C00987"/>
     <w:rsid w:val="00C02F1D"/>
     <w:rsid w:val="00C044A5"/>
     <w:rsid w:val="00C159EF"/>
     <w:rsid w:val="00C254B8"/>
     <w:rsid w:val="00C35A60"/>
     <w:rsid w:val="00C35AE5"/>
     <w:rsid w:val="00C41BAA"/>
     <w:rsid w:val="00C423AD"/>
     <w:rsid w:val="00C46C1E"/>
     <w:rsid w:val="00C53746"/>
     <w:rsid w:val="00C576F6"/>
     <w:rsid w:val="00C616D8"/>
     <w:rsid w:val="00C62B69"/>
     <w:rsid w:val="00C62CCE"/>
     <w:rsid w:val="00C65077"/>
     <w:rsid w:val="00C666C7"/>
     <w:rsid w:val="00C6752B"/>
     <w:rsid w:val="00C80890"/>
     <w:rsid w:val="00C8294F"/>
     <w:rsid w:val="00C86B26"/>
+    <w:rsid w:val="00C8750B"/>
     <w:rsid w:val="00C92F97"/>
     <w:rsid w:val="00C93257"/>
     <w:rsid w:val="00CA5165"/>
     <w:rsid w:val="00CB5C43"/>
     <w:rsid w:val="00CC217C"/>
     <w:rsid w:val="00CC4229"/>
     <w:rsid w:val="00CD0EFD"/>
+    <w:rsid w:val="00CD113C"/>
     <w:rsid w:val="00CD5117"/>
     <w:rsid w:val="00CE0823"/>
     <w:rsid w:val="00CE4E71"/>
     <w:rsid w:val="00CF1BE1"/>
     <w:rsid w:val="00CF3303"/>
     <w:rsid w:val="00D06A78"/>
     <w:rsid w:val="00D102C7"/>
     <w:rsid w:val="00D14423"/>
     <w:rsid w:val="00D20DD9"/>
     <w:rsid w:val="00D26D1D"/>
     <w:rsid w:val="00D3188C"/>
     <w:rsid w:val="00D33B52"/>
     <w:rsid w:val="00D37B31"/>
     <w:rsid w:val="00D422C9"/>
     <w:rsid w:val="00D42AD1"/>
     <w:rsid w:val="00D50251"/>
     <w:rsid w:val="00D5215F"/>
     <w:rsid w:val="00D56255"/>
     <w:rsid w:val="00D621F8"/>
     <w:rsid w:val="00D702FF"/>
     <w:rsid w:val="00D71183"/>
     <w:rsid w:val="00D74131"/>
     <w:rsid w:val="00D875D8"/>
     <w:rsid w:val="00D91470"/>
     <w:rsid w:val="00D92919"/>
@@ -29912,51 +29480,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="297BAE22"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EB815C2E-4BAA-41A6-8614-57B8B8E2028C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -30353,51 +29921,50 @@
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001B4041"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -30541,51 +30108,51 @@
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Descripcin">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006513A1"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="44546A" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00260DB0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="m3482936891394498471gmail-desc">
     <w:name w:val="m_3482936891394498471gmail-desc"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F83D3C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
@@ -30762,51 +30329,51 @@
     <w:rsid w:val="00D14423"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="001B4041"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="154609385">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="180625367">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -31089,51 +30656,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1868517462">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.48.12.4654-4661.2004" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.26717/BJSTR.2019.21.003572" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.43.7.1584" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-genet-102209-163504" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paho.org/es/noticias/4-3-2021-patogenos-multirresistentes-que-son-prioritarios-para-oms" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6856922/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.45.11.2991-3000.2001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/cells11060925" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0213-005x(04)73083-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jac/dkf210" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/?term=Rajabnia%20M%5BAuthor%5D" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://integrall.bio.ua.pt/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/cmr.00088-17" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/82_2012_224" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2958.1989.tb00153.x" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.49.11.4485-4491.2005" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.38.1.71" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0923-2508(99)00127-8" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.45.11.2991-3000.2001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/?term=Rajabnia%20M%5BAuthor%5D" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/cmr.00088-17" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/?term=Akrami%20F%5BAuthor%5D" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://integrall.bio.ua.pt/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i21.915" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.48.12.4654-4661.2004" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.26717/BJSTR.2019.21.003572" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2958.1989.tb00153.x" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/?term=Akrami%20F%5BAuthor%5D" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-genet-102209-163504" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.49.11.4485-4491.2005" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0923-2508(99)00127-8" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paho.org/es/noticias/4-3-2021-patogenos-multirresistentes-que-son-prioritarios-para-oms" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/?term=Akrami%20F%5BAuthor%5D" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC6856922/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.43.7.1584" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0213-005x(04)73083-9" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/cells11060925" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/?term=Akrami%20F%5BAuthor%5D" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/?term=Akrami%20F%5BAuthor%5D" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/82_2012_224" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.38.1.71" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jac/dkf210" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -31408,63 +30975,71 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="9a95a77b-27cd-4beb-bc9a-541e8626725e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010059800A742BE122459BF2D660101F75F3" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="46c70bb9daa92eb71102263c8e73fc35">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="9a95a77b-27cd-4beb-bc9a-541e8626725e" xmlns:ns4="a07f2817-c2c6-4c56-9f01-c672a41c9b10" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2c486907dde574b20afe6b0051c7476d" ns3:_="" ns4:_="">
     <xsd:import namespace="9a95a77b-27cd-4beb-bc9a-541e8626725e"/>
     <xsd:import namespace="a07f2817-c2c6-4c56-9f01-c672a41c9b10"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
@@ -31673,133 +31248,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7BB6F1F-C7BB-4C89-9DCB-875236D8A86A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02441ACE-CE01-48F7-83A4-AE139EFA436E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7BB6F1F-C7BB-4C89-9DCB-875236D8A86A}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAFA9FBE-9052-4824-BE5B-0FD161F667E5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9a95a77b-27cd-4beb-bc9a-541e8626725e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1B83C02-4290-4ED6-AC87-B7B1B8FBA82A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9a95a77b-27cd-4beb-bc9a-541e8626725e"/>
     <ds:schemaRef ds:uri="a07f2817-c2c6-4c56-9f01-c672a41c9b10"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5705</Words>
-  <Characters>31381</Characters>
+  <Words>5721</Words>
+  <Characters>31466</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>261</Lines>
+  <Lines>262</Lines>
   <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37012</CharactersWithSpaces>
+  <CharactersWithSpaces>37113</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>LOPEZ - GARCIA ALMA</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010059800A742BE122459BF2D660101F75F3</vt:lpwstr>