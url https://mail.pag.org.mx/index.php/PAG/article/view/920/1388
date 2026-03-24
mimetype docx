--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -4,566 +4,609 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4D368600" w14:textId="616D3B7B" w:rsidR="0061459B" w:rsidRDefault="00185629" w:rsidP="0011376A">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0004454B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Artículos científicos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703E47DA" w14:textId="0AEA4A86" w:rsidR="00DD7832" w:rsidRDefault="00DD7832" w:rsidP="0011376A">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00DD7832">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i21.920</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7F3778C3" w14:textId="77777777" w:rsidR="00DD7832" w:rsidRPr="00DD7832" w:rsidRDefault="00DD7832" w:rsidP="0011376A">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45E354D6" w14:textId="0829F8B2" w:rsidR="003F40ED" w:rsidRPr="00B35256" w:rsidRDefault="008D1BBD" w:rsidP="00980B85">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0004454B">
-[...16 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="00B35256">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B35256">
+        <w:t xml:space="preserve">Políticas </w:t>
+      </w:r>
+      <w:r w:rsidR="003F40ED" w:rsidRPr="00B35256">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Políticas </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F40ED" w:rsidRPr="00B35256">
+        <w:t xml:space="preserve">públicas educativas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B35256">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">públicas educativas </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B35256">
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidR="003F40ED" w:rsidRPr="00B35256">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">y </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F40ED" w:rsidRPr="00B35256">
+        <w:t xml:space="preserve">la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B35256">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">la </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B35256">
+        <w:t>educación a distancia</w:t>
+      </w:r>
+      <w:r w:rsidR="002972DA" w:rsidRPr="00B35256">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>educación a distancia</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002972DA" w:rsidRPr="00B35256">
+        <w:t xml:space="preserve"> en el estado de Chiapas</w:t>
+      </w:r>
+      <w:r w:rsidR="003F40ED" w:rsidRPr="00B35256">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en el estado de Chiapas</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E29EA0" w14:textId="398CB70A" w:rsidR="0019663E" w:rsidRDefault="0011376A" w:rsidP="00980B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Public</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Public </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>educational</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>policies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>policies</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>distance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>distance</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>education</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>the</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>state</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>state</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="0019663E" w:rsidRPr="0061459B">
+        <w:t xml:space="preserve"> Chiapas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006C9888" w14:textId="6656BDC4" w:rsidR="00BF482C" w:rsidRDefault="0011376A" w:rsidP="00980B85">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chiapas</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00980B85" w:rsidRPr="00980B85">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:br/>
-      </w:r>
+        <w:t xml:space="preserve">Políticas públicas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00980B85" w:rsidRPr="00980B85">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Políticas públicas </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>educacionais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00980B85" w:rsidRPr="00980B85">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>educacionais</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00980B85" w:rsidRPr="00980B85">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>educação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00980B85" w:rsidRPr="00980B85">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>educação</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00980B85" w:rsidRPr="00980B85">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>distância</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00980B85" w:rsidRPr="00980B85">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>distância</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00980B85" w:rsidRPr="00980B85">
+        <w:t xml:space="preserve"> no estado de Chiapas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E2633B" w14:textId="77777777" w:rsidR="00980B85" w:rsidRPr="0061459B" w:rsidRDefault="00980B85" w:rsidP="00980B85">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> no estado de Chiapas</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="77E2633B" w14:textId="77777777" w:rsidR="00980B85" w:rsidRPr="0061459B" w:rsidRDefault="00980B85" w:rsidP="00980B85">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C8B2D68" w14:textId="3F63A454" w:rsidR="00D40241" w:rsidRPr="00233FD8" w:rsidRDefault="00D40241" w:rsidP="00980B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233FD8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>Julio Guillén Velázquez</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08373425" w14:textId="5FA71930" w:rsidR="00FD2B67" w:rsidRPr="00922512" w:rsidRDefault="00185629" w:rsidP="00980B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Chiapas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -571,97 +614,87 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00233FD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D40241" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Centro de Estudios para el Desarrollo Municipal y Políticas Públicas,</w:t>
       </w:r>
       <w:r w:rsidR="00233FD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Mexico</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6D89000F" w14:textId="67763955" w:rsidR="00D40241" w:rsidRPr="00233FD8" w:rsidRDefault="00D40241" w:rsidP="00980B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233FD8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>guillenv@unach.mx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567B73EE" w14:textId="28BAFED1" w:rsidR="00D40241" w:rsidRPr="0011376A" w:rsidRDefault="00000000" w:rsidP="0011376A">
+    <w:p w14:paraId="567B73EE" w14:textId="28BAFED1" w:rsidR="00D40241" w:rsidRPr="0011376A" w:rsidRDefault="00D40241" w:rsidP="0011376A">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00D40241" w:rsidRPr="00922512">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00922512">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0001-5669-5196</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="008F33B8" w14:textId="77777777" w:rsidR="00D40241" w:rsidRPr="00922512" w:rsidRDefault="00D40241" w:rsidP="005076A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -889,51 +922,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En conclusión, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">se puede afirmar que </w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>se han propuesto una serie de políticas públicas a nivel federal y estatal orientadas a promover la educación abierta y a distancia con el fin de aumentar la absorción y ampliar la oferta educativa, especialmente en el nivel superior.</w:t>
+        <w:t xml:space="preserve">se han propuesto una serie de políticas públicas a nivel federal y estatal orientadas a promover </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32343">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>la educación abierta y a distancia con el fin de aumentar la absorción y ampliar la oferta educativa, especialmente en el nivel superior.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D3E49F3" w14:textId="255F1C71" w:rsidR="00D40241" w:rsidRDefault="00D40241" w:rsidP="005076A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005076A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Palabras clave:</w:t>
       </w:r>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1013,1510 +1055,1381 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Chiapas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69072231" w14:textId="427107FC" w:rsidR="001A7165" w:rsidRPr="005076A4" w:rsidRDefault="001A7165" w:rsidP="00B64DAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005076A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6537F392" w14:textId="3B7899F9" w:rsidR="000B110F" w:rsidRPr="00922512" w:rsidRDefault="000B110F" w:rsidP="00B64DAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>Distance</w:t>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Distance </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>education</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>considered</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alternative </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>expand</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>coverage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, reduce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inequalities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>close</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gaps and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>promote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>equity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Mexico </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>during</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2007-2012 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>six-year</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>term</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. For </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reason</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Universidad Autónoma de Chiapas has </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taken</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> up </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>policy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>currently</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>offers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>distance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>education</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>modality</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>objective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>was</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>considered</w:t>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>identify</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>policies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>promote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>distance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>strategy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reduce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>backwardness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>higher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>state</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chiapas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>methodology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consisted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consulting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>analyzing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>National</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Plans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and State </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Plans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>well</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>an</w:t>
-[...196 lines deleted...]
-        </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2007-2012 </w:t>
-[...1121 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Federal and State </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sector </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Sector Programs </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4608,1032 +4521,978 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pela </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>qual</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> a Universidade Autónoma de Chiapas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>assume</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esta política educativa e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oferece</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atualmente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 programas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>estudo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nesta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>modalidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>distância</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. O objetivo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>deste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> artigo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>foi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> identificar as políticas públicas educativas que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>promovem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Universidade</w:t>
+        <w:t>educação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Autónoma de Chiapas </w:t>
+        <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>assume</w:t>
+        <w:t>distância</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> esta política educativa e </w:t>
+        <w:t xml:space="preserve"> como </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>oferece</w:t>
+        <w:t>estratégia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reduzir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o atraso educativo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>atualmente</w:t>
+        <w:t>nível</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9 programas de </w:t>
+        <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>estudo</w:t>
+        <w:t>ensino</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> superior no Estado de Chiapas. </w:t>
+      </w:r>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metodologia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nesta</w:t>
+        <w:t>consistiu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> consulta e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>análise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos Planos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nacionais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Desenvolvimento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e dos Planos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Estaduais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Desenvolvimento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como dos Programas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Setoriais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Educação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Federais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Estaduais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para os períodos de seis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2007-2012; 2013-2018 e 2019-2024. Nos resultados, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>verificou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que, no período de seis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2007-20012, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>educação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>distância</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>foi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> considerada como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>opção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para aumentar a cobertura da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>educação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, especialmente no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nível</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> superior, no estado de Chiapas durante o período de 2007 a 2023, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inscrição</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relatada para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>estudar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sob</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>modalidade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> à </w:t>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>distância</w:t>
+        <w:t>educação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. O objetivo </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>deste</w:t>
+        <w:t>foi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> artigo </w:t>
+        <w:t xml:space="preserve"> de 63.156 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>foi</w:t>
+        <w:t>estudantes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> identificar </w:t>
+        <w:t xml:space="preserve">, dos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>as</w:t>
+        <w:t>quais</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> políticas públicas educativas que </w:t>
+        <w:t xml:space="preserve"> 15,91% </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>promovem</w:t>
+        <w:t>foram</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>educação</w:t>
+        <w:t>absorvidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a </w:t>
-[...746 lines deleted...]
-        <w:t xml:space="preserve"> Autónoma de Chiapas. Em </w:t>
+        <w:t xml:space="preserve"> pela Universidade Autónoma de Chiapas. Em </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conclusão</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, pode </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083239E" w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6452,96 +6311,85 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Las instituciones de educación superior públicas (IES) y privadas en México han retomado y ofrecido la educación a distancia no presencial, lo que ha experimentado un notable crecimiento desde la década de los noventa, especialmente acelerado durante los primeros diez años del presente siglo (Navarrete</w:t>
       </w:r>
       <w:r w:rsidR="00A47E05" w:rsidRPr="0088342F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>-Cazales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32343">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y Manzanilla</w:t>
+      </w:r>
       <w:r w:rsidR="00A47E05" w:rsidRPr="0088342F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Cazales</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>-Granados</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y Manzanilla</w:t>
-[...8 lines deleted...]
-        <w:t>-Granados</w:t>
+        <w:t xml:space="preserve">, 2017). </w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2017). Ejemplos de este fenómeno se encuentran en diversas IES públicas y privadas, como la Universidad de Guadalajara, la Universidad de Guanajuato, la Universidad de Michoacán, la Universidad Digital del Estado de México, la Universidad Abierta y a Distancia de México, la Universidad Autónoma del Carmen, la Universidad Autónoma del Estado de Morelos, la </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Universidad Autónoma del Estado de Hidalgo, la Benemérita Universidad Autónoma de Puebla, la Universidad Autónoma de Chiapas y el Instituto Tecnológico y de Estudios Superiores de Monterrey, entre otras (Moreno, 2015).</w:t>
+        <w:t>Ejemplos de este fenómeno se encuentran en diversas IES públicas y privadas, como la Universidad de Guadalajara, la Universidad de Guanajuato, la Universidad de Michoacán, la Universidad Digital del Estado de México, la Universidad Abierta y a Distancia de México, la Universidad Autónoma del Carmen, la Universidad Autónoma del Estado de Morelos, la Universidad Autónoma del Estado de Hidalgo, la Benemérita Universidad Autónoma de Puebla, la Universidad Autónoma de Chiapas y el Instituto Tecnológico y de Estudios Superiores de Monterrey, entre otras (Moreno, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C40B8C0" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRDefault="00BA1B62" w:rsidP="00E72C48">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En el estado de Chiapas, la educación a distancia ha contribuido significativamente a ampliar la cobertura educativa, especialmente en las comunidades rurales e indígenas que tradicionalmente han enfrentado desigualdades en el acceso a la educación. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -6822,76 +6670,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> turno (Aguilar, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D19F445" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00D32343" w:rsidRDefault="00BA1B62" w:rsidP="00E72C48">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>En este sentido, según Vicario (2015), las políticas públicas representan una serie de enfrentamientos de intereses que, en la mayoría de las ocasiones, resultan ser muy complejos entre los diferentes actores involucrados en el entorno a regular. Estas políticas tienen como objetivo establecer los derechos y obligaciones de los diversos actores. El resultado de estos desafíos puede manifestarse en la presencia o ausencia de leyes, reglamentos, programas, planes o proyectos, entre otros.</w:t>
+        <w:t xml:space="preserve">En este sentido, según Vicario (2015), las políticas públicas representan una serie de enfrentamientos de intereses que, en la mayoría de las ocasiones, resultan ser muy complejos entre los diferentes actores involucrados en el entorno a regular. Estas políticas tienen como </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32343">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>objetivo establecer los derechos y obligaciones de los diversos actores. El resultado de estos desafíos puede manifestarse en la presencia o ausencia de leyes, reglamentos, programas, planes o proyectos, entre otros.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">En otras palabras, la importancia de la política pública radica en la implementación de actividades planificadas y causales dirigidas a abordar las </w:t>
-[...8 lines deleted...]
-        <w:t>necesidades de interés y beneficio público</w:t>
+        <w:t>En otras palabras, la importancia de la política pública radica en la implementación de actividades planificadas y causales dirigidas a abordar las necesidades de interés y beneficio público</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> práctica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
@@ -7366,919 +7214,884 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7571D1DB" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00922512" w:rsidRDefault="00BA1B62" w:rsidP="00BA1B62">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3B16">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Leyes y reglamentos federales y estatales asociadas con la educación en México y Chiapas</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5524"/>
         <w:gridCol w:w="1627"/>
         <w:gridCol w:w="1677"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="759E83A7" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A8CC641" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Estados Unidos Mexicanos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="74699153" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D2D87EA" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Leyes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1627" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36C40BBA" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Año de publicación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A02B1BE" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Última reforma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="461E878A" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10F90C0D" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Constitución Política de los Estados Unidos Mexicanos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1627" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D4FFB9B" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1917</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40743B95" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>06/06/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="23C9A1A3" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C428CC1" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Ley General de Educación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1627" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="401E96DD" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="708E7273" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="4178526B" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="094AA76F" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Ley General de Educación Superior</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1627" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1006102A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53A6CFA2" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="2DBAD29D" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FFEA12C" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Reglamentos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2679E7B5" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="101B0E1B" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="732E8BED" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ley </w:t>
             </w:r>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Reglamentaria del artículo 3 de la Constitución Política de los Estados Unidos Mexicanos, en materia de Mejora Continua de la Educación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1627" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BBAFA75" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F2741FB" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="33A15B43" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78F8E611" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Reglamento de la Ley de Educación Militar del Ejército y Fuerza Aérea Mexicanos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1627" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F9F0638" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12BE8FDA" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="2ACFDF5A" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5036F49A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Reglamento de la Ley de Educación Naval</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1627" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67529AEC" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="670E4DE9" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="51ABD5D0" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03B85544" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Estado Libre y Soberano de Chiapas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="36208F2C" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48366AAC" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Constitución Política del Estado Libre y Soberano de Chiapas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1627" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AA727B7" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29AB9284" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="78FDDD78" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A214DD3" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Ley de Educación del Estado Libre y Soberano de Chiapas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1627" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AB34C08" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B78811C" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w14:paraId="7D7E3051" w14:textId="77777777" w:rsidTr="00E72C48">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E263DAE" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Ley Orgánica de la Universidad Autónoma de Chiapas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1627" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C190411" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46BDE16F" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00E72C48" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72C48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D10A130" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRDefault="00BA1B62" w:rsidP="00E72C48">
       <w:pPr>
@@ -8374,101 +8187,101 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s importante señalar que tanto las leyes como los reglamentos relacionados con la educación tienen como objetivo garantizar que la población en edad escolar asista y curse los grados correspondientes a su formación educativa, ya sea en escuelas públicas o, en su defecto, en privadas. Además, describen la función educativa que deben asumir las instituciones de los tres órdenes de gobierno en el país en relación con la educación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79807A50" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRDefault="00BA1B62" w:rsidP="00E72C48">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>síntesis</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, el marco normativo vigente en el país y en el estado de Chiapas facilita el diseño e implementación de políticas públicas educativas, especialmente a nivel superior, las cuales buscan tener un impacto positivo en dicho nivel educativo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50E14BF8" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00922512" w:rsidRDefault="00BA1B62" w:rsidP="00BA1B62">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E2C3B23" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00922512" w:rsidRDefault="00BA1B62" w:rsidP="00E72C48">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Objetivo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E5A9F2" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00922512" w:rsidRDefault="00BA1B62" w:rsidP="00BA1B62">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Identificar las políticas públicas educativas que fomentan la educación a distancia como estrategia para disminuir el rezago educativo a nivel superior en el estado de Chiapas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52B5890C" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00922512" w:rsidRDefault="00BA1B62" w:rsidP="00BA1B62">
       <w:pPr>
@@ -8725,51 +8538,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D2A6AA3" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00922512" w:rsidRDefault="00BA1B62" w:rsidP="00BA1B62">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Política pública educativa federal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F49CCCD" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRDefault="00BA1B62" w:rsidP="009118B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Con el impulso de la utilización de las </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9184,192 +8996,185 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51656D66" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00922512" w:rsidRDefault="00BA1B62" w:rsidP="00BA1B62">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E04BCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Planes Nacionales de Desarrollo y Programas Sectoriales de Educación sexenios 2007-2012, 2013-2018 y 2019-2024</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3964"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="4580"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="73B69255" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B22C303" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Plan Nacional de Desarrollo 2007-2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FA02594" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DCE7049" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa Sectorial Educación 2007-2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="0F6F95D0" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E18C3C9" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eje 3. Igualdad de oportunidades</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="571BC811" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FD70A0B" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objetivo 2</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_Hlk149039444"/>
           </w:p>
           <w:p w14:paraId="57A927FA" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
@@ -9382,115 +9187,111 @@
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ampliar las oportunidades educativas para reducir desigualdades entre grupos sociales, cerrar brechas e impulsar la equidad.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="3FFEDE73" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46D306EE" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.3 Transformación educativa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28BDC569" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="134B04AB" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="7BA5AFFB" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:trHeight w:val="832"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FA8C2D0" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objetivo 11</w:t>
             </w:r>
@@ -9498,142 +9299,137 @@
           <w:p w14:paraId="784661A7" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Impulsar el desarrollo y utilización de nuevas tecnologías en el sistema educativo para apoyar la inserción de los estudiantes en la sociedad del conocimiento y ampliar sus capacidades para la vida.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F1D376F" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EE4693A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="7F64D27E" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E5D2F30" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Estrategia 11.5 Promover modelos de educación a distancia para educación media superior y superior, garantizando una buena calidad tecno</w:t>
             </w:r>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>lógica y de contenidos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77E819C7" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E31E33A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Estrategia 2.10</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AE6EC54" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
@@ -9689,82 +9485,79 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>• Revisar los modelos educativos de la educación abierta y a distancia con el fin de que guarden correspondencia con los principios y criterios establecidos en los programas y planes de estudios.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="14E3DAB3" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59EC266E" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="538B3123" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DE8EA20" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objetivo 3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B6AA25F" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
@@ -9776,82 +9569,79 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Impulsar el desarrollo y utilización de tecnologías de la información y la comunicación en el sistema educativo para apoyar el aprendizaje de los estudiantes, ampliar sus competencias para la vida y favorecer su inserción en la sociedad del conocimiento.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="6B9DF9F7" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0449C3BF" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CE72B24" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B6EB2C2" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Estrategia 3.6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10CC9C8A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
@@ -9879,79 +9669,79 @@
           <w:p w14:paraId="149E0884" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00BA1B62">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="598" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Crear la Universidad Abierta y a Distancia para responder a la demanda de educación superior.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DB97424" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00BA1B62">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="598" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Constituir el Sistema Nacional de Educación Abierta y a Distancia para contribuir a articular los esfuerzos en la materia.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EA947CC" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00BA1B62">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="598" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9978,82 +9768,79 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Establecer lineamientos y mecanismos de regulación, criterios e instrumentos para evaluar y acreditar la calidad de los distintos programas educativos de educación superior abierta y a distancia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="1E49E9ED" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="268B58CA" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4ADA1220" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AF6402D" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Temas transversales</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4408BD10" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
@@ -10066,82 +9853,79 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Evaluación</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="4D36332E" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:trHeight w:val="1620"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="149FFE25" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58E58B23" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7917924E" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Educación superior</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1854BD50" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
@@ -10179,403 +9963,387 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Crear organismos especializados a cargo de evaluar y acreditar la calidad de los programas de educación superior, en las modalidades abierta y a distancia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="100D4005" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="335647CD" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="4E1FBBBC" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="675DAA4C" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Plan Nacional de Desarrollo 2013-2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F5B2571" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36B80EE2" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa Sectorial Educación 2013-2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="381AF8C9" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3271E7A6" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eje. México con Educación de Calidad.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56D0A8AA" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DE3680A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objetivo 2. Fortalecer la calidad y pertinencia de la educación media superior, superior y formación para el trabajo a fin de que contribuyan al desarrollo de México</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="0D6F3FDD" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DC716D9" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objetivo: Garantizar la inclusión y la equidad en el sistema educativo.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59C48F3F" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64B84D02" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.6. Aprovechar las tecnologías de la información y la comunicación para el fortalecimiento de la educación media superior y superior</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="492B0330" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FF1B79B" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Estrategia 3.2.3. Crear nuevos servicios educativos, ampliar los existentes y aprovechar la capacidad instalada de los planteles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="771DA998" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="480028D3" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.6.5 </w:t>
             </w:r>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Impulsar la normatividad pertinente para que la educación abierta y a distancia provea servicios y apoyos a estudiantes y docentes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="3700B0DA" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:trHeight w:val="90"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12262ECB" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DDDD9DE" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22FBF55D" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objetivo 3</w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_Hlk149034729"/>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
@@ -10585,157 +10353,152 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. Asegurar mayor cobertura, inclusión y equidad educativa entre todos los grupos de la población para la construcción de una sociedad más justa</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="155EB464" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="308D5A49" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Líneas de acción: Ampliar la oferta educativa de las diferentes modalidades, incluyendo la mixta y la no escolarizada. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39CD7A1D" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AD26AFA" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.1. Fortalecer la planeación y mejorar la organización del sistema educativo nacional para aumentar con eficiencia la cobertura en distintos contextos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="454F4878" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D3B2350" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10C69CBE" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E77CF0F" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.1.7</w:t>
@@ -10751,453 +10514,434 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Impulsar nuevos modelos de educación abierta y a distancia, y garantizar su pertinencia tecnológica y de contenidos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="69F8754A" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D9BEB27" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3198FC8E" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="551D8EB4" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.7. Intensificar y diversificar los programas para la educación de las personas adultas y la disminución del rezago educativo.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="0E862718" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BB89948" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73DD5398" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CDCD28D" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk149034712"/>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.7.5 Llevar servicios educativos a centros de reclusión y readaptación social a través de modalidades abiertas y a distancia.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="6728222B" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B967C37" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="7FF08906" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09B3C3CF" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Plan Nacional de Desarrollo 2019-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="506B9D29" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B791A3E" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa Sectorial Educación 2019-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="769EEFC1" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:trHeight w:val="957"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49C5967A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C2AA45B" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6.4. Relevancia del objetivo prioritario 4: generar entornos favorables para el proceso de enseñanza-aprendizaje en los diferentes tipos, niveles y modalidades del sistema educativo nacional.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AF00F53" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7688BBF0" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objetivo prioritario 4. Generar entornos favorables para el proceso de enseñanza-aprendizaje en los diferentes tipos, niveles y modalidades del sistema educativo nacional.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="70103580" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A60ABD5" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79ACF9CB" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BF7E4C4" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Estrategia prioritaria 4.3 Garantizar el equipamiento adecuado de los centros educativos para potenciar el máximo logro de los aprendizajes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="2E676708" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38E16AE8" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3ACF266A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38018C12" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">4.3.2 Ampliar la disponibilidad de las tecnologías de la información, comunicación, conocimiento y aprendizaje digital en el sistema educativo nacional como apoyo al proceso de enseñanza-aprendizaje o acceso a modelos educativos abiertos y a distancia. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2180AC01" w14:textId="04ABE16B" w:rsidR="00BA1B62" w:rsidRDefault="00BA1B62" w:rsidP="00A87EEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11265,60 +11009,60 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Política pública educativa para el estado de Chiapas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17AA86F1" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRDefault="00BA1B62" w:rsidP="00A87EEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">La orientación de la política pública educativa en el estado de Chiapas, plasmada en el Plan Estatal de Desarrollo (PED) del sexenio 2007-2012, se alinea con la política nacional de ese mismo periodo. Un punto principal de esta orientación es la consolidación de la operación de la Coordinación Estatal de Educación Superior a Distancia. Posteriormente, en </w:t>
+        <w:t xml:space="preserve">La orientación de la política pública educativa en el estado de Chiapas, plasmada en el Plan Estatal de Desarrollo (PED) del sexenio 2007-2012, se alinea con la política nacional </w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>los sexenios 2013-2018 y 2019-2024, se continúa con el impulso y la consolidación de la educación a distancia, como se puede observar en la tabla 3.</w:t>
+        <w:t>de ese mismo periodo. Un punto principal de esta orientación es la consolidación de la operación de la Coordinación Estatal de Educación Superior a Distancia. Posteriormente, en los sexenios 2013-2018 y 2019-2024, se continúa con el impulso y la consolidación de la educación a distancia, como se puede observar en la tabla 3.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48535F1A" w14:textId="77777777" w:rsidR="00A87EEE" w:rsidRDefault="00A87EEE" w:rsidP="00BA1B62">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B7E7548" w14:textId="77777777" w:rsidR="00DA242E" w:rsidRDefault="00DA242E" w:rsidP="00BA1B62">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11711,145 +11455,140 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="040783C0" w14:textId="0B57F4B4" w:rsidR="00BA1B62" w:rsidRPr="00922512" w:rsidRDefault="00BA1B62" w:rsidP="00BA1B62">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla 3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Planes estatales de desarrollo y programas sectoriales de educación estado de Chiapas</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4106"/>
         <w:gridCol w:w="308"/>
         <w:gridCol w:w="4414"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="1C83D4A9" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F561912" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Plan Estatal de Desarrollo 2007-2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="150C837C" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C1CEB83" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa Sectorial de Educación 2007-2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="3414F118" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08822998" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="A5"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk149033731"/>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rStyle w:val="A5"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Eje 2. Desarrollo social y combate a la desigualdad </w:t>
@@ -11861,66 +11600,64 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rStyle w:val="A5"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.6 Educación</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A1C5023" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B3B1D17" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="A5"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rStyle w:val="A5"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Eje 2. Desarrollo social y combate a la desigualdad </w:t>
             </w:r>
@@ -11931,223 +11668,216 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rStyle w:val="A5"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.6 Educación</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="3FEC867B" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2272075A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_Hlk149034052"/>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.6.6 Educación superior</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B90D52D" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E4ECBC8" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.6.6 Educación superior</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="44CDB759" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FEFF9D1" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objetivo 2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="644FBEA9" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ampliar la cobertura de las IES, en atención al desarrollo regional.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62523D6C" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="080B44E2" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objetivo3.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="335E541D" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ampliar la oferta educativa hacia las regiones socioeconómicas de la entidad que no cuentan con el servicio de educación superior.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="3B22C3BB" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22FFB0DE" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_Hlk149034309"/>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rStyle w:val="A7"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Estrategia 2.2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
@@ -12198,66 +11928,64 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="62D1C2DE" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Consolidar la operación de la Coordinación Estatal de Educación Superior a Distancia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="242DB1AA" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="080599A2" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="_Hlk149034434"/>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Estrategia sectorial</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59E38B48" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12266,192 +11994,185 @@
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Impulsar la educación superior abierta y a distancia para incrementar la absorción y ampliar la oferta educativa en el nivel superior.</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="6"/>
           <w:p w14:paraId="0963222D" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="5"/>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="2059B05A" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FBBBD4B" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="53B24F2B" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BCF38D3" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Plan Estatal de Desarrollo 2013-2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47C3BF1C" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B876173" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa Sectorial de Educación 2013-2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="750542D8" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A940F04" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Pa31"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rStyle w:val="A32"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TEMA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D1109F6" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rStyle w:val="A32"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.3. Educación de calidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31B7DF6F" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76038095" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Política pública</w:t>
             </w:r>
           </w:p>
@@ -12461,273 +12182,264 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Educación superior</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="7E24166C" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:trHeight w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65E25B37" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Política pública 2.3.6. Educación superior</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37D24BD6" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19B41814" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D0C67BF" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Objetivo: 2.3.6.1 Elevar la calidad en la educación superior del estado. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FF4D1DE" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="73728C11" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="497D3933" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Pa31"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rStyle w:val="A32"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objetivo</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64083F0E" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rStyle w:val="A32"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Elevar la calidad en la educación superior en el estado.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B67DAA6" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A3BCE9F" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="0A431642" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:trHeight w:val="578"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C744E02" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Pa31"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rStyle w:val="A32"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ESTRATEGIAS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64E15081" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rStyle w:val="A32"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1. Impulsar otras modalidades educativas en el estado.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32DA6464" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F4A3002" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.3.6.1.1 Estrategia </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C20BB34" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
@@ -12735,86 +12447,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Impulsar otras modalidades educativas en el estado. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EBAAB1B" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="66C6446F" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:trPr>
           <w:trHeight w:val="577"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AB9A7BC" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Pa31"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="A32"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F64B542" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="658A7646" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Líneas de acción</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BE83858" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -12823,180 +12532,173 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Crear y diversificar los espacios comunes de </w:t>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="_Hlk149033094"/>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>educación superior abierta y a distancia</w:t>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="266C0643" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F3C4691" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="316F88EA" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19390D29" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Plan Estatal de Desarrollo 2018-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CBAA90C" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FF41251" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa Sectorial de Educación 2018-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="4C2D1E5E" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EE44A88" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tema 3.2. Educación para todos</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="370C0EDC" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64A2E463" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58209B55" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Política pública 3.2.4.</w:t>
             </w:r>
           </w:p>
@@ -13014,199 +12716,195 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Educación superior de calidad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27BB0149" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="4D5DE4C0" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79F2D59C" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Política pública 3.2.4.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73F9BD3A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Educación superior de calidad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EDD4824" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A25607A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26F2E22B" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Objetivo </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EDB47CA" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Elevar la calidad de la educación superior.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w14:paraId="79F930BD" w14:textId="77777777" w:rsidTr="00A87EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="261D87D2" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Estrategias</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55F0569C" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.2.4.1. Incrementar la cobertura en educación superior.</w:t>
@@ -13255,71 +12953,69 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.2.4.3. Incrementar la absorción en educación superior.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BE4939A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AFF7B00" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="1A1A1A"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="061E72D0" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Estrategias y líneas de acción </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="592757CC" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00A87EEE" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -13631,84 +13327,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mencionar que esta modalidad de oferta educativa en la UNACH inició en el año 2007 con el programa Técnico Superior Universitario en Gestión Turística.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54CEA60A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRDefault="00BA1B62" w:rsidP="00DD4AD1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Ahora bien, l</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a matrícula total reportada de estudiantes que se inscribieron en un programa de estudios de nivel licenciatura bajo la modalidad no escolarizada (virtual o en línea) por la Secretaría de Educación Pública, abarcando el per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">odo desde el ciclo escolar </w:t>
-[...8 lines deleted...]
-        <w:t>2008-2009 hasta el ciclo escolar 2022-2023, a nivel nacional fue de 2</w:t>
+        <w:t>odo desde el ciclo escolar 2008-2009 hasta el ciclo escolar 2022-2023, a nivel nacional fue de 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>932</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -13908,1143 +13596,1101 @@
       <w:r w:rsidRPr="00922512">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Número de estudiantes inscritos del año 2007 al año 2023 en cada uno de los programas educativos en línea de la UNACH</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5229"/>
         <w:gridCol w:w="1149"/>
         <w:gridCol w:w="2450"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="6C7A0221" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="619373AC" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa educativo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70C96E37" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Matrícula</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A9620EC" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Estatus del programa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="5FDA0664" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FB0AAB2" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Técnico Superior Universitario Gestión Turística</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57912822" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76BD8667" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa suprimido</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="0B38FA53" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A341699" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Profesional Asociado en Desarrollo del Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B53D77A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A7E52BD" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa suprimido</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="170DF505" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23E7F794" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Seguridad de Poblaciones ante Desastres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1511AFCD" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62920670" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa suprimido</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="19DB929E" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D7D7DBD" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gerencia Social</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="224D62A0" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DCD58FD" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa suspendido</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="4654F8DE" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17946D6D" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Desarrollo Municipal y Gobernabilidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3436A0A7" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>681</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EBDE708" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa vigente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="5E2D092A" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44DC4A1E" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Estadística y Sistemas de Información</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52144933" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>746</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F48FD5F" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa vigente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="10F4DE6C" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00C58094" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gestión de la Micro, Pequeña y Mediana Empresa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33E26BF5" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1928</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="105466B5" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa vigente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="532F60A4" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D059AF5" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Derechos Humanos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B16704B" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1680</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26DEFA27" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa vigente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="20EECC2B" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B9B4F70" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Inglés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7043700C" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>623</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="662E7FEE" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa vigente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="0DB8C91C" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="041B4705" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tecnologías de la Información y Comunicación Aplicadas a la Educación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2580438A" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1770</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44ABCBDD" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa vigente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="50999862" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0507F943" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Derecho</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DF23AC3" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1597</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70C4FFE3" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa vigente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="4E3CAF3B" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F77B740" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Seguridad Alimentaria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EBDEF50" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>346</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77929A77" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Programa vigente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA1B62" w:rsidRPr="000623B3" w14:paraId="24A10D36" w14:textId="77777777" w:rsidTr="000623B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="091B48C6" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76C37B57" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000623B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10,051</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2454" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="445FA746" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="000623B3" w:rsidRDefault="00BA1B62" w:rsidP="00704666">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="51848FDB" w14:textId="442061C5" w:rsidR="00BA1B62" w:rsidRPr="00922512" w:rsidRDefault="00BA1B62" w:rsidP="00BA1B62">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00922512">
@@ -15124,84 +14770,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 han sido suprimidos debido a que han cumplido con sus objetivos programados, y uno está suspendido temporalmente debido a que se encuentra en proceso de reestructuración. Los programas restantes son ofertados en las convocatorias de ingreso que emite la institución semestre a semestre.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="537CEC8D" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00D32343" w:rsidRDefault="00BA1B62" w:rsidP="000623B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Asimismo, en respuesta a la política pública educativa nacional reflejada en el Programa Sectorial de Educación del sexenio 2013-2018, la cual establece en el objetivo 3 </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">segurar mayor cobertura, inclusión y equidad educativa entre todos los grupos de la </w:t>
-[...8 lines deleted...]
-        <w:t>población para la construcción de una sociedad más justa</w:t>
+        <w:t>segurar mayor cobertura, inclusión y equidad educativa entre todos los grupos de la población para la construcción de una sociedad más justa</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, y en la estrategia 3.7.5 </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
@@ -15409,62 +15047,52 @@
     <w:p w14:paraId="5B2F7873" w14:textId="5CDF15CD" w:rsidR="00BA1B62" w:rsidRDefault="00BA1B62" w:rsidP="000623B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Esto concuerda con lo que señalan Navarrete</w:t>
       </w:r>
       <w:r w:rsidR="00A47E05" w:rsidRPr="00A47E05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>-Cazales</w:t>
+      </w:r>
       <w:r w:rsidR="00A47E05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A47E05" w:rsidRPr="00A47E05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y Manzanilla-Granados</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017)</w:t>
       </w:r>
       <w:r>
@@ -15553,92 +15181,92 @@
     <w:p w14:paraId="472CC585" w14:textId="75543017" w:rsidR="00BA1B62" w:rsidRDefault="00BA1B62" w:rsidP="000623B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Por otra parte, vale</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> destacar que la política pública educativa establecida en los Planes Estatales de Desarrollo (PED) se alinea con lo establecido en los PND, lo que limita al estado a proponer políticas públicas educativas ajustadas a su realidad. Esta situación es similar a la reportada por Muñoz</w:t>
+        <w:t xml:space="preserve"> destacar que la política pública educativa establecida en los Planes Estatales de Desarrollo (PED) se alinea con lo establecido en los PND, lo que limita al estado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32343">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>a proponer políticas públicas educativas ajustadas a su realidad. Esta situación es similar a la reportada por Muñoz</w:t>
       </w:r>
       <w:r w:rsidR="00A47E05" w:rsidRPr="0088342F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-Velázquez</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2019), quien </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>comenta</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que los PED se adhieren a las </w:t>
-[...8 lines deleted...]
-        <w:t>estrategias del PND en lugar de complementarlas con iniciativas que generen un impacto significativo en materia de educación.</w:t>
+        <w:t xml:space="preserve"> que los PED se adhieren a las estrategias del PND en lugar de complementarlas con iniciativas que generen un impacto significativo en materia de educación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BA24ED1" w14:textId="38B9581A" w:rsidR="00BA1B62" w:rsidRPr="00D32343" w:rsidRDefault="00BA1B62" w:rsidP="000623B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Asimismo, se puede indicar que l</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -15923,68 +15551,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La educación requiere una atención especial, ya que a través de ella se proporcionan conocimientos a la población para que participe en el desarrollo social, económico, político, ambiental, cultural, entre otros aspectos, de las localidades, municipios o entidades en las que habita. Por lo tanto, su observancia en la legislación nacional es de vital importancia para proporcionar un marco de referencia legislativa que la sustente y permita proteger los derechos, así como formalizar obligaciones y deberes que aseguren el desarrollo de la sociedad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6631CDF2" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00D32343" w:rsidRDefault="00BA1B62" w:rsidP="00C336ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>En concordancia con esta idea, s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e identifica una iniciativa de política pública federal enfocada en ampliar la oferta educativa hacia las regiones socioeconómicas del país que carecen de servicios de educación superior, mediante el fomento de la educación superior </w:t>
-[...8 lines deleted...]
-        <w:t>abierta y a distancia, con el objetivo de aumentar la absorción y ampliar la oferta educativa en dicho nivel.</w:t>
+        <w:t>e identifica una iniciativa de política pública federal enfocada en ampliar la oferta educativa hacia las regiones socioeconómicas del país que carecen de servicios de educación superior, mediante el fomento de la educación superior abierta y a distancia, con el objetivo de aumentar la absorción y ampliar la oferta educativa en dicho nivel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FB6A7D7" w14:textId="77777777" w:rsidR="00BA1B62" w:rsidRPr="00D32343" w:rsidRDefault="00BA1B62" w:rsidP="00C336ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Asimismo, l</w:t>
       </w:r>
       <w:r w:rsidRPr="00D32343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -16303,51 +15923,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FCF6CBC" w14:textId="149ED07F" w:rsidR="003F6F78" w:rsidRPr="00C336ED" w:rsidRDefault="00BB44F1" w:rsidP="00166417">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C336ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32ECEECA" w14:textId="3F8C330A" w:rsidR="00A47E05" w:rsidRPr="000B5B16" w:rsidRDefault="00A47E05" w:rsidP="00C336ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aguilar, F. L. (2012). </w:t>
       </w:r>
       <w:r w:rsidRPr="000B5B16">
@@ -16902,75 +16521,65 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FE9BF46" w14:textId="6C1E62D9" w:rsidR="00A47E05" w:rsidRPr="000B5B16" w:rsidRDefault="00A47E05" w:rsidP="00C336ED">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Navarrete</w:t>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="_Hlk166769423"/>
       <w:bookmarkStart w:id="12" w:name="_Hlk166769642"/>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...9 lines deleted...]
-        <w:t>Cazales</w:t>
+        <w:t>-Cazales</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Z. y Manzanilla</w:t>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="_Hlk166769428"/>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-Granados</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
@@ -16997,51 +16606,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 65-82. https://www.redalyc.org/journal/1341/134152136004/html/ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="555BC955" w14:textId="2A0C4ABA" w:rsidR="00A47E05" w:rsidRPr="000B5B16" w:rsidRDefault="00A47E05" w:rsidP="00C336ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Salcedo</w:t>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="_Hlk166769484"/>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-Flores</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, J. L., Carbonell-Infante, J. y Escudero-Vílchez, F. E. (2022). Análisis de la política pública educativa,2019-2021. </w:t>
       </w:r>
       <w:r w:rsidRPr="000B5B16">
@@ -17279,69 +16887,51 @@
       </w:pPr>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yong</w:t>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="_Hlk166769403"/>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-Castillo</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, E., </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">-García, N., Mejía-Corredor, C. y Chaparro-Malaver, C. (2017). Evolución de la educación superior a distancia: desafíos y oportunidades para su gestión. </w:t>
+        <w:t xml:space="preserve">, E., Nagles-García, N., Mejía-Corredor, C. y Chaparro-Malaver, C. (2017). Evolución de la educación superior a distancia: desafíos y oportunidades para su gestión. </w:t>
       </w:r>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Revista Virtual Universidad Católica</w:t>
       </w:r>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B5B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -17372,88 +16962,88 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>http://revistavirtual.ucn.edu.co/index.php/RevistaUCN/article/view/814/133</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BB14536" w14:textId="77777777" w:rsidR="00A47E05" w:rsidRPr="00922512" w:rsidRDefault="00A47E05" w:rsidP="00FD00B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A47E05" w:rsidRPr="00922512" w:rsidSect="00224D7F">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="993" w:right="1701" w:bottom="567" w:left="1701" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0292E5A3" w14:textId="77777777" w:rsidR="003962CE" w:rsidRDefault="003962CE" w:rsidP="00457BDF">
+    <w:p w14:paraId="05CEB855" w14:textId="77777777" w:rsidR="005F7899" w:rsidRDefault="005F7899" w:rsidP="00457BDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F549342" w14:textId="77777777" w:rsidR="003962CE" w:rsidRDefault="003962CE" w:rsidP="00457BDF">
+    <w:p w14:paraId="30608E3F" w14:textId="77777777" w:rsidR="005F7899" w:rsidRDefault="005F7899" w:rsidP="00457BDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -17481,51 +17071,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gotham">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09977488" w14:textId="77777777" w:rsidR="008A15C4" w:rsidRDefault="008A15C4" w:rsidP="008A15C4">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
@@ -17541,106 +17131,146 @@
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">                   Enero – Junio 202</w:t>
+      <w:t xml:space="preserve">                   </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Enero</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5E195C23" w14:textId="2DA76341" w:rsidR="00457BDF" w:rsidRPr="008A15C4" w:rsidRDefault="00457BDF" w:rsidP="008A15C4">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="492C98CF" w14:textId="77777777" w:rsidR="003962CE" w:rsidRDefault="003962CE" w:rsidP="00457BDF">
+    <w:p w14:paraId="66D39569" w14:textId="77777777" w:rsidR="005F7899" w:rsidRDefault="005F7899" w:rsidP="00457BDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="430C268F" w14:textId="77777777" w:rsidR="003962CE" w:rsidRDefault="003962CE" w:rsidP="00457BDF">
+    <w:p w14:paraId="52EA0425" w14:textId="77777777" w:rsidR="005F7899" w:rsidRDefault="005F7899" w:rsidP="00457BDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F5A2CA2" w14:textId="2C1DF7C4" w:rsidR="00457BDF" w:rsidRDefault="00DB70C4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14B6EAD4" wp14:editId="7A7D6829">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="492945277" name="Imagen 492945277"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -17652,51 +17282,51 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="02218260" w14:textId="77777777" w:rsidR="00457BDF" w:rsidRDefault="00457BDF">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="054E31EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E278A1AC"/>
     <w:lvl w:ilvl="0" w:tplc="080A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1034" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1754" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -18004,51 +17634,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6434" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1499884908">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1450860693">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1314142420">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -18096,85 +17726,87 @@
     <w:rsid w:val="00261806"/>
     <w:rsid w:val="00264EEF"/>
     <w:rsid w:val="002654E8"/>
     <w:rsid w:val="00267B3C"/>
     <w:rsid w:val="00286390"/>
     <w:rsid w:val="002972DA"/>
     <w:rsid w:val="002A231E"/>
     <w:rsid w:val="002A39FB"/>
     <w:rsid w:val="002A79D4"/>
     <w:rsid w:val="002B5C8F"/>
     <w:rsid w:val="002C1C50"/>
     <w:rsid w:val="002C6667"/>
     <w:rsid w:val="002D6229"/>
     <w:rsid w:val="002E53F1"/>
     <w:rsid w:val="00300D00"/>
     <w:rsid w:val="0030687E"/>
     <w:rsid w:val="00323913"/>
     <w:rsid w:val="003271E0"/>
     <w:rsid w:val="00337CDF"/>
     <w:rsid w:val="0035161B"/>
     <w:rsid w:val="003572D9"/>
     <w:rsid w:val="003650C3"/>
     <w:rsid w:val="003909A4"/>
     <w:rsid w:val="003962CE"/>
     <w:rsid w:val="00396A12"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A6484"/>
     <w:rsid w:val="003B1F49"/>
     <w:rsid w:val="003B600E"/>
     <w:rsid w:val="003C18AE"/>
     <w:rsid w:val="003C72E5"/>
     <w:rsid w:val="003D6265"/>
     <w:rsid w:val="003E4754"/>
     <w:rsid w:val="003E7512"/>
     <w:rsid w:val="003F40ED"/>
     <w:rsid w:val="003F6F78"/>
     <w:rsid w:val="00401033"/>
     <w:rsid w:val="004021B2"/>
     <w:rsid w:val="00457BDF"/>
     <w:rsid w:val="004717DC"/>
     <w:rsid w:val="004760BC"/>
     <w:rsid w:val="00483922"/>
     <w:rsid w:val="004A25ED"/>
     <w:rsid w:val="004B22A8"/>
     <w:rsid w:val="004B39C2"/>
     <w:rsid w:val="004D0727"/>
     <w:rsid w:val="004F7817"/>
     <w:rsid w:val="00501CD9"/>
     <w:rsid w:val="005076A4"/>
     <w:rsid w:val="00520F74"/>
     <w:rsid w:val="0052308A"/>
     <w:rsid w:val="00523406"/>
     <w:rsid w:val="00531FE2"/>
     <w:rsid w:val="005453DB"/>
     <w:rsid w:val="00562DBF"/>
     <w:rsid w:val="00564864"/>
     <w:rsid w:val="0057403F"/>
     <w:rsid w:val="00590BBB"/>
     <w:rsid w:val="005A20F2"/>
     <w:rsid w:val="005A7D2D"/>
     <w:rsid w:val="005F16CA"/>
+    <w:rsid w:val="005F7899"/>
     <w:rsid w:val="0061459B"/>
     <w:rsid w:val="006248C1"/>
     <w:rsid w:val="00641C53"/>
     <w:rsid w:val="006450AB"/>
     <w:rsid w:val="00645643"/>
     <w:rsid w:val="0065635D"/>
     <w:rsid w:val="00661D64"/>
     <w:rsid w:val="0067471B"/>
     <w:rsid w:val="0069178D"/>
     <w:rsid w:val="00696B36"/>
     <w:rsid w:val="006C3208"/>
     <w:rsid w:val="006C4649"/>
     <w:rsid w:val="006C4F01"/>
     <w:rsid w:val="006D0AD5"/>
     <w:rsid w:val="006D3D32"/>
     <w:rsid w:val="006E29CB"/>
     <w:rsid w:val="006E76C8"/>
     <w:rsid w:val="006F1F20"/>
     <w:rsid w:val="006F35DC"/>
     <w:rsid w:val="006F4FE5"/>
     <w:rsid w:val="006F56A1"/>
     <w:rsid w:val="00701E28"/>
     <w:rsid w:val="00724608"/>
     <w:rsid w:val="0078131C"/>
     <w:rsid w:val="007906BE"/>
@@ -18273,50 +17905,51 @@
     <w:rsid w:val="00C72F00"/>
     <w:rsid w:val="00C750D9"/>
     <w:rsid w:val="00C75D3B"/>
     <w:rsid w:val="00C77D79"/>
     <w:rsid w:val="00CA4414"/>
     <w:rsid w:val="00CB5900"/>
     <w:rsid w:val="00CC79BD"/>
     <w:rsid w:val="00CF57F6"/>
     <w:rsid w:val="00CF6B63"/>
     <w:rsid w:val="00D10113"/>
     <w:rsid w:val="00D169B3"/>
     <w:rsid w:val="00D352D1"/>
     <w:rsid w:val="00D36FDE"/>
     <w:rsid w:val="00D40241"/>
     <w:rsid w:val="00D434AC"/>
     <w:rsid w:val="00D547B3"/>
     <w:rsid w:val="00D61089"/>
     <w:rsid w:val="00D67ED1"/>
     <w:rsid w:val="00D872FC"/>
     <w:rsid w:val="00D90D61"/>
     <w:rsid w:val="00DA242E"/>
     <w:rsid w:val="00DB70C4"/>
     <w:rsid w:val="00DC37F8"/>
     <w:rsid w:val="00DD4757"/>
     <w:rsid w:val="00DD4AD1"/>
+    <w:rsid w:val="00DD7832"/>
     <w:rsid w:val="00DD79DB"/>
     <w:rsid w:val="00DF16A0"/>
     <w:rsid w:val="00E00841"/>
     <w:rsid w:val="00E05EC8"/>
     <w:rsid w:val="00E121AA"/>
     <w:rsid w:val="00E20F94"/>
     <w:rsid w:val="00E26867"/>
     <w:rsid w:val="00E3376F"/>
     <w:rsid w:val="00E33BEE"/>
     <w:rsid w:val="00E35DF9"/>
     <w:rsid w:val="00E43CD3"/>
     <w:rsid w:val="00E51CDE"/>
     <w:rsid w:val="00E64315"/>
     <w:rsid w:val="00E72C48"/>
     <w:rsid w:val="00E74A95"/>
     <w:rsid w:val="00EC5925"/>
     <w:rsid w:val="00EC6C55"/>
     <w:rsid w:val="00EF033B"/>
     <w:rsid w:val="00F02011"/>
     <w:rsid w:val="00F07A14"/>
     <w:rsid w:val="00F51C94"/>
     <w:rsid w:val="00F52691"/>
     <w:rsid w:val="00F611DD"/>
     <w:rsid w:val="00F659E9"/>
     <w:rsid w:val="00F75D21"/>
@@ -18336,51 +17969,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2824D302"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{73CBAF70-869D-47D5-9008-B11678CC11A0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18740,51 +18373,50 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008D1BBD"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -19108,51 +18740,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00457BDF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00457BDF"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1561163833">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1700013728">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -19172,51 +18804,51 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1785464486">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5669-5196" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i21.920" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5669-5196" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -19495,70 +19127,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D80CC3F-3E04-425F-9FE4-941D7440EBBE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>6294</Words>
-  <Characters>34617</Characters>
+  <Words>6309</Words>
+  <Characters>34703</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>288</Lines>
+  <Lines>289</Lines>
   <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40830</CharactersWithSpaces>
+  <CharactersWithSpaces>40931</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Julio</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>