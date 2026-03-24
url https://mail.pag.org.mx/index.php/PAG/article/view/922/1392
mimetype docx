--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -14,78 +14,143 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="190D6C46" w14:textId="6439F4C2" w:rsidR="0062113F" w:rsidRDefault="0062113F" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0E75F8E5" w14:textId="62FD5FB1" w:rsidR="00EB739F" w:rsidRDefault="00EB739F" w:rsidP="0062113F">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB739F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00EB739F">
+          <w:rPr>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i21.922</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="21C969B0" w14:textId="77777777" w:rsidR="00EB739F" w:rsidRPr="00EB739F" w:rsidRDefault="00EB739F" w:rsidP="0062113F">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3B9DB42F" w14:textId="3D34437A" w:rsidR="00830E41" w:rsidRPr="0062113F" w:rsidRDefault="001615EB" w:rsidP="000F0A37">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062113F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Educación i</w:t>
       </w:r>
@@ -699,60 +764,60 @@
         </w:rPr>
         <w:t xml:space="preserve">En el estudio participaron </w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">30 alumnos, así como 6 educadoras, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mientras que </w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">las categorías de análisis incluyeron trabajo colaborativo, inclusión educativa, cultura inclusiva e interrelación. Los instrumentos utilizados comprendieron la observación, entrevistas semiestructuradas y diarios de campo. La evaluación adoptó un enfoque cualitativo permanente, donde las educadoras evaluaron a los alumnos con base en los aprendizajes esperados establecidos por el plan de educación preescolar. El diseño del estudio fue de investigación-acción con un enfoque cualitativo, y se llevó a cabo un análisis comprensivo-interpretativo. Los resultados indican que el rol del docente es fundamental para la promoción de la educación inclusiva, en tanto su práctica educativa se vuelva incluyente para todo el </w:t>
+        <w:t xml:space="preserve">las categorías de análisis incluyeron trabajo colaborativo, inclusión educativa, cultura inclusiva e interrelación. Los instrumentos utilizados comprendieron la observación, entrevistas semiestructuradas y diarios de campo. La evaluación adoptó un enfoque cualitativo permanente, donde las educadoras evaluaron a los alumnos con base en los aprendizajes esperados establecidos por el plan de educación preescolar. El diseño del estudio fue de </w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>alumnado. En consecuencia, se sugiere que esta investigación continúe sensibilizando a los estudiantes desde la primera infancia para reducir la discriminación, además de abogar por la sensibilización de la sociedad para la creación de nuevas leyes que promuevan la inclusión en la comunidad educativa y en la sociedad.</w:t>
+        <w:t>investigación-acción con un enfoque cualitativo, y se llevó a cabo un análisis comprensivo-interpretativo. Los resultados indican que el rol del docente es fundamental para la promoción de la educación inclusiva, en tanto su práctica educativa se vuelva incluyente para todo el alumnado. En consecuencia, se sugiere que esta investigación continúe sensibilizando a los estudiantes desde la primera infancia para reducir la discriminación, además de abogar por la sensibilización de la sociedad para la creación de nuevas leyes que promuevan la inclusión en la comunidad educativa y en la sociedad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5335E001" w14:textId="774F8E19" w:rsidR="000D1E57" w:rsidRPr="000D1E57" w:rsidRDefault="000D1E57" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0A37">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Palabras </w:t>
       </w:r>
       <w:r w:rsidR="00437682" w:rsidRPr="000F0A37">
@@ -966,61 +1031,61 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A622D00" w14:textId="77777777" w:rsidR="0062113F" w:rsidRPr="00EC278D" w:rsidRDefault="0062113F" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC278D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Atualmente, as salas de aula são compostas por alunos provenientes de diversas origens sociais, o que sublinha a necessidade de promover a educação inclusiva. Portanto, o objetivo deste estudo foi promover a educação inclusiva por meio da utilização de estratégias didáticas de trabalho colaborativo, de situações didáticas de aprendizagem e da influência de familiares e educadores em uma turma de terceiro ano da educação pré-escolar. Participaram do estudo 30 alunos, além de 6 educadores, enquanto as categorias de análise incluíram trabalho colaborativo, inclusão educacional, cultura inclusiva e inter-relação. Os instrumentos utilizados incluíram observação, entrevistas semiestruturadas e diários de campo. A </w:t>
+        <w:t xml:space="preserve">Atualmente, as salas de aula são compostas por alunos provenientes de diversas origens sociais, o que sublinha a necessidade de promover a educação inclusiva. Portanto, o objetivo deste estudo foi promover a educação inclusiva por meio da utilização de estratégias didáticas de trabalho colaborativo, de situações didáticas de aprendizagem e da influência de familiares e educadores em uma turma de terceiro ano da educação pré-escolar. Participaram do estudo </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC278D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>avaliação adotou uma abordagem qualitativa permanente, onde os educadores avaliaram os alunos com base nas expectativas de aprendizagem estabelecidas pelo plano de educação pré-escolar. O desenho do estudo foi pesquisa-ação com abordagem qualitativa, e foi realizada análise compreensiva-interpretativa. Os resultados indicam que o papel do professor é fundamental para a promoção da educação inclusiva, desde que a sua prática educativa se torne inclusiva para todos os alunos. Consequentemente, sugere-se que esta pesquisa continue a sensibilizar os alunos desde a primeira infância para a redução da discriminação, além de defender a sensibilização da sociedade para a criação de novas leis que promovam a inclusão na comunidade educativa e na sociedade.</w:t>
+        <w:t>30 alunos, além de 6 educadores, enquanto as categorias de análise incluíram trabalho colaborativo, inclusão educacional, cultura inclusiva e inter-relação. Os instrumentos utilizados incluíram observação, entrevistas semiestruturadas e diários de campo. A avaliação adotou uma abordagem qualitativa permanente, onde os educadores avaliaram os alunos com base nas expectativas de aprendizagem estabelecidas pelo plano de educação pré-escolar. O desenho do estudo foi pesquisa-ação com abordagem qualitativa, e foi realizada análise compreensiva-interpretativa. Os resultados indicam que o papel do professor é fundamental para a promoção da educação inclusiva, desde que a sua prática educativa se torne inclusiva para todos os alunos. Consequentemente, sugere-se que esta pesquisa continue a sensibilizar os alunos desde a primeira infância para a redução da discriminação, além de defender a sensibilização da sociedade para a criação de novas leis que promovam a inclusão na comunidade educativa e na sociedade.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE9ADAD" w14:textId="036545BA" w:rsidR="0062113F" w:rsidRPr="00EC278D" w:rsidRDefault="0062113F" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0A37">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Palavras-chave:</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC278D">
@@ -1257,83 +1322,91 @@
         </w:rPr>
         <w:t>, por supuesto,</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no escapa a esta realidad, ya que también enfrenta situaciones de discriminación educativa en su sistema educativo nacional.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Por eso, l</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a educación temprana se presenta como un momento crucial para sensibilizar y concientizar a la población sobre la importancia de la tolerancia, solidaridad y convivencia con la diversidad cultural, económica y social.</w:t>
+        <w:t xml:space="preserve">a educación temprana se presenta como un momento crucial para sensibilizar y concientizar a la población sobre la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>importancia de la tolerancia, solidaridad y convivencia con la diversidad cultural, económica y social.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C0763A" w14:textId="77777777" w:rsidR="00D360B6" w:rsidRDefault="00D360B6" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="493454B6" w14:textId="77777777" w:rsidR="0058057F" w:rsidRDefault="0058057F" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Para intentar cumplir con el objetivo señalado, se formuló l</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">siguiente </w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pregunta de investigación: ¿</w:t>
@@ -1678,76 +1751,76 @@
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> el estudio, así como los ciclos de la investigación-acción. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Seguidamente, s</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e describe el grupo muestra y se detallan los instrumentos empleados para la recolección e interpretación de datos, incluyendo la técnica de análisis de datos. </w:t>
+        <w:t xml:space="preserve">e describe el grupo muestra y se detallan los </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">instrumentos empleados para la recolección e interpretación de datos, incluyendo la técnica de análisis de datos. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Igualmente, s</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e proporciona información sobre el escenario y aspectos contextuales relevantes, junto con consideraciones éticas asociadas al estudio. Finalmente, </w:t>
-[...8 lines deleted...]
-        <w:t>se presentan los resultados de la investigación, el análisis y la comprensión de la información obtenida a través de los instrumentos utilizados, acompañados de su respectivo análisis.</w:t>
+        <w:t>e proporciona información sobre el escenario y aspectos contextuales relevantes, junto con consideraciones éticas asociadas al estudio. Finalmente, se presentan los resultados de la investigación, el análisis y la comprensión de la información obtenida a través de los instrumentos utilizados, acompañados de su respectivo análisis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FA86496" w14:textId="5C69FDD6" w:rsidR="0058057F" w:rsidRDefault="0058057F" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Este estudio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2023,87 +2096,87 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2018). El grupo muestra seleccionado estuvo conformado por los alumnos y alumnas del tercer grado, grupo D, de educación preescolar, quienes participaron activamente en la realización de las actividades didácticas colaborativas con el objetivo de promover un ambiente inclusivo en el aula.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78327E0E" w14:textId="32845CBC" w:rsidR="0058057F" w:rsidRDefault="0058057F" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Esta metodología permitió describir el conjunto de actividades implementadas por la docente del grupo, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lo cual involucró</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> la observación, reflexión y acción como herramientas para modificar la realidad interna del grupo 3 D y cumplir con los ciclos de intervención didáctica establecidos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B22658" w14:textId="1C6DC286" w:rsidR="000F0A37" w:rsidRDefault="00F50CEF" w:rsidP="000F0A37">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A continuación, se presenta el ciclo de acción que se realizó en la investigación. </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc53095222"/>
     </w:p>
     <w:p w14:paraId="5C1EBFB7" w14:textId="77777777" w:rsidR="000F0A37" w:rsidRDefault="000F0A37" w:rsidP="000F0A37">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="168C1C61" w14:textId="132DB8FF" w:rsidR="0058057F" w:rsidRPr="002D5FBE" w:rsidRDefault="0058057F" w:rsidP="000F0A37">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2330,76 +2403,77 @@
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="350B90C6" wp14:editId="7D8B5B12">
             <wp:extent cx="5486400" cy="3838575"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1" name="Diagrama 1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
-                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId8" r:lo="rId9" r:qs="rId10" r:cs="rId11"/>
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId9" r:lo="rId10" r:qs="rId11" r:cs="rId12"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="79C2CC2E" w14:textId="46B14432" w:rsidR="0058057F" w:rsidRPr="002D5FBE" w:rsidRDefault="0058057F" w:rsidP="0058057F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6512C287" wp14:editId="1BBD934E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>254000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>158115</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1352550" cy="342900"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Cuadro de texto 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
@@ -2491,51 +2565,51 @@
                     </w:p>
                     <w:p w14:paraId="3675DFC7" w14:textId="77777777" w:rsidR="00EC278D" w:rsidRDefault="00EC278D" w:rsidP="0058057F"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52C8DE24" wp14:editId="7EFEFDDD">
             <wp:extent cx="5486400" cy="3200400"/>
             <wp:effectExtent l="0" t="95250" r="0" b="114300"/>
             <wp:docPr id="2" name="Diagrama 2"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
-                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId13" r:lo="rId14" r:qs="rId15" r:cs="rId16"/>
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId14" r:lo="rId15" r:qs="rId16" r:cs="rId17"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6657FFEC" w14:textId="39CC3D70" w:rsidR="004E4A85" w:rsidRPr="000F0A37" w:rsidRDefault="0058057F" w:rsidP="000F0A37">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuente: </w:t>
       </w:r>
@@ -2612,51 +2686,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38F136A4" w14:textId="3238E0C5" w:rsidR="000D1E57" w:rsidRPr="001615EB" w:rsidRDefault="00DC0B54" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001615EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Muestra</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="700220EF" w14:textId="77777777" w:rsidR="00DB7C5B" w:rsidRDefault="00DB7C5B" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc56463441"/>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El grupo de tercer grado D forma parte de una matrícula total de 7 grupos en un jardín de niños, y está compuesto por 34 alumnos, de los cuales 13 son mujeres y 21 son hombres. Estos estudiantes provienen principalmente de la comunidad de La Valla y áreas circundantes, lo que resulta en una diversidad significativa en cuanto a costumbres, condiciones sociales y económicas. Todos los participantes en la investigación tienen entre 5 y 6 años de edad, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2867,59 +2940,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“Los castigo cuando no me obedecen, pero luego se vuelven a portar mal” (Madre de familia 7, 2016). </w:t>
       </w:r>
       <w:r w:rsidRPr="00A90FE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Algunas madres comentan que como los hijos no las obedecen los dejan hacer lo que ellos tomen las decisiones, otras dijeron que ellas ordenan</w:t>
       </w:r>
       <w:r w:rsidRPr="00A90FE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y otras más dijeron que hacen ejercicios de reflexión sobre lo que pasa día a día. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A90FE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Cuando le digo que apague el televisor se pone a llorar y como estoy ocupada, mejor lo dejo que haga lo que él quiere” (madre de familia 7, 2016). “Yo no me peleo con mis hijos, </w:t>
-[...7 lines deleted...]
-        <w:t>que hagan lo que quieran cuando sean grandes tendrán la consecuencia” (Madre de familia 5, 2016). “Mis papás nunca me dijeron que hacer, entonces yo no sé bien, como guiar a mi hijo” (Madre de familia 9, 2016). “Yo le digo a su abuelita que mejor ella le diga que hacer porque a mí no me obedece” (Madre de familia 14, 2016). “Trato de que todo lo que pasa en el día a día lo reflexione para que</w:t>
+        <w:t>“Cuando le digo que apague el televisor se pone a llorar y como estoy ocupada, mejor lo dejo que haga lo que él quiere” (madre de familia 7, 2016). “Yo no me peleo con mis hijos, que hagan lo que quieran cuando sean grandes tendrán la consecuencia” (Madre de familia 5, 2016). “Mis papás nunca me dijeron que hacer, entonces yo no sé bien, como guiar a mi hijo” (Madre de familia 9, 2016). “Yo le digo a su abuelita que mejor ella le diga que hacer porque a mí no me obedece” (Madre de familia 14, 2016). “Trato de que todo lo que pasa en el día a día lo reflexione para que</w:t>
       </w:r>
       <w:r w:rsidRPr="00A90FE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A90FE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>aprenda y tome bien decisiones en su vida adulta” (Madre de familia 18, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AC2604A" w14:textId="77777777" w:rsidR="00D360B6" w:rsidRPr="00A073F3" w:rsidRDefault="00D360B6" w:rsidP="00FC0AF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3155,50 +3220,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6D28207F" w14:textId="4CE29FE5" w:rsidR="00D360B6" w:rsidRDefault="00DB7C5B" w:rsidP="00D360B6">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004633E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Logro de los aprendizajes esperados y el perfil de egreso de la educación preescolar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B9966EC" w14:textId="77777777" w:rsidR="00D360B6" w:rsidRPr="00D360B6" w:rsidRDefault="00D360B6" w:rsidP="00D360B6">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2374CC6B" w14:textId="1DC11BDC" w:rsidR="00DC0B54" w:rsidRPr="00DC0B54" w:rsidRDefault="00DC0B54" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -3348,51 +3414,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0285692C" w14:textId="009FC2DB" w:rsidR="00DC0B54" w:rsidRPr="00DC0B54" w:rsidRDefault="00DC0B54" w:rsidP="00FC0AF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC0B54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Rúbrica</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="78F36F81" w14:textId="77777777" w:rsidR="00DB7C5B" w:rsidRDefault="00DB7C5B" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc56463445"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
@@ -3490,51 +3555,60 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Validez</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="40F0B6E7" w14:textId="77777777" w:rsidR="00DB7C5B" w:rsidRDefault="00DB7C5B" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc56463446"/>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>La rúbrica ha sido ampliamente utilizada en educación preescolar como el principal instrumento para interpretar los resultados de las actividades aplicadas y tener un control cualitativo del aprendizaje de los alumnos en relación con el contenido y la construcción del conocimiento. Este instrumento pedagógico es válido y confiable para evaluar el logro de los resultados y analizar el progreso del estudiante hacia el enfoque de inclusión propuesto. Su coherencia radica en su capacidad para ajustarse a los aprendizajes necesarios de los estudiantes y su estructura fácil de aplicar.</w:t>
+        <w:t xml:space="preserve">La rúbrica ha sido ampliamente utilizada en educación preescolar como el principal instrumento para interpretar los resultados de las actividades aplicadas y tener un control cualitativo del aprendizaje de los alumnos en relación con el contenido y la construcción del conocimiento. Este instrumento pedagógico es válido y confiable para evaluar el logro de los resultados y analizar el progreso del estudiante hacia el enfoque de inclusión propuesto. Su </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>coherencia radica en su capacidad para ajustarse a los aprendizajes necesarios de los estudiantes y su estructura fácil de aplicar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DA5942E" w14:textId="77777777" w:rsidR="00DB7C5B" w:rsidRDefault="00DB7C5B" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Además, se observó que los alumnos del grupo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -3653,51 +3727,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69F9F959" w14:textId="0708D5A0" w:rsidR="00DC0B54" w:rsidRPr="00DC0B54" w:rsidRDefault="00DC0B54" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC0B54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Validez y confiabilidad</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="31E08309" w14:textId="379D407F" w:rsidR="00DB7C5B" w:rsidRDefault="00DB7C5B" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El diario de campo desempeñó un papel fundamental como instrumento de reflexión durante y sobre la práctica docente en el contexto de esta investigación. Este instrumento fue crucial en la toma de decisiones por parte de la educadora para alcanzar los objetivos establecidos. En él se registraron hallazgos, observaciones de las acciones y actitudes de los alumnos y alumnas, así como sucesos importantes que ocurrieron durante el proceso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3800,50 +3873,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="048E4F92" w14:textId="579BC093" w:rsidR="00106EBD" w:rsidRPr="00106EBD" w:rsidRDefault="00106EBD" w:rsidP="00FC0AF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00106EBD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>La inclusión y la práctica Docente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="156AFCDA" w14:textId="1A33284D" w:rsidR="00106EBD" w:rsidRDefault="00106EBD" w:rsidP="00106EBD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3916,60 +3990,51 @@
     <w:p w14:paraId="085991E2" w14:textId="77777777" w:rsidR="00106EBD" w:rsidRDefault="00106EBD" w:rsidP="00106EBD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Además, s</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e evaluaron los rasgos necesarios para fomentar una educación inclusiva, y los resultados demostraron que se lograron los objetivos planteados en la investigación. En </w:t>
-[...8 lines deleted...]
-        <w:t>resumen, la combinación de estrategias de trabajo colaborativo, la intervención docente y la influencia de la familia contribuyeron al éxito del proyecto para promover la educación inclusiva en el grupo de tercer grado de educación preescolar.</w:t>
+        <w:t>e evaluaron los rasgos necesarios para fomentar una educación inclusiva, y los resultados demostraron que se lograron los objetivos planteados en la investigación. En resumen, la combinación de estrategias de trabajo colaborativo, la intervención docente y la influencia de la familia contribuyeron al éxito del proyecto para promover la educación inclusiva en el grupo de tercer grado de educación preescolar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F3E42EC" w14:textId="77777777" w:rsidR="00106EBD" w:rsidRDefault="00106EBD" w:rsidP="00106EBD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Por otra parte, l</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -4029,51 +4094,60 @@
         </w:rPr>
         <w:t>Posteriormente, a</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">l concluir cada situación didáctica, se evaluaron los rasgos asociados a la educación inclusiva. Los estudiantes mostraron solidaridad, comunicación efectiva y actitudes inclusivas, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pues fueron capaces de trabajar </w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>con cualquier compañero asignado para cumplir con los objetivos propuestos. Estos resultados respaldan los supuestos teóricos, ya que demuestran que los actores de la comunidad son fundamentales para promover la educación inclusiva. Además, destacan la importancia de la actitud del docente en la lucha contra la discriminación en la escuela, así como el diseño de actividades que se ajusten a un currículo flexible y accesible para todos.</w:t>
+        <w:t xml:space="preserve">con cualquier compañero asignado para cumplir con los objetivos propuestos. Estos resultados respaldan los supuestos teóricos, ya que demuestran que los actores de la comunidad son fundamentales para promover la educación inclusiva. Además, destacan la importancia de la actitud del docente en la lucha </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>contra la discriminación en la escuela, así como el diseño de actividades que se ajusten a un currículo flexible y accesible para todos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B1B98E" w14:textId="77777777" w:rsidR="00106EBD" w:rsidRDefault="00106EBD" w:rsidP="00FC0AF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7990960A" w14:textId="0E8D7D1B" w:rsidR="00106EBD" w:rsidRPr="00106EBD" w:rsidRDefault="00106EBD" w:rsidP="00D360B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00106EBD">
@@ -4183,51 +4257,50 @@
     <w:p w14:paraId="67883B2C" w14:textId="77777777" w:rsidR="00106EBD" w:rsidRPr="002D5FBE" w:rsidRDefault="00106EBD" w:rsidP="00106EBD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Es cierto que la existencia de un reglamento en el aula es importante, pues proporciona reglas básicas generales que promueven la convivencia de acuerdo con los valores prioritarios acordados, como la inclusión, entre otros aspectos. No obstante, no se debe reglamentar cada falta cometida, ya que esto podría conducir a convertirse en una especie de policía vigilante o juez impartidor de castigos. Como afirma Schmill (2017), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>“p</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>remiar y castigar no son actos educativos, sino amaestradores</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> las reglas por s</w:t>
@@ -4353,51 +4426,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Al inicio de la investigación, se observaron e identificaron varios factores que obstaculizaban el trabajo colaborativo en el grupo. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Por ejemplo, s</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>e evidenciaba discriminación entre los compañeros y compañeras, lo que resultaba en una dinámica no inclusiva en el aula. En ocasiones, la clase se percibía como integradora en lugar de inclusiva</w:t>
+        <w:t xml:space="preserve">e evidenciaba discriminación entre los compañeros y compañeras, lo que resultaba en una dinámica no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>inclusiva en el aula. En ocasiones, la clase se percibía como integradora en lugar de inclusiva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, mientras que también</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
@@ -4581,51 +4663,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21FC779B" w14:textId="47F1C8AE" w:rsidR="00DC0B54" w:rsidRPr="00DC0B54" w:rsidRDefault="00DC0B54" w:rsidP="00FC0AF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC0B54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Discusión </w:t>
       </w:r>
       <w:r w:rsidR="005D396B" w:rsidRPr="00DC0B54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>sobre temas de educación para padres de familia</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="7838177F" w14:textId="77777777" w:rsidR="003F6A06" w:rsidRDefault="003F6A06" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4789,50 +4870,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55BA4ED0" w14:textId="2B2AB916" w:rsidR="00EF3124" w:rsidRDefault="00EF3124" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">La información recogida de las entrevistas a las Madres de familia como lo dice Hernandez </w:t>
       </w:r>
       <w:r w:rsidR="0066195C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(2018).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C846255" w14:textId="77777777" w:rsidR="003F6A06" w:rsidRDefault="003F6A06" w:rsidP="00FC0AF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -4914,51 +4996,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cada individuo es único e irrepetible, con una carga genética y un entorno únicos. Por lo tanto, las experiencias de ser el primogénito, el segundo o el tercero, así como de ser mayor o menor, tener hermanos o hermanas, influyen en el desarrollo de cada hijo. Además, cada niño o niña tiene su propio ritmo para alcanzar hitos como caminar, hablar, leer, escribir o montar en bicicleta, lo cual contribuye a su desarrollo integral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CB01ADC" w14:textId="77777777" w:rsidR="00182EFD" w:rsidRDefault="00182EFD" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Los niños y niñas son altamente receptivos al trato que reciben, y responden con igual medida de atención y respeto cuando se les brinda. Gestos tan simples como inclinarse para dialogar con ellos, mirarlos directamente a los ojos y escuchar sus inquietudes son suficientes para establecer este vínculo. No obstante, cuando los niños y niñas no son tratados con respeto, su capacidad para respetarse a sí mismos y a los demás se ve afectada. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B031FB8" w14:textId="0B6FC6B6" w:rsidR="00182EFD" w:rsidRDefault="00182EFD" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Por tanto</w:t>
       </w:r>
       <w:r w:rsidR="00E5012C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5170,51 +5251,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Si la base de la sociedad radica en la familia y esta no establece un sistema normativo para regular el comportamiento de sus miembros, es poco probable que los niños o niñas desarrollen un respeto hacia sus compañeros en el entorno escolar y estén dispuestos a participar de manera constructiva en las actividades educativas. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Por ende, e</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s crucial comprender la responsabilidad compartida que tienen los padres de familia y la escuela en la educación de los menores. </w:t>
+        <w:t xml:space="preserve">s crucial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">comprender la responsabilidad compartida que tienen los padres de familia y la escuela en la educación de los menores. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66FE0FA6" w14:textId="77777777" w:rsidR="00182EFD" w:rsidRDefault="00182EFD" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Según la mayoría de las experiencias compartidas por las madres de familia, muchas veces se ven obligadas a repetir instrucciones para lograr la obediencia de sus hijos e hijas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -5432,60 +5522,51 @@
         </w:rPr>
         <w:t>el</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> desarrollo a su propio ritmo. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En consecuencia, e</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s crucial </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">que los niños y niñas tengan la oportunidad de expresarse libremente, más allá de ser instruidos en lo que deben pensar y saber; </w:t>
+        <w:t xml:space="preserve">s crucial que los niños y niñas tengan la oportunidad de expresarse libremente, más allá de ser instruidos en lo que deben pensar y saber; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">en otras palabras, se debe </w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">cultivar su voluntad de crear en lugar de limitarse a supervisar sus logros. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="491CA96D" w14:textId="77777777" w:rsidR="00182EFD" w:rsidRDefault="00182EFD" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5675,50 +5756,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> la escucha de las necesidades de los usuarios y la creación de un ambiente de respeto y armonía. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77986B1D" w14:textId="77777777" w:rsidR="003F6A06" w:rsidRDefault="003F6A06" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>En tal sentido, l</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a estrategia de tener el reglamento visible en el aula facilita el control del comportamiento infantil de manera positiva, es decir, sin recurrir a golpes, peleas o amenazas. El objetivo principal es que los niños y niñas puedan reconocer y cultivar virtudes positivas en sí mismos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> para que se reconozcan</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> como personas dignas de amor y respeto. Como señala Cornejo (2019), la actitud y el comportamiento del docente son cruciales en el proceso de enseñanza-aprendizaje y en la educación inclusiva, donde las creencias, percepciones y sentimientos se convierten en acciones concretas.</w:t>
@@ -5786,60 +5868,51 @@
     <w:p w14:paraId="38E4C68D" w14:textId="77777777" w:rsidR="003F6A06" w:rsidRDefault="003F6A06" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Asimismo, e</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s crucial orientar los esfuerzos de investigación hacia el análisis de los procesos escolares para la educación especial con el fin de impulsar reformas que se </w:t>
-[...8 lines deleted...]
-        <w:t>implementen en las aulas y que promuevan una educación inclusiva exitosa para todos los involucrados.</w:t>
+        <w:t>s crucial orientar los esfuerzos de investigación hacia el análisis de los procesos escolares para la educación especial con el fin de impulsar reformas que se implementen en las aulas y que promuevan una educación inclusiva exitosa para todos los involucrados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA1E35E" w14:textId="77777777" w:rsidR="003F6A06" w:rsidRDefault="003F6A06" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Para ello, l</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -5977,50 +6050,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="270DEABF" w14:textId="7D7422CC" w:rsidR="003F6A06" w:rsidRDefault="003F6A06" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Esta intervención</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, en definitiva,</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> promovió los principios de democracia en la escuela al fomentar la participación de todos y cada uno de los estudiantes del grupo, así como de los padres de familia y el docente</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -6197,60 +6271,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Por otro lado, algunos padres de familia demostraron gradualmente una mayor disposición y participación en las actividades escolares</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, ya que l</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">a familia representa un pilar </w:t>
-[...8 lines deleted...]
-        <w:t>fundamental para el desarrollo de las competencias necesarias para vivir en armonía</w:t>
+        <w:t>a familia representa un pilar fundamental para el desarrollo de las competencias necesarias para vivir en armonía</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y para promover </w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la superación, el éxito y la felicidad de los estudiantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="268914B8" w14:textId="77777777" w:rsidR="003F6A06" w:rsidRDefault="003F6A06" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6374,51 +6439,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Es crucial abrir nuevas líneas de investigación sobre la educación inclusiva para avanzar hacia un currículo flexible y diversificado que considere las características y necesidades de todos los estudiantes como un aspecto enriquecedor. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Asimismo, se deben </w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">investigar desde la edad infantil las estrategias de inclusión para sentar las bases que puedan servir de referencia en estudios futuros. El objetivo es que algún día se pueda alcanzar la posibilidad de crear escuelas inclusivas que ofrezcan una educación de calidad para todos nuestros niños, niñas y jóvenes, </w:t>
+        <w:t xml:space="preserve">investigar desde la edad infantil las estrategias de inclusión para sentar las bases que puedan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5FBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">servir de referencia en estudios futuros. El objetivo es que algún día se pueda alcanzar la posibilidad de crear escuelas inclusivas que ofrezcan una educación de calidad para todos nuestros niños, niñas y jóvenes, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lo cual contribuirá </w:t>
       </w:r>
       <w:r w:rsidRPr="002D5FBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a la construcción de un mundo mejor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ABF2300" w14:textId="493EDFF4" w:rsidR="00D51909" w:rsidRDefault="00BF5CDE" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6569,51 +6643,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65053507" w14:textId="38EBDE2A" w:rsidR="00A41869" w:rsidRPr="00FC0AF6" w:rsidRDefault="00DC0B54" w:rsidP="00FC0AF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC0AF6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Referencias </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4903BD2E" w14:textId="75D24CB3" w:rsidR="00A41869" w:rsidRPr="00106EBD" w:rsidRDefault="00A41869" w:rsidP="00FC0AF6">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B47AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Azorín, C.</w:t>
       </w:r>
       <w:r w:rsidR="00915D20">
         <w:rPr>
@@ -7224,50 +7297,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Piaget, J. (2018). Seis estudios de psicología. Editorial siglo XXI Argentina.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6228CF20" w14:textId="68E88B95" w:rsidR="0019240F" w:rsidRPr="004469A2" w:rsidRDefault="0019240F" w:rsidP="00FC0AF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SEP, (2018). Plan y programa de Aprendizajes Clave, Educación preescolar, Secretaria de Educación Publica. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40FE45B6" w14:textId="735FAA02" w:rsidR="00A41869" w:rsidRPr="00B47AAD" w:rsidRDefault="00A41869" w:rsidP="00FC0AF6">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B47AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Porlán, R. (2005). </w:t>
       </w:r>
       <w:r w:rsidRPr="00B47AAD">
         <w:rPr>
@@ -7544,1089 +7618,1059 @@
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="6315"/>
       </w:tblGrid>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="508F20B5" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="687DBB73" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00492C80">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A8D0F42" w14:textId="554F1FF5" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00492C80">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="30" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="0A481C17" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1DE68F68" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="31183F7B" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carmina Padilla Suarez, María Antonieta Revueltas Ugalde.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="6BA03B72" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B6A5FFF" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0AF1719D" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carmina Padilla Suarez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="2A2A6876" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D157314" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3AECD168" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No aplica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="1583C2BF" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="37F63D00" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Validación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7C8F036F" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carmina Padilla Suarez, María Antonieta Revueltas Ugalde</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="5B2DB01B" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7AD2D1F4" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="04CD832B" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carmina Padilla Suarez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="7DEE4FA5" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="02C9F173" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="18408300" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carmina Padilla Suarez, María Antonieta Revueltas Ugalde</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="329A5A26" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A726A13" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="525C1B91" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carmina Padilla Suarez, María Antonieta Revueltas Ugalde</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="0A7923D6" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="668140CA" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="079F6F2F" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carmina Padilla Suarez, María Antonieta Revueltas Ugalde</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="58342CD4" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="64608056" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="65285AE7" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carmina Padilla Suarez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="59F074B4" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="64A8A3D8" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34A285B6" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carmina Padilla Suarez, María Antonieta Revueltas Ugalde</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="2AF5829A" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="78B9F235" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Visualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="108DCCC6" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carmina Padilla Suarez, María Antonieta Revueltas Ugalde</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="48B7F819" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="27A00A0A" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Supervisión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41ADEF09" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carmina Padilla Suarez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="76E0A43A" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54B5AA07" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5848AB4E" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carmina Padilla Suarez, María Antonieta Revueltas Ugalde</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302C40" w:rsidRPr="00302C40" w14:paraId="5F260418" w14:textId="77777777" w:rsidTr="00302C40">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="23093D8F" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="348B4D6C" w14:textId="77777777" w:rsidR="00302C40" w:rsidRPr="00302C40" w:rsidRDefault="00302C40" w:rsidP="00302C40">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302C40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -9118,51 +9162,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C0DDD0F" w14:textId="388EA66D" w:rsidR="00E05BC6" w:rsidRPr="00BF5CDE" w:rsidRDefault="00E05BC6" w:rsidP="00FC0AF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF5CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Apéndice 2.   Entrevista a </w:t>
       </w:r>
       <w:r w:rsidR="00BF5CDE" w:rsidRPr="00BF5CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>madres de familia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AE64AD6" w14:textId="77777777" w:rsidR="00E05BC6" w:rsidRPr="00FC0AF6" w:rsidRDefault="00E05BC6" w:rsidP="00FC0AF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:firstLine="12"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -9208,88 +9251,88 @@
       </w:pPr>
       <w:r w:rsidRPr="00FC0AF6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>¿Existen reglas de conducta en su casa? Menciónelas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C26E795" w14:textId="77777777" w:rsidR="000D1E57" w:rsidRPr="0093570B" w:rsidRDefault="000D1E57" w:rsidP="00D51909">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000D1E57" w:rsidRPr="0093570B" w:rsidSect="000E61FF">
-      <w:headerReference w:type="default" r:id="rId18"/>
-      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="993" w:right="1701" w:bottom="426" w:left="1701" w:header="142" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05FCCC94" w14:textId="77777777" w:rsidR="001E1DB6" w:rsidRDefault="001E1DB6" w:rsidP="0062113F">
+    <w:p w14:paraId="1C0694CA" w14:textId="77777777" w:rsidR="00B67DC2" w:rsidRDefault="00B67DC2" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C5FFACB" w14:textId="77777777" w:rsidR="001E1DB6" w:rsidRDefault="001E1DB6" w:rsidP="0062113F">
+    <w:p w14:paraId="252FFCC4" w14:textId="77777777" w:rsidR="00B67DC2" w:rsidRDefault="00B67DC2" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -9318,51 +9361,51 @@
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Raleway">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="37CEF447" w14:textId="453CC57D" w:rsidR="00EC278D" w:rsidRDefault="00EC278D" w:rsidP="0062113F">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
@@ -9392,76 +9435,76 @@
       <w:t xml:space="preserve">                   Enero – Junio 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="796933DC" w14:textId="77777777" w:rsidR="001E1DB6" w:rsidRDefault="001E1DB6" w:rsidP="0062113F">
+    <w:p w14:paraId="46CD517E" w14:textId="77777777" w:rsidR="00B67DC2" w:rsidRDefault="00B67DC2" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56427E10" w14:textId="77777777" w:rsidR="001E1DB6" w:rsidRDefault="001E1DB6" w:rsidP="0062113F">
+    <w:p w14:paraId="488B4865" w14:textId="77777777" w:rsidR="00B67DC2" w:rsidRDefault="00B67DC2" w:rsidP="0062113F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6287DDBE" w14:textId="193E0AA8" w:rsidR="00EC278D" w:rsidRDefault="00EC278D" w:rsidP="0062113F">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C2B8653" wp14:editId="752922D2">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="1052384821" name="Imagen 1052384821"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -9469,51 +9512,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06F45CB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A58C0BC"/>
     <w:lvl w:ilvl="0" w:tplc="080A000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9798,51 +9841,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="219293313">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1012030926">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1110010205">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A63F25"/>
@@ -9851,50 +9894,51 @@
     <w:rsid w:val="000762BD"/>
     <w:rsid w:val="00085CF9"/>
     <w:rsid w:val="00094A0B"/>
     <w:rsid w:val="000A279A"/>
     <w:rsid w:val="000A3BF4"/>
     <w:rsid w:val="000D1E57"/>
     <w:rsid w:val="000E2B33"/>
     <w:rsid w:val="000E61FF"/>
     <w:rsid w:val="000F0A37"/>
     <w:rsid w:val="00106EBD"/>
     <w:rsid w:val="00125323"/>
     <w:rsid w:val="001615EB"/>
     <w:rsid w:val="001708DD"/>
     <w:rsid w:val="00180CA4"/>
     <w:rsid w:val="00182EFD"/>
     <w:rsid w:val="0019240F"/>
     <w:rsid w:val="001E1DB6"/>
     <w:rsid w:val="001E1FE5"/>
     <w:rsid w:val="001E767B"/>
     <w:rsid w:val="001F13B5"/>
     <w:rsid w:val="002621F0"/>
     <w:rsid w:val="00274022"/>
     <w:rsid w:val="002D1674"/>
     <w:rsid w:val="00302C40"/>
     <w:rsid w:val="00313645"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003D1A50"/>
     <w:rsid w:val="003F6A06"/>
     <w:rsid w:val="00437682"/>
     <w:rsid w:val="004469A2"/>
     <w:rsid w:val="00457A1F"/>
     <w:rsid w:val="004C0561"/>
     <w:rsid w:val="004E4A85"/>
     <w:rsid w:val="00505AC7"/>
     <w:rsid w:val="005264A0"/>
     <w:rsid w:val="00545AA8"/>
     <w:rsid w:val="0058057F"/>
     <w:rsid w:val="005D396B"/>
     <w:rsid w:val="0062113F"/>
     <w:rsid w:val="0066195C"/>
     <w:rsid w:val="00664A38"/>
     <w:rsid w:val="006730B0"/>
     <w:rsid w:val="006A4F01"/>
     <w:rsid w:val="006D68F6"/>
     <w:rsid w:val="006E3871"/>
     <w:rsid w:val="006F7DBA"/>
     <w:rsid w:val="0071363C"/>
     <w:rsid w:val="007355EF"/>
     <w:rsid w:val="00737A4C"/>
     <w:rsid w:val="0076766E"/>
     <w:rsid w:val="007725DE"/>
@@ -9907,114 +9951,116 @@
     <w:rsid w:val="00836063"/>
     <w:rsid w:val="0086204C"/>
     <w:rsid w:val="008825A3"/>
     <w:rsid w:val="008A5AF9"/>
     <w:rsid w:val="008D05E9"/>
     <w:rsid w:val="008E21B0"/>
     <w:rsid w:val="008F085B"/>
     <w:rsid w:val="00906DAC"/>
     <w:rsid w:val="00915D20"/>
     <w:rsid w:val="0093570B"/>
     <w:rsid w:val="00937262"/>
     <w:rsid w:val="00966400"/>
     <w:rsid w:val="009862C4"/>
     <w:rsid w:val="009A1F84"/>
     <w:rsid w:val="009C6934"/>
     <w:rsid w:val="00A003BE"/>
     <w:rsid w:val="00A073F3"/>
     <w:rsid w:val="00A41869"/>
     <w:rsid w:val="00A63F25"/>
     <w:rsid w:val="00A85BEA"/>
     <w:rsid w:val="00A90FE3"/>
     <w:rsid w:val="00AC0934"/>
     <w:rsid w:val="00AE6F96"/>
     <w:rsid w:val="00B124C1"/>
     <w:rsid w:val="00B357DF"/>
+    <w:rsid w:val="00B67DC2"/>
     <w:rsid w:val="00BF5CDE"/>
     <w:rsid w:val="00C46E63"/>
     <w:rsid w:val="00C72A7C"/>
     <w:rsid w:val="00C75804"/>
     <w:rsid w:val="00CD2E18"/>
     <w:rsid w:val="00CF64A0"/>
     <w:rsid w:val="00CF6DEF"/>
     <w:rsid w:val="00D32FBC"/>
     <w:rsid w:val="00D35630"/>
     <w:rsid w:val="00D358A8"/>
     <w:rsid w:val="00D360B6"/>
     <w:rsid w:val="00D51909"/>
     <w:rsid w:val="00D775E1"/>
     <w:rsid w:val="00DB7C5B"/>
     <w:rsid w:val="00DC0B54"/>
     <w:rsid w:val="00E00BA6"/>
     <w:rsid w:val="00E015EF"/>
     <w:rsid w:val="00E05BC6"/>
     <w:rsid w:val="00E071DB"/>
     <w:rsid w:val="00E5012C"/>
     <w:rsid w:val="00E519B0"/>
     <w:rsid w:val="00EA0127"/>
+    <w:rsid w:val="00EB739F"/>
     <w:rsid w:val="00EC278D"/>
     <w:rsid w:val="00EF3124"/>
     <w:rsid w:val="00F04C81"/>
     <w:rsid w:val="00F24AF8"/>
     <w:rsid w:val="00F3760F"/>
     <w:rsid w:val="00F50CEF"/>
     <w:rsid w:val="00F70131"/>
     <w:rsid w:val="00F8533B"/>
     <w:rsid w:val="00F855DF"/>
     <w:rsid w:val="00F97DA4"/>
     <w:rsid w:val="00FC0AF6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3731BD0E"/>
   <w15:docId w15:val="{55E14491-BB6A-4195-BDBB-2B129EE49B1F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10398,51 +10444,50 @@
     <w:rsid w:val="00302C40"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="-15"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="8C7252"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
@@ -10736,104 +10781,116 @@
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0062113F"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:rsid w:val="00302C40"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       <w:b/>
       <w:color w:val="8C7252"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en" w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EB739F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1073314821">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="293100060">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="240524612">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i21.922" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
@@ -12599,51 +12656,51 @@
     <dgm:cxn modelId="{A69A6D4F-5B53-4B92-9913-EB1E568F157F}" srcId="{5DD789BD-54E6-4064-A593-3A6702CAA640}" destId="{2895B025-3E3E-477A-B71A-4CC0EC098BAF}" srcOrd="1" destOrd="0" parTransId="{D95E95C6-AA9E-49D7-A180-B87035021030}" sibTransId="{5C5BA9DD-D6FC-43E5-9046-95EEB6FFEFC9}"/>
     <dgm:cxn modelId="{4C24157F-29C1-4531-BAD2-8F208CC33E21}" type="presOf" srcId="{5C5BA9DD-D6FC-43E5-9046-95EEB6FFEFC9}" destId="{945CE9AF-7197-42AB-BF9A-B7B3B0C3C57D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{8B5E5298-2F7E-4D85-BFD1-364FC82631DF}" type="presOf" srcId="{2895B025-3E3E-477A-B71A-4CC0EC098BAF}" destId="{B53FC9FA-07CD-4796-B068-72D556CCAB35}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{882D649C-4A54-429B-AC1C-D81148365F10}" type="presOf" srcId="{F25AA41A-66C4-4DE9-AEAD-EFB597EBFB52}" destId="{C8E85932-532B-4196-BF53-F26BBEAE18FD}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{4629C3B6-4DCF-40AA-929F-56901AA40C08}" srcId="{5DD789BD-54E6-4064-A593-3A6702CAA640}" destId="{FB5D4C91-A3C3-46E4-946B-475346CE22A9}" srcOrd="3" destOrd="0" parTransId="{012084BF-F939-44FB-9665-9F0D4B2491BA}" sibTransId="{F25AA41A-66C4-4DE9-AEAD-EFB597EBFB52}"/>
     <dgm:cxn modelId="{4E4925C1-4133-4957-A7B4-D356E5150891}" srcId="{5DD789BD-54E6-4064-A593-3A6702CAA640}" destId="{DA1EB126-0250-43CB-A68A-DEBED0DE1CAB}" srcOrd="0" destOrd="0" parTransId="{8BA4F286-77B6-4B85-8665-A8523D12B066}" sibTransId="{2051D2AF-46EC-4BD3-9A27-A4E2B367CB3C}"/>
     <dgm:cxn modelId="{CAEF28CF-7DBE-4437-BAF8-EFAB1B6D5641}" srcId="{5DD789BD-54E6-4064-A593-3A6702CAA640}" destId="{ACC7AFAB-FBE0-4400-92FE-71946FD37D42}" srcOrd="2" destOrd="0" parTransId="{CC35737C-318F-483C-9C04-305EC4F097B7}" sibTransId="{AD37A251-5964-4EB6-A743-56A150952F43}"/>
     <dgm:cxn modelId="{D53421FC-1C4B-48B4-8D13-6D16D6733F9C}" type="presOf" srcId="{ACC7AFAB-FBE0-4400-92FE-71946FD37D42}" destId="{D4819E12-81CB-44C3-A206-8720695C88D0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{F454E207-1253-4127-8EAF-AD2087F516A7}" type="presParOf" srcId="{FB322BF4-098A-47CA-B72E-DA5647558059}" destId="{88E2D10E-F852-4EDE-A81E-0A88FE36E3EC}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{63DC50C8-F15D-4631-A7DF-0CB45879F674}" type="presParOf" srcId="{FB322BF4-098A-47CA-B72E-DA5647558059}" destId="{C1965277-1C37-47B7-BBB7-EC6AD6270123}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{F9174519-1545-4EB2-8D30-8D898A553D44}" type="presParOf" srcId="{FB322BF4-098A-47CA-B72E-DA5647558059}" destId="{ADB31BDC-631B-4AAB-ABE9-920102B08D14}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{07D809DC-6195-4A02-84D1-024D720A732A}" type="presParOf" srcId="{FB322BF4-098A-47CA-B72E-DA5647558059}" destId="{B53FC9FA-07CD-4796-B068-72D556CCAB35}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{C6F1B0E7-9AC7-4128-A3FE-9217F519F651}" type="presParOf" srcId="{FB322BF4-098A-47CA-B72E-DA5647558059}" destId="{9C589802-C01C-4792-AFE7-34F52C78CB60}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{CCEBA836-4B0A-4946-B86B-A1D59E6E5DFD}" type="presParOf" srcId="{FB322BF4-098A-47CA-B72E-DA5647558059}" destId="{945CE9AF-7197-42AB-BF9A-B7B3B0C3C57D}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{996793BF-7CF6-4827-A915-BF4190A605F6}" type="presParOf" srcId="{FB322BF4-098A-47CA-B72E-DA5647558059}" destId="{D4819E12-81CB-44C3-A206-8720695C88D0}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{2318F4AD-326D-46E4-8FEA-8CDD2451E98B}" type="presParOf" srcId="{FB322BF4-098A-47CA-B72E-DA5647558059}" destId="{014EAF15-88BF-4C2A-9294-C63322025B32}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{81573446-F0C7-4878-A8F6-FB98516F5BD3}" type="presParOf" srcId="{FB322BF4-098A-47CA-B72E-DA5647558059}" destId="{15EE0AE5-50C3-497E-99A2-DF7CABE8ACA2}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{2B083081-26F9-490E-BA83-CC8092B7CBE0}" type="presParOf" srcId="{FB322BF4-098A-47CA-B72E-DA5647558059}" destId="{D3B130E8-48A9-438F-AFDC-F328BA90CCF5}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{0C5E0329-FC4D-4A66-956B-4454D5323E8D}" type="presParOf" srcId="{FB322BF4-098A-47CA-B72E-DA5647558059}" destId="{AE5FC8B7-CB07-406D-8389-B2C41F2F546E}" srcOrd="10" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{B31F6219-FDB0-433C-BA45-B91A3A71DF47}" type="presParOf" srcId="{FB322BF4-098A-47CA-B72E-DA5647558059}" destId="{C8E85932-532B-4196-BF53-F26BBEAE18FD}" srcOrd="11" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId12" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId13" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{F0574A37-FE3F-4ECB-B749-41226868FCA8}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5" loCatId="cycle" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{C51A223D-28F8-4D15-B114-92B3B9B6C0BF}">
       <dgm:prSet/>
       <dgm:spPr>
         <a:solidFill>
           <a:srgbClr val="CC0066"/>
         </a:solidFill>
@@ -12898,51 +12955,51 @@
     <dgm:cxn modelId="{1C18A378-C411-4106-BA84-BA570F7F7D6D}" type="presOf" srcId="{A5BF5328-0AFA-4A57-8001-C4F7C768F31B}" destId="{0085A1F7-DA34-4121-8927-6D3999059807}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{ADB5E659-4DD1-4047-BD97-3DB7F3E94DC1}" type="presOf" srcId="{CD44DD99-E3A2-4795-AC4A-023497081DA9}" destId="{ECC90B55-EB23-41B1-88D4-D9B2A50CE87C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{A827C17D-0ABA-412D-9FEC-B882FACF3611}" type="presOf" srcId="{5EB63C62-ED89-4335-97AE-DED2BDCB7556}" destId="{5F920449-8BC0-49A7-9FFC-93E483A9E7A0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{921A2496-C5F0-4A17-A592-D863D4CE41F3}" type="presOf" srcId="{92BB0454-9FFB-4136-9794-D7E8E2B65AC3}" destId="{7CFA925D-DC21-42FD-8738-D0ED9D931358}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{27DEAFE9-8AF1-4AC0-A92B-FE9204D06657}" srcId="{F0574A37-FE3F-4ECB-B749-41226868FCA8}" destId="{83CDA9B6-BB4D-4A5C-9F8B-FA6542558D6D}" srcOrd="3" destOrd="0" parTransId="{F0AE25C3-31B2-4583-B864-3F10595CC37A}" sibTransId="{A5BF5328-0AFA-4A57-8001-C4F7C768F31B}"/>
     <dgm:cxn modelId="{3E523AFB-8BFD-467A-92C4-3AF5639EE387}" type="presOf" srcId="{83CDA9B6-BB4D-4A5C-9F8B-FA6542558D6D}" destId="{B6C79B8D-79FF-40D4-860A-ECC33E973AAA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{5FFA76E6-F41B-4C84-98A8-CE0929C8D21C}" type="presParOf" srcId="{67D88076-E9F5-47FD-B84C-120417596E46}" destId="{7DB18400-096A-49AE-A049-DC39DAF8E96C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{29CBA3D1-D01D-4D4F-8D5F-10443D222EC2}" type="presParOf" srcId="{67D88076-E9F5-47FD-B84C-120417596E46}" destId="{26A46FA8-83F6-4AEB-90FB-BC914D58620F}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{84A05B13-C9B2-49F8-8722-0D4EEAC2B830}" type="presParOf" srcId="{67D88076-E9F5-47FD-B84C-120417596E46}" destId="{98C5CE53-FA60-40FF-BBA5-A70B4AD1A859}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{F1713672-F2A2-41B4-AB60-8B35B67D8C3B}" type="presParOf" srcId="{67D88076-E9F5-47FD-B84C-120417596E46}" destId="{ECC90B55-EB23-41B1-88D4-D9B2A50CE87C}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{EAEA2E8F-094C-4AAE-A134-74F63239B5BF}" type="presParOf" srcId="{67D88076-E9F5-47FD-B84C-120417596E46}" destId="{40C3C54A-750C-4624-94C6-FD8D59396A02}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{4A53C8C7-C8E0-4794-BFB1-43E568DC3013}" type="presParOf" srcId="{67D88076-E9F5-47FD-B84C-120417596E46}" destId="{7CFA925D-DC21-42FD-8738-D0ED9D931358}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{DF682643-F1C2-4D59-A74E-5EF258DA2F73}" type="presParOf" srcId="{67D88076-E9F5-47FD-B84C-120417596E46}" destId="{0D3782C8-9028-4572-93F8-4903CD78D7C8}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{DC041D40-8609-4DEE-AEDF-C25F7908A288}" type="presParOf" srcId="{67D88076-E9F5-47FD-B84C-120417596E46}" destId="{BE45D08C-D1CC-4F99-B910-3F567FA3170F}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{0C939007-FB0B-40AF-B8BF-A4B59ACA0F6C}" type="presParOf" srcId="{67D88076-E9F5-47FD-B84C-120417596E46}" destId="{5F920449-8BC0-49A7-9FFC-93E483A9E7A0}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{3716229E-6B70-4F23-8589-B64F40998DA6}" type="presParOf" srcId="{67D88076-E9F5-47FD-B84C-120417596E46}" destId="{B6C79B8D-79FF-40D4-860A-ECC33E973AAA}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{AC2FBC28-A9A0-4918-9E5E-AF4E5A416987}" type="presParOf" srcId="{67D88076-E9F5-47FD-B84C-120417596E46}" destId="{D47CA6DE-984B-4DF1-BB04-0642329F0603}" srcOrd="10" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
     <dgm:cxn modelId="{E389BEF3-1E28-40EB-9A24-581CF33B25AA}" type="presParOf" srcId="{67D88076-E9F5-47FD-B84C-120417596E46}" destId="{0085A1F7-DA34-4121-8927-6D3999059807}" srcOrd="11" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle5"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole>
     <a:ln w="28575"/>
   </dgm:whole>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId17" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId18" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{88E2D10E-F852-4EDE-A81E-0A88FE36E3EC}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="2057400" y="314"/>
           <a:ext cx="1371599" cy="891540"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
@@ -21711,66 +21768,66 @@
       </b:Author>
     </b:Author>
     <b:Title>Pensamiento y Lenguaje</b:Title>
     <b:Year>2010</b:Year>
     <b:City>Mx.</b:City>
     <b:Publisher>Paidos Iberica.</b:Publisher>
     <b:Edition>2da. Edición.</b:Edition>
     <b:RefOrder>239</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF296BAB-EB75-4535-BDB2-668DD8E76F0E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>6585</Words>
-  <Characters>36223</Characters>
+  <Words>6601</Words>
+  <Characters>36308</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>301</Lines>
+  <Lines>302</Lines>
   <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42723</CharactersWithSpaces>
+  <CharactersWithSpaces>42824</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>LenoVo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>