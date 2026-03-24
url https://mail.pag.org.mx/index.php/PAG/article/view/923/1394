--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -4,77 +4,129 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="73C95266" w14:textId="0D6B1671" w:rsidR="006D71D5" w:rsidRDefault="006D71D5" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk175065866"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="195B65C1" w14:textId="46C8AE5A" w:rsidR="00BC2205" w:rsidRPr="00BC2205" w:rsidRDefault="00BC2205" w:rsidP="006D71D5">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC2205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00BC2205">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i22.923</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="458ECB50" w14:textId="00AFCFF3" w:rsidR="00361A0D" w:rsidRPr="006D71D5" w:rsidRDefault="00323F47" w:rsidP="00795FD8">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D71D5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>El interaccionismo simbólico como fundamento teórico en las estrategias de</w:t>
       </w:r>
       <w:r w:rsidR="002C1D01" w:rsidRPr="006D71D5">
@@ -982,73 +1034,81 @@
         </w:rPr>
         <w:t>cua</w:t>
       </w:r>
       <w:r w:rsidR="003A1A9C" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>litativ</w:t>
       </w:r>
       <w:r w:rsidR="00325CE9" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="009A14FB" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> donde se muestra el reconocimiento de esos elementos, así como el impacto que sugieren tener en su toma de decisiones como la elección de un producto o de un tratamiento que los beneficie. </w:t>
+        <w:t xml:space="preserve"> donde se muestra el reconocimiento de esos elementos, así como el </w:t>
+      </w:r>
+      <w:r w:rsidR="009A14FB" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">impacto que sugieren tener en su toma de decisiones como la elección de un producto o de un tratamiento que los beneficie. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="334AE3BB" w14:textId="209F21B1" w:rsidR="00D75AF3" w:rsidRPr="00884823" w:rsidRDefault="00453D1A" w:rsidP="006D71D5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Palabras clave:</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> consumidores, toma de decisión, información, </w:t>
       </w:r>
       <w:r w:rsidR="00F87D4E" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>publicidad, marketing</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, consumo farmacéutico</w:t>
@@ -2004,50 +2064,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>informações</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>percebem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a partir das </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>estratégias</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2157,78 +2218,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> consumo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>farmacêutico</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">papel dos diferentes agentes </w:t>
+        <w:t xml:space="preserve">. Desta forma, procura explicar o papel dos diferentes agentes </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>envolvidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no marketing </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3526,51 +3560,62 @@
       </w:r>
       <w:r w:rsidR="000800A1" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> así como el Código de Ética y de Prácticas Leales de la Industria Farmacéutica</w:t>
       </w:r>
       <w:r w:rsidR="000C1D0F" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="007D5265" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Consejo de Ética y Transparencia de la Industria Farmacéutica</w:t>
+        <w:t xml:space="preserve">Consejo de Ética y Transparencia de la </w:t>
+      </w:r>
+      <w:r w:rsidR="007D5265" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Industria Farmacéutica</w:t>
       </w:r>
       <w:r w:rsidR="000C1DDB" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2013</w:t>
       </w:r>
       <w:r w:rsidR="000C1D0F" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000800A1" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; p</w:t>
       </w:r>
@@ -3586,51 +3631,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18222EC4" w14:textId="7EEAEE16" w:rsidR="007C3134" w:rsidRPr="00884823" w:rsidRDefault="00913113" w:rsidP="006D71D5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Además de explicar la manera en que estas entidades participan en ello, e</w:t>
       </w:r>
       <w:r w:rsidR="007C3134" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s objetivo de este estudio reconocer la </w:t>
       </w:r>
       <w:r w:rsidR="003A1A9C" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">forma </w:t>
       </w:r>
       <w:r w:rsidR="007C3134" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>en que las personas perciben y responden ante los mensajes y símbolos asociados con los productos farmacéuticos, lo que se descubre en la interpretación de los comentarios de los consumidores de e</w:t>
@@ -4309,60 +4353,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> 2020)</w:t>
       </w:r>
       <w:r w:rsidR="003A6991" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007E50DB" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00297D3F" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Además, la tercera premisa sobre la construcción de la realidad social sugiere que el interaccionismo simbólico puede influir en la percepción de ciertos tratamientos dentro de la sociedad, estableciendo normas sociales sobre el uso de medicamentos y creando una </w:t>
+        <w:t xml:space="preserve">Además, la tercera premisa sobre la construcción de la realidad social sugiere que el </w:t>
       </w:r>
       <w:r w:rsidR="00297D3F" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">realidad en la que se consideran adecuados para la salud. Esto se refuerza mediante la promoción de tratamientos y la educación sobre enfermedades. Esta comprensión puede guiar a las empresas en la adaptación de sus estrategias de marketing para reflejar las normas culturales y las expectativas de su público objetivo. </w:t>
+        <w:t xml:space="preserve">interaccionismo simbólico puede influir en la percepción de ciertos tratamientos dentro de la sociedad, estableciendo normas sociales sobre el uso de medicamentos y creando una realidad en la que se consideran adecuados para la salud. Esto se refuerza mediante la promoción de tratamientos y la educación sobre enfermedades. Esta comprensión puede guiar a las empresas en la adaptación de sus estrategias de marketing para reflejar las normas culturales y las expectativas de su público objetivo. </w:t>
       </w:r>
       <w:r w:rsidR="007E50DB" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Así, es fundamental que se comprenda la forma en que los individuos asignan significado a sus experiencias y las de los demás</w:t>
       </w:r>
       <w:r w:rsidR="008F5835" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Gadea, 2018)</w:t>
       </w:r>
       <w:r w:rsidR="007E50DB" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, donde al percatarse de que tienen necesidades no satisfechas, ofrecen opciones para crear estrategias y productos efectivos a nivel personal y social. </w:t>
       </w:r>
@@ -4571,51 +4615,50 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60FF4F51" w14:textId="3968A938" w:rsidR="00BF62FC" w:rsidRPr="00884823" w:rsidRDefault="00BF62FC" w:rsidP="006D71D5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Metodología</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FC0E3F5" w14:textId="28F847E4" w:rsidR="005442D9" w:rsidRPr="00884823" w:rsidRDefault="00C12490" w:rsidP="006D71D5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La Secretaría de Salud (2024) identificó a la Ciudad de Puebla como un sector vulnerable en términos de salud pública. En su comunicado, se reporta un incremento en el índice de población afectada por enfermedades respiratorias causadas por diversos virus, destacando que los grupos más vulnerables son los menores de 5 años, adultos mayores de 60 años, mujeres embarazadas, personas con enfermedades crónico-degenerativas, inmunodeprimidas, con VIH-SIDA, y aquellas expuestas a quimioterapia o cáncer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF74283" w14:textId="1B98CDC4" w:rsidR="00B74F8E" w:rsidRPr="00884823" w:rsidRDefault="00D45295" w:rsidP="006D71D5">
       <w:pPr>
@@ -5151,51 +5194,50 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13CAE1FE" w14:textId="0866EE73" w:rsidR="003B6A1C" w:rsidRPr="00884823" w:rsidRDefault="003B6A1C" w:rsidP="006D71D5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7274FB74" w14:textId="77777777" w:rsidR="00161984" w:rsidRPr="00884823" w:rsidRDefault="00CF1673" w:rsidP="006D71D5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Con el propósito de exponer la importancia de utilizar elementos del interaccionismo simbólico en la información que perciben e identifican los consumidores de las estrategias elaboradas por el </w:t>
       </w:r>
       <w:r w:rsidR="00F30756" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5776,51 +5818,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F5B8265" w14:textId="71149977" w:rsidR="0046158E" w:rsidRPr="00884823" w:rsidRDefault="0046158E" w:rsidP="003A4638">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A4638">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00665989" w:rsidRPr="003A4638">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ig</w:t>
       </w:r>
       <w:r w:rsidR="00161984" w:rsidRPr="003A4638">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ura</w:t>
       </w:r>
       <w:r w:rsidR="003A4638">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5865,825 +5906,825 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tendencias de elementos que influyen en la toma de decisión hacia productos farmacéuticos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A8FCDA" w14:textId="01F8F192" w:rsidR="0046158E" w:rsidRPr="00884823" w:rsidRDefault="0046158E" w:rsidP="008C4856">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46580E42" wp14:editId="3B27D7DD">
             <wp:extent cx="5145437" cy="3884276"/>
             <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:docPr id="2" name="Imagen 2"/>
-            <wp:cNvGraphicFramePr>
-[...745 lines deleted...]
-            <wp:docPr id="1" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
+                      <a:ext cx="5180947" cy="3911082"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D88BFE" w14:textId="2E76C5CE" w:rsidR="0046158E" w:rsidRPr="00884823" w:rsidRDefault="0046158E" w:rsidP="003A4638">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fuente: Elaboración propia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D99AD05" w14:textId="05F44FAA" w:rsidR="00161984" w:rsidRPr="00884823" w:rsidRDefault="00161984" w:rsidP="006D71D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La Figura 1., </w:t>
+      </w:r>
+      <w:r w:rsidR="0046158E" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>muestra las calificaciones promedio, en una escala de 1 a 5, sobre la percepción de los elementos del mi</w:t>
+      </w:r>
+      <w:r w:rsidR="004A19A0" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="0046158E" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de marketing, del diseño de </w:t>
+      </w:r>
+      <w:r w:rsidR="004A19A0" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">empaques y de la publicidad gráfica de productos farmacéuticos, según las respuestas del grupo de 300 personas definido previamente. Estas calificaciones se basan en aspectos como la importancia del precio, la marca, la información detallada sobre el producto, la claridad y tamaño de la letra en el empaque, entre otros factores relevantes para su decisión de compra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBB4153" w14:textId="0656DE45" w:rsidR="0046158E" w:rsidRPr="00884823" w:rsidRDefault="00703930" w:rsidP="006D71D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los elementos que reciben las calificaciones más altas indican aquellos aspectos que el grupo considera más relevantes o importantes. Por ejemplo, si “Recomendación de profesionales” e “Información detallada” son los que tienen calificaciones más altas, esto sugiere que la confianza es la opinión de profesionales de la salud y la claridad de la información proporcionada son fundamentales para la toma de decisiones de este grupo demográfico. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02ADEEA4" w14:textId="35D3E10F" w:rsidR="00161984" w:rsidRPr="00884823" w:rsidRDefault="002503AE" w:rsidP="006D71D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Por otro lado, e</w:t>
+      </w:r>
+      <w:r w:rsidR="0021050B" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l enfoque cualitativo</w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de esta investigación consiste en la aplicación de tres grupos focales indagando </w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">las causas por las que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">el </w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grupo de personas mexicanas previamente definidas entre 4</w:t>
+      </w:r>
+      <w:r w:rsidR="008D7117" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y 70 años de edad, que tienen experiencias con enfermedades como </w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">diabetes, cáncer, </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7A1C" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COVID </w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>otra</w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>crónico</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> degenerativas</w:t>
+      </w:r>
+      <w:r w:rsidR="0034361B" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>toman la decisión de comprar un producto farmacéutico incluyen</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2211C" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tomando a personas mexicanas</w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>entre 4</w:t>
+      </w:r>
+      <w:r w:rsidR="008D7117" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006632C3" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y 70 años de edad</w:t>
+      </w:r>
+      <w:r w:rsidR="0034361B" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3E2CB4" w14:textId="397B4C52" w:rsidR="003D2F1B" w:rsidRPr="00884823" w:rsidRDefault="0034361B" w:rsidP="006D71D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>El grupo de menor edad compuesto por personas de 4</w:t>
+      </w:r>
+      <w:r w:rsidR="008D7117" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a 50 años, mencionó que los factores relacionados tanto con sus condiciones de salud específicas como con aspectos generales de la confianza y el acceso a medicamentos, están relacionados con la </w:t>
+      </w:r>
+      <w:r w:rsidR="002F4A3E" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eficacia y la seguridad del medicamento</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4A3E" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Esto es debido a que la percepción de la efectividad del producto para tratar o manejar su condición específica, está basada en experiencias personales previas, en recomendaciones de otros pacientes o en la reputación general del medicamento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F59595" w14:textId="77777777" w:rsidR="003D2F1B" w:rsidRPr="00884823" w:rsidRDefault="0034361B" w:rsidP="006D71D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Otro factor que mencionan </w:t>
+      </w:r>
+      <w:r w:rsidR="002F4A3E" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">es la “recomendación de profesionales de la salud”, donde resaltan la confianza en las prescripciones y consejos de médicos, farmacéuticos y otros profesionales de la salud. Esta confianza se basa en la relación que han experimentado médico-paciente y en el historial clínico que ellos tienen como personas. Aunado a ello se presenta </w:t>
+      </w:r>
+      <w:r w:rsidR="0073319F" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>la categoría</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4A3E" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0073319F" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“costo y accesibilidad” como otro factor que influye en su decisión de compra, donde el precio del medicamento y la facilidad para obtenerlo, considerando si está cubierto por seguros de salud o programas de gobierno, así como en si es accesible en farmacias locales o si requiere esfuerzos adicionales para su adquisición. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6489F598" w14:textId="75E1D1D1" w:rsidR="0073319F" w:rsidRPr="00884823" w:rsidRDefault="0073319F" w:rsidP="006D71D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Por su parte, otro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B79CB" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elemento </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mencionado es el de la “información y educación sobre el producto”, con lo que se refieren la cantidad y calidad de la información disponible sobre el medicamento, incluyendo efectos secundarios, interacciones con otros medicamentos y recomendaciones de uso, que puede provenir de fuentes oficiales, materiales educativos o plataformas en línea. Mientras que al mencionar </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7289" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ítems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre </w:t>
+      </w:r>
+      <w:r w:rsidR="00376F55" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>los comentarios de terceros sobre los productos y la información que de ellos se emite</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, expone la categoría de “experiencias y recomendaciones de pares”, que en sus palabras, son las opiniones y experiencias compartidas por otros pacientes con condiciones similares, ya sea a través de comunidades virtuales, grupos de apoyo como fundaciones</w:t>
+      </w:r>
+      <w:r w:rsidR="00376F55" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o colectivos, así como conversaciones con sus amigos, familiares o conocidos, las cuales influyen en su percepción de la eficacia y seguridad del producto. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3680A7" w14:textId="69A93D23" w:rsidR="00376F55" w:rsidRDefault="00376F55" w:rsidP="006D71D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La “innovación y novedad del medicamento” es una categoría que explica su preferencia por aquellos productos donde ya se incorporen avances tecnológicos en sus fórmulas y tratamientos específicamente para su condición de salud, especialmente si las opciones tradicionales no les han sido efectivas. De igual manera, resaltan que un factor fundamental es que en los textos de la información se presenten de manera clara los “componentes y origen del producto”</w:t>
+      </w:r>
+      <w:r w:rsidR="004B79CB" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es decir, las consideraciones sobre la composición del medicament</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1BE6" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, preferencia por productos naturales o con menos aditivos químicos, así como, la reputación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">del laboratorio o país de origen. Además de que insisten en que las “experiencias previas y efectos secundarios” impulsan su toma de decisión cuanto toman en cuenta experiencias personales anteriores con el medicamento o similares, incluyendo la efectividad y los efectos secundarios experimentados. En la </w:t>
+      </w:r>
+      <w:r w:rsidR="00665989" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fig</w:t>
+      </w:r>
+      <w:r w:rsidR="004B79CB" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00161984" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se presentan estos resultados del grupo focal mencionado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6C1D85" w14:textId="77777777" w:rsidR="003A4638" w:rsidRPr="00884823" w:rsidRDefault="003A4638" w:rsidP="006D71D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66FE052F" w14:textId="27B53D00" w:rsidR="002F4A3E" w:rsidRPr="00884823" w:rsidRDefault="00665989" w:rsidP="003A4638">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4638">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fig</w:t>
+      </w:r>
+      <w:r w:rsidR="004B79CB" w:rsidRPr="003A4638">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ura</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4A3E" w:rsidRPr="003A4638">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4A3E" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Factores que influyen en la decisión de compra de pacientes mexicanos de 4</w:t>
+      </w:r>
+      <w:r w:rsidR="008D7117" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4A3E" w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a 50 años de edad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B952639" w14:textId="788B40E4" w:rsidR="0021050B" w:rsidRPr="00884823" w:rsidRDefault="002F4A3E" w:rsidP="008C4856">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="376B37C6" wp14:editId="79EB11BD">
+            <wp:extent cx="5497467" cy="2945963"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="6985"/>
+            <wp:docPr id="1" name="Imagen 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
                       <a:ext cx="5542165" cy="2969916"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D202943" w14:textId="59CA558B" w:rsidR="00073F5D" w:rsidRPr="00884823" w:rsidRDefault="00073F5D" w:rsidP="003A4638">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
@@ -7160,51 +7201,51 @@
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D769835" wp14:editId="2CBEFD60">
             <wp:extent cx="5626443" cy="3153522"/>
             <wp:effectExtent l="0" t="0" r="0" b="8890"/>
             <wp:docPr id="3" name="Imagen 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5690998" cy="3189704"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -7621,51 +7662,51 @@
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="112165B1" wp14:editId="633D80C3">
             <wp:extent cx="5677786" cy="3540213"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:docPr id="4" name="Imagen 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5767699" cy="3596276"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -8271,51 +8312,51 @@
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0EAE4E45" wp14:editId="4FFD6F9A">
             <wp:extent cx="5654334" cy="1839568"/>
             <wp:effectExtent l="0" t="0" r="3810" b="8890"/>
             <wp:docPr id="9" name="Imagen 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print">
+                    <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5773646" cy="1878385"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -8617,51 +8658,51 @@
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0105E6E6" wp14:editId="08C281F9">
             <wp:extent cx="5289048" cy="2904451"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:docPr id="6" name="Imagen 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5295760" cy="2908137"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -10577,99 +10618,99 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(86), 119-134. Epub March 30, 2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.15446/innovar.v32n86.104665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4F285812" w14:textId="71051C79" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Blumer, Herbert (1969). </w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Symbolic Interaccionism. Perspective and method.</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prentice-Hall, Inc., Englewood Cliffs, New Jersey. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://edisciplinas.usp.br/pluginfile.php/2747599/mod_folder/content/0/COMPLEMENTAR%20-%201969%20-%20Blumer%20-%20Symbolic%20Interactionism.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="59C78820" w14:textId="0D2EE7CA" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10697,51 +10738,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1. Epub 31 de agosto de 2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.12804/revistas.urosario.edu.co/revsalud/a.10694</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="56BE0871" w14:textId="01917475" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10762,51 +10803,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2000, 4 de mayo). </w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reglamento de la Ley General de Salud en Materia de Publicidad</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.diputados.gob.mx/LeyesBiblio/regley/Reg_LGS_MP.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5356C891" w14:textId="3C5D8CA0" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -10925,51 +10966,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de investigaciones </w:t>
       </w:r>
       <w:r w:rsidR="00EB6755" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sociológicas</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1(78), 159-204. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://dialnet.unirioja.es/servlet/articulo?codigo=666889</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="435943A2" w14:textId="76AA9917" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
@@ -11225,51 +11266,51 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EB6755" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">312-319. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.sciencedirect.com/science/article/pii/S0213911199713737</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3F2FD021" w14:textId="7F5922B0" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -11282,51 +11323,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Confederación de Cámaras Nacionales de Comercio, Servicios y Turismo</w:t>
       </w:r>
       <w:r w:rsidR="00EB6755" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4 de agosto de 2022). Las farmacéuticas en México prevén crecimiento de 36% en medio de la crisis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.concanaco.com.mx/prensa/tepuedeinteresar/las-farmaceuticas-en-mexico-preven-crecimiento-de-36-en-medio-de-las-crisis</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="28504D71" w14:textId="7BEC0F45" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -11614,51 +11655,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>33</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(95), 39-64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0187-01732018000300039&amp;lng=es&amp;tlng=es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24967A3C" w14:textId="0CA68630" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
@@ -11699,51 +11740,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> Flores Ayvar, X. (2024). La publicidad engañosa y la afectación de los derechos de los Consumidores de los productos farmacéuticos. Universidad Autónoma de Perú.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BDC224B" w14:textId="77777777" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INEGI, (2022). Censo Nacional de Gobierno Federal 2022. Recuperado a partir de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.inegi.org.mx/programas/cngf/2022/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="071C7090" w14:textId="17DA99EA" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
@@ -11799,51 +11840,51 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 37-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://hal.science/hal-02011462</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="69170B91" w14:textId="77777777" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
@@ -11955,51 +11996,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 17-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://ojs.unipamplona.edu.co/index.php/face/article/view/2612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="58206F9C" w14:textId="1BF3CCE0" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12047,51 +12088,51 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">(4). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://doi.org/10.37646/xihmai.v2i4.101</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F669813" w14:textId="5824A3D0" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
@@ -12137,51 +12178,51 @@
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00F76A2F" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 289-323 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://dialnet.unirioja.es/servlet/articulo?codigo=8721851</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4DE4FA07" w14:textId="5506CFDD" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
@@ -12256,51 +12297,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">(106), 643-658. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://dialnet.unirioja.es/servlet/articulo?codigo=9394088</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6458B263" w14:textId="6BBB5BEE" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -12396,51 +12437,51 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(2)</w:t>
       </w:r>
       <w:r w:rsidR="00F76A2F" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dialnet.unirioja.es/servlet/articulo?codigo=  </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="39C0639F" w14:textId="51B883AF" w:rsidR="00106B97" w:rsidRPr="00884823" w:rsidRDefault="00106B97" w:rsidP="006D71D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -12732,149 +12773,149 @@
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Secretaría de Salud. Gobierno de Puebla (2024)</w:t>
       </w:r>
       <w:r w:rsidR="00AC38FD" w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Comunicado 19 de enero 2024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00884823">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://ss.puebla.gob.mx/noticias/item/3323-comunicado</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00297D3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00106B97" w:rsidRPr="00297D3F" w:rsidSect="006D71D5">
-      <w:headerReference w:type="default" r:id="rId30"/>
-      <w:footerReference w:type="default" r:id="rId31"/>
+      <w:headerReference w:type="default" r:id="rId31"/>
+      <w:footerReference w:type="default" r:id="rId32"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1135" w:right="1701" w:bottom="568" w:left="1701" w:header="142" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F8EF16D" w14:textId="77777777" w:rsidR="007B69F6" w:rsidRDefault="007B69F6" w:rsidP="00830094">
+    <w:p w14:paraId="32C15701" w14:textId="77777777" w:rsidR="00FA78DE" w:rsidRDefault="00FA78DE" w:rsidP="00830094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65CBDE06" w14:textId="77777777" w:rsidR="007B69F6" w:rsidRDefault="007B69F6" w:rsidP="00830094">
+    <w:p w14:paraId="5CDBAB4D" w14:textId="77777777" w:rsidR="00FA78DE" w:rsidRDefault="00FA78DE" w:rsidP="00830094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6F2D334C" w14:textId="2276132A" w:rsidR="00FC69CA" w:rsidRDefault="006D71D5" w:rsidP="006D71D5">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
@@ -12899,110 +12940,121 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>22</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Julio - Diciembre</w:t>
+      <w:t xml:space="preserve">Julio - </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62E502EB" w14:textId="77777777" w:rsidR="007B69F6" w:rsidRDefault="007B69F6" w:rsidP="00830094">
+    <w:p w14:paraId="2F47FB16" w14:textId="77777777" w:rsidR="00FA78DE" w:rsidRDefault="00FA78DE" w:rsidP="00830094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="543A09B6" w14:textId="77777777" w:rsidR="007B69F6" w:rsidRDefault="007B69F6" w:rsidP="00830094">
+    <w:p w14:paraId="59A9B71C" w14:textId="77777777" w:rsidR="00FA78DE" w:rsidRDefault="00FA78DE" w:rsidP="00830094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1B49F44B" w14:textId="5C17B6D6" w:rsidR="006D71D5" w:rsidRDefault="006D71D5" w:rsidP="006D71D5">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14CE0ED4" wp14:editId="023CAA83">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="1985744397" name="Imagen 1985744397"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -13010,51 +13062,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13BC498A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6932FF32"/>
     <w:lvl w:ilvl="0" w:tplc="40F8D802">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -13108,51 +13160,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2028212427">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -13213,50 +13265,51 @@
     <w:rsid w:val="002A4CE4"/>
     <w:rsid w:val="002A4FAD"/>
     <w:rsid w:val="002B3AB8"/>
     <w:rsid w:val="002C1D01"/>
     <w:rsid w:val="002C60ED"/>
     <w:rsid w:val="002E2B66"/>
     <w:rsid w:val="002F4A3E"/>
     <w:rsid w:val="00307C10"/>
     <w:rsid w:val="00323168"/>
     <w:rsid w:val="00323F47"/>
     <w:rsid w:val="003240EA"/>
     <w:rsid w:val="00325CE9"/>
     <w:rsid w:val="00337717"/>
     <w:rsid w:val="0034361B"/>
     <w:rsid w:val="00361A0D"/>
     <w:rsid w:val="0037111D"/>
     <w:rsid w:val="00372917"/>
     <w:rsid w:val="00373CEE"/>
     <w:rsid w:val="00376F55"/>
     <w:rsid w:val="00377877"/>
     <w:rsid w:val="00377FBA"/>
     <w:rsid w:val="0038156E"/>
     <w:rsid w:val="003816D4"/>
     <w:rsid w:val="00385FC5"/>
     <w:rsid w:val="003A1A9C"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A4638"/>
     <w:rsid w:val="003A6991"/>
     <w:rsid w:val="003B6A1C"/>
     <w:rsid w:val="003D2F1B"/>
     <w:rsid w:val="003E1BE6"/>
     <w:rsid w:val="003E4755"/>
     <w:rsid w:val="003E6BEF"/>
     <w:rsid w:val="003F25C2"/>
     <w:rsid w:val="00427511"/>
     <w:rsid w:val="004449BF"/>
     <w:rsid w:val="0044656C"/>
     <w:rsid w:val="00453D1A"/>
     <w:rsid w:val="0046158E"/>
     <w:rsid w:val="00467713"/>
     <w:rsid w:val="00474F43"/>
     <w:rsid w:val="00483A40"/>
     <w:rsid w:val="004A008B"/>
     <w:rsid w:val="004A0BC7"/>
     <w:rsid w:val="004A19A0"/>
     <w:rsid w:val="004A2EF1"/>
     <w:rsid w:val="004A451E"/>
     <w:rsid w:val="004B79CB"/>
     <w:rsid w:val="004C6DC7"/>
     <w:rsid w:val="004F32A4"/>
     <w:rsid w:val="00516757"/>
@@ -13357,50 +13410,51 @@
     <w:rsid w:val="009F7464"/>
     <w:rsid w:val="00A327DA"/>
     <w:rsid w:val="00A54364"/>
     <w:rsid w:val="00A81A78"/>
     <w:rsid w:val="00A867EF"/>
     <w:rsid w:val="00A935AE"/>
     <w:rsid w:val="00A979A4"/>
     <w:rsid w:val="00AA0049"/>
     <w:rsid w:val="00AB010F"/>
     <w:rsid w:val="00AB490B"/>
     <w:rsid w:val="00AC38FD"/>
     <w:rsid w:val="00AD4F9D"/>
     <w:rsid w:val="00AE0373"/>
     <w:rsid w:val="00AE14EA"/>
     <w:rsid w:val="00AE3C86"/>
     <w:rsid w:val="00AF3EBB"/>
     <w:rsid w:val="00AF7D7F"/>
     <w:rsid w:val="00B067CF"/>
     <w:rsid w:val="00B16849"/>
     <w:rsid w:val="00B231E7"/>
     <w:rsid w:val="00B25860"/>
     <w:rsid w:val="00B653AD"/>
     <w:rsid w:val="00B74F8E"/>
     <w:rsid w:val="00B8215B"/>
     <w:rsid w:val="00B92D01"/>
+    <w:rsid w:val="00BC2205"/>
     <w:rsid w:val="00BD79FE"/>
     <w:rsid w:val="00BE029A"/>
     <w:rsid w:val="00BE2953"/>
     <w:rsid w:val="00BE4D59"/>
     <w:rsid w:val="00BF439F"/>
     <w:rsid w:val="00BF62FC"/>
     <w:rsid w:val="00C0304F"/>
     <w:rsid w:val="00C0453F"/>
     <w:rsid w:val="00C07056"/>
     <w:rsid w:val="00C12490"/>
     <w:rsid w:val="00C357ED"/>
     <w:rsid w:val="00C56C5B"/>
     <w:rsid w:val="00C726B9"/>
     <w:rsid w:val="00C93238"/>
     <w:rsid w:val="00C944B7"/>
     <w:rsid w:val="00C97783"/>
     <w:rsid w:val="00CA61FD"/>
     <w:rsid w:val="00CD6B55"/>
     <w:rsid w:val="00CE538E"/>
     <w:rsid w:val="00CF1673"/>
     <w:rsid w:val="00D071EF"/>
     <w:rsid w:val="00D13717"/>
     <w:rsid w:val="00D2211C"/>
     <w:rsid w:val="00D3721B"/>
     <w:rsid w:val="00D4088C"/>
@@ -13418,90 +13472,91 @@
     <w:rsid w:val="00DE26F2"/>
     <w:rsid w:val="00DE762F"/>
     <w:rsid w:val="00DF6CA9"/>
     <w:rsid w:val="00E07EDF"/>
     <w:rsid w:val="00E24D6E"/>
     <w:rsid w:val="00E31C0E"/>
     <w:rsid w:val="00E34130"/>
     <w:rsid w:val="00E41C1A"/>
     <w:rsid w:val="00E6542E"/>
     <w:rsid w:val="00E663CA"/>
     <w:rsid w:val="00E92277"/>
     <w:rsid w:val="00EB6755"/>
     <w:rsid w:val="00ED0FA0"/>
     <w:rsid w:val="00ED7E8D"/>
     <w:rsid w:val="00F03AED"/>
     <w:rsid w:val="00F060F3"/>
     <w:rsid w:val="00F16D33"/>
     <w:rsid w:val="00F30756"/>
     <w:rsid w:val="00F31FE4"/>
     <w:rsid w:val="00F3661F"/>
     <w:rsid w:val="00F636BD"/>
     <w:rsid w:val="00F6738D"/>
     <w:rsid w:val="00F75D2D"/>
     <w:rsid w:val="00F76A2F"/>
     <w:rsid w:val="00F87D4E"/>
+    <w:rsid w:val="00FA78DE"/>
     <w:rsid w:val="00FB31A2"/>
     <w:rsid w:val="00FC69CA"/>
     <w:rsid w:val="00FC76C6"/>
     <w:rsid w:val="00FD4BE4"/>
     <w:rsid w:val="00FD6E30"/>
     <w:rsid w:val="00FE3368"/>
     <w:rsid w:val="00FE445A"/>
     <w:rsid w:val="00FE4F0F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="702D4B1F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C030F92C-2C94-4300-9684-D537040F4197}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13858,51 +13913,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="markajx2dw5qr">
     <w:name w:val="markajx2dw5qr"/>
@@ -14168,51 +14222,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLconformatoprevioCar">
     <w:name w:val="HTML con formato previo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="HTMLconformatoprevio"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006D71D5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="41176150">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2082412279">
           <w:blockQuote w:val="1"/>
           <w:marLeft w:val="720"/>
           <w:marRight w:val="720"/>
           <w:marTop w:val="100"/>
           <w:marBottom w:val="100"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14299,51 +14353,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2101413166">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/servlet/articulo?codigo=666889" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/servlet/articulo?codigo=8721851" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0187-01732018000300039&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.diputados.gob.mx/LeyesBiblio/regley/Reg_LGS_MP.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37646/xihmai.v2i4.101" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12804/revistas.urosario.edu.co/revsalud/a.10694" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concanaco.com.mx/prensa/tepuedeinteresar/las-farmaceuticas-en-mexico-preven-crecimiento-de-36-en-medio-de-las-crisis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ss.puebla.gob.mx/noticias/item/3323-comunicado" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ojs.unipamplona.edu.co/index.php/face/article/view/2612" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edisciplinas.usp.br/pluginfile.php/2747599/mod_folder/content/0/COMPLEMENTAR%20-%201969%20-%20Blumer%20-%20Symbolic%20Interactionism.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011462" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/servlet/articulo?codigo=%20%20" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0213911199713737" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/innovar.v32n86.104665" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/cngf/2022/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/servlet/articulo?codigo=9394088" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.diputados.gob.mx/LeyesBiblio/regley/Reg_LGS_MP.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37646/xihmai.v2i4.101" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.concanaco.com.mx/prensa/tepuedeinteresar/las-farmaceuticas-en-mexico-preven-crecimiento-de-36-en-medio-de-las-crisis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12804/revistas.urosario.edu.co/revsalud/a.10694" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ojs.unipamplona.edu.co/index.php/face/article/view/2612" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edisciplinas.usp.br/pluginfile.php/2747599/mod_folder/content/0/COMPLEMENTAR%20-%201969%20-%20Blumer%20-%20Symbolic%20Interactionism.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0213911199713737" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/servlet/articulo?codigo=%20%20" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011462" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/innovar.v32n86.104665" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/cngf/2022/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/servlet/articulo?codigo=9394088" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/servlet/articulo?codigo=666889" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0187-01732018000300039&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/servlet/articulo?codigo=8721851" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ss.puebla.gob.mx/noticias/item/3323-comunicado" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i22.923" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -14622,70 +14676,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{781E0A65-7B78-432F-ADD5-2F3F527F3028}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>24</Pages>
-  <Words>8820</Words>
-  <Characters>48516</Characters>
+  <Words>8836</Words>
+  <Characters>48600</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>404</Lines>
+  <Lines>405</Lines>
   <Paragraphs>114</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>57222</CharactersWithSpaces>
+  <CharactersWithSpaces>57322</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ANDREA ESTUPINAN VILLANUEVA</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>