--- v0 (2025-12-16)
+++ v1 (2026-03-24)
@@ -4,155 +4,598 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4820DFF6" w14:textId="231CA7CF" w:rsidR="003C55E3" w:rsidRDefault="003C55E3" w:rsidP="003C55E3">
       <w:pPr>
         <w:spacing w:before="240" w:after="160" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACB6710" w14:textId="02AF37CB" w:rsidR="0052251B" w:rsidRPr="0052251B" w:rsidRDefault="0052251B" w:rsidP="003C55E3">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052251B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="0052251B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i22.924</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2176B6E9" w14:textId="46A1CC21" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Uso de los muros virtuales y su relación con los estilos de aprendizaje en la enseñanza de geografía</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6253DD3D" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Use of virtual walls and its relationship with learning styles in teaching geography</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t xml:space="preserve">Use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Uso de paredes virtuais e sua relação com estilos de aprendizagem no ensino de geografia</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>walls</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>relationship</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>styles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>geography</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="04F1D7F5" w14:textId="26A565CA" w:rsidR="003C55E3" w:rsidRPr="003C55E3" w:rsidRDefault="003C55E3" w:rsidP="003C55E3">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uso de paredes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>virtuais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>sua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>relação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estilos de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>aprendizagem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>geografia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="465B49C5" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="0018707E" w:rsidP="003C55E3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3729F7E3" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:b/>
@@ -332,83 +775,137 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="078DA4E0" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Los muros virtuales como Padlet se han convertido en una herramienta poderosa, ya que permiten compartir en tiempo real distintas formas de comunicación para desarrollar actividades escolares. Por otro lado, dentro del proceso de enseñanza es importante considerar el papel que juega el estilo de aprendizaje, ya que no todos aprendemos de la misma manera. La propuesta de esta investigación consiste en analizar si el uso de los muros virtuales son una herramienta que integra durante el desarrollo de la clase los tres estilos de aprendizaje del alumnado que cursa la Licenciatura en Geografía en la Universidad Nacional Autónoma de México.</w:t>
+        <w:t xml:space="preserve">Los muros virtuales como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se han convertido en una herramienta poderosa, ya que permiten compartir en tiempo real distintas formas de comunicación para desarrollar actividades escolares. Por otro lado, dentro del proceso de enseñanza es importante considerar el papel que juega el estilo de aprendizaje, ya que no todos aprendemos de la misma manera. La propuesta de esta investigación consiste en analizar si el uso de los muros virtuales son una herramienta que integra durante el desarrollo de la clase los tres estilos de aprendizaje del alumnado que cursa la Licenciatura en Geografía en la Universidad Nacional Autónoma de México.</w:t>
       </w:r>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Los resultados indican que la difusión y la consulta de videos, audios e infografías en Padlet afecta positivamente el aprendizaje de la geografía y la motivación.</w:t>
+        <w:t xml:space="preserve">Los resultados indican que la difusión y la consulta de videos, audios e infografías en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente el aprendizaje de la geografía y la motivación.</w:t>
       </w:r>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>En conclusión, el muro virtual Padlet permite que los estudiantes y el docente compartan y discutan diversos recursos educativos como los videos, los audios y las infografías con la finalidad de facilitar el aprendizaje.</w:t>
+        <w:t xml:space="preserve">En conclusión, el muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> permite que los estudiantes y el docente compartan y discutan diversos recursos educativos como los videos, los audios y las infografías con la finalidad de facilitar el aprendizaje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3643EA86" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Palabras clave:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -432,234 +929,3402 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53F0FA71" w14:textId="77777777" w:rsidR="003C55E3" w:rsidRDefault="003C55E3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E5B06E0" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3523B922" w14:textId="77777777" w:rsidR="003929EE" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Virtual walls like Padlet have become a powerful tool, since they allow different forms of communication to be shared in real time to develop school activities. On the other hand, within the teaching process it is important to consider the role that learning style plays, since not all of us learn in the same way. The proposal of this research consists of analyzing whether the use of virtual walls is a tool that integrates the three learning styles of students studying the Bachelor's Degree in Geography at the National Autonomous University of Mexico during the development of the class. The results indicate that the dissemination and consultation of videos, audios and infographics on Padlet positively affects the learning of geography and motivation. In conclusion, the Padlet virtual wall allows students and teachers to share and discuss various educational resources such as videos, audios and infographics in order to facilitate learning.</w:t>
+        <w:t xml:space="preserve">Virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>walls</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>like</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>become</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>powerful</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tool</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>since</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>allow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>different</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>forms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>communication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>shared</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in real time </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>develop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>On</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hand</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>process</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>important</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consider</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> role </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>plays</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>since</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>learn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>same</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>way</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>proposal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consists</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>analyzing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>whether</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>walls</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tool</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>integrates</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>styles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>students</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>studying</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bachelor's</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Degree in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Geography</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>National</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autonomous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mexico </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>during</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>class</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>indicate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dissemination</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consultation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> videos, audios and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>infographics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>positively</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>affects</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>geography</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>motivation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conclusion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wall</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>allows</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>students</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teachers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> share and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>discuss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>various</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>resources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as videos, audios and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>infographics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>order</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>facilitate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36822DA3" w14:textId="77777777" w:rsidR="003929EE" w:rsidRDefault="00D770DD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Keywords:</w:t>
-[...28 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003C55E3">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Geography</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wall</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>styles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="112F0A65" w14:textId="77777777" w:rsidR="003C55E3" w:rsidRDefault="003C55E3">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="478395EB" w14:textId="588784B5" w:rsidR="003C55E3" w:rsidRPr="003C55E3" w:rsidRDefault="003C55E3">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Resumo</w:t>
-[...29 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Palavras-chave:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Resumo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D1CEDE0" w14:textId="77777777" w:rsidR="003C55E3" w:rsidRPr="003C55E3" w:rsidRDefault="003C55E3" w:rsidP="003C55E3">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paredes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>virtuais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C55E3">
-[...5 lines deleted...]
-        <w:t>Ensino, Geografia, muro virtual, estilos de aprendizagem.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tornaram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ferramenta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> poderosa, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pois</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>permitem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>compartilhar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diferentes formas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>comunicação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em tempo real para o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>desenvolvimento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atividades</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> escolares. Por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>outro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lado, no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>processo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> importante considerar o papel que o estilo de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aprendizagem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>desempenha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vez que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> todos aprendemos da mesma forma. A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>proposta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>desta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pesquisa consiste em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>analisar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se o uso de paredes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>virtuais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> é </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ferramenta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que integra os </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>três</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estilos de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aprendizagem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alunos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bacharelado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Geografia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da Universidade Nacional </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autônoma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do México durante o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>desenvolvimento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da aula. Os resultados </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>indicam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>divulgação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e consulta de vídeos, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>áudios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e infográficos no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>afeta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> positivamente a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aprendizagem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>geografia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>motivação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Concluindo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, o mural virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> permite que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alunos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>professores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>compartilhem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>discutam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diversos recursos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>educacionais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como vídeos, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>áudios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e infográficos para facilitar o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aprendizado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FFF14BC" w14:textId="09DE97C6" w:rsidR="003C55E3" w:rsidRDefault="003C55E3" w:rsidP="003C55E3">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Palavras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-chave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Geografia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, muro virtual, estilos de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aprendizagem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C55E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347853EE" w14:textId="77777777" w:rsidR="003C55E3" w:rsidRPr="00DA1643" w:rsidRDefault="003C55E3" w:rsidP="003C55E3">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Enero 2024</w:t>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA1643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -746,107 +4411,142 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="772B11F1" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="001302A9" w:rsidRDefault="00D770DD" w:rsidP="001302A9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001302A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A5C38FF" w14:textId="5257A318" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Indudablemente, el uso de herramientas digitales en los diversos niveles y contextos educativos han ido en constante aumento en relación directa con los avances tecnológicos y necesidades socioeducativas que han demandado estos recursos (Karan-Aynagoz </w:t>
+        <w:t>Indudablemente, el uso de herramientas digitales en los diversos niveles y contextos educativos han ido en constante aumento en relación directa con los avances tecnológicos y necesidades socioeducativas que han demandado estos recursos (Karan-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aynagoz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002168A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Unal, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F035E96" w14:textId="0A996D4C" w:rsidR="0018707E" w:rsidRDefault="00D770DD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ejemplo de ello, se reconoce en el contexto derivado por la pandemia por COVID-19 que obligó al cuerpo docente de los diversos niveles educativos en México a adoptar y/o potenciar estas Tecnologías de la Información y la Comunicación (TIC) como medios para avanzar hacia una educación a distancia (Elsayary </w:t>
+        <w:t>Ejemplo de ello, se reconoce en el contexto derivado por la pandemia por COVID-19 que obligó al cuerpo docente de los diversos niveles educativos en México a adoptar y/o potenciar estas Tecnologías de la Información y la Comunicación (TIC) como medios para avanzar hacia una educación a distancia (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elsayary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2226F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2024). Esto resultó ser un reto tanto para los docentes como para los estudiantes, aunado a la existencia de la brecha digital que forma parte del contexto socioeconómico del país. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C5B0D18" w14:textId="6AD81522" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -854,137 +4554,209 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Desde este panorama, el presente trabajo busca destacar aquellas TIC educativas que desde su simplicidad y eficiencia han permitido crear ambientes de aprendizaje colaborativos, vinculados principalmente al paradigma educativo constructivista.</w:t>
       </w:r>
       <w:r w:rsidR="0055121B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>De manera particular, se destaca el reconocido muro virtual Padlet, un espacio virtual que propicia la participación y colaboración grupal de manera instantánea y gratuita a partir de la provisión de herramientas de escritura, visuales, informativas</w:t>
+        <w:t xml:space="preserve">De manera particular, se destaca el reconocido muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, un espacio virtual que propicia la participación y colaboración grupal de manera instantánea y gratuita a partir de la provisión de herramientas de escritura, visuales, informativas</w:t>
       </w:r>
       <w:r w:rsidR="005363CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> entre otras (Chen, 2022; Naamati-Schneider </w:t>
+        <w:t xml:space="preserve"> entre otras (Chen, 2022; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Naamati</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Schneider </w:t>
       </w:r>
       <w:r w:rsidR="00450877">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alt, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C123B38" w14:textId="419EAEC8" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">En ese sentido, debido a su viabilidad y configuración como muro virtual, ha resultado ser una de las herramientas más utilizadas, puesto que propicia la construcción de conocimiento y fortalecimiento de habilidades mediante el aprendizaje colaborativo (Naamati-Schneider </w:t>
+        <w:t>En ese sentido, debido a su viabilidad y configuración como muro virtual, ha resultado ser una de las herramientas más utilizadas, puesto que propicia la construcción de conocimiento y fortalecimiento de habilidades mediante el aprendizaje colaborativo (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Naamati</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Schneider </w:t>
       </w:r>
       <w:r w:rsidR="003B79D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alt, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5276A397" w14:textId="00E381A4" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Al respecto, a partir del análisis de múltiples autores como Aboal (2022), Beltrán-Martín (2019), Pardo</w:t>
+        <w:t xml:space="preserve">Al respecto, a partir del análisis de múltiples autores como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aboal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2022), Beltrán-Martín (2019), Pardo</w:t>
       </w:r>
       <w:r w:rsidR="003B79D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-Cueva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B79D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
@@ -1022,166 +4794,274 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005363CC" w:rsidRPr="00F2226F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="005363CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">cómo esta herramienta ha contribuido a la creación de conocimientos y habilidades colaborativas al propiciar el compromiso grupal a partir de la participación activa de estudiantes y docentes. Así mismo, resaltan que esta herramienta contribuye a la recopilación de recursos de investigación sobre las formas en cómo se construye conocimiento colaborativo en la educación a distancia, además de proporcionar recursos para las clases como: diario de clase, preguntas frecuentes, lluvia de ideas y diálogo en línea (Chen, 2022; Naamati-Schneider </w:t>
+        <w:t xml:space="preserve">cómo esta herramienta ha contribuido a la creación de conocimientos y habilidades colaborativas al propiciar el compromiso grupal a partir de la participación activa de estudiantes y docentes. Así mismo, resaltan que esta herramienta contribuye a la recopilación de recursos de investigación sobre las formas en cómo se construye conocimiento colaborativo en la educación a distancia, además de proporcionar recursos para las clases como: diario de clase, preguntas frecuentes, lluvia de ideas y diálogo en línea (Chen, 2022; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Naamati</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Schneider </w:t>
       </w:r>
       <w:r w:rsidR="00450877">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alt, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C6EC64D" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Otro aspecto importante que se reconoce del Padlet es la motivación que esta herramienta provoca tanto en los docentes como en los estudiantes, lo que incluso ha impulsado a estos últimos a participar activamente en discusiones, debates y cuestionamientos en los que, en un contexto presencial, no se atreverían (Shuker y Burton, 2021). </w:t>
+        <w:t xml:space="preserve">Otro aspecto importante que se reconoce del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es la motivación que esta herramienta provoca tanto en los docentes como en los estudiantes, lo que incluso ha impulsado a estos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">últimos a participar activamente en discusiones, debates y cuestionamientos en los que, en un contexto presencial, no se atreverían (Shuker y Burton, 2021). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30BA47C6" w14:textId="48881194" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Haciendo uso reiterativo del trabajo que desarrolla Aboal (2022), se debe resaltar que a partir de esta TIC es posible poner en práctica los conocimientos adquiridos de los temas previamente estudiados, por lo cual será labor del docente hacer un uso potencial de esta herramienta. En esta misma línea, al ser una herramienta vinculada con el uso de Internet,</w:t>
+        <w:t xml:space="preserve">Haciendo uso reiterativo del trabajo que desarrolla </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aboal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2022), se debe resaltar que a partir de esta TIC es posible poner en práctica los conocimientos adquiridos de los temas previamente estudiados, por lo cual será labor del docente hacer un uso potencial de esta herramienta. En esta misma línea, al ser una herramienta vinculada con el uso de Internet,</w:t>
       </w:r>
       <w:r w:rsidR="00F2226F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>puede contribuir a fortalecer la habilidad de</w:t>
       </w:r>
       <w:r w:rsidRPr="005363CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>los estudiantes para la búsqueda de información y material de forma autónoma y crítica (Aboal, 2022).</w:t>
+        <w:t>los estudiantes para la búsqueda de información y material de forma autónoma y crítica (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aboal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2022).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75603B90" w14:textId="4A4C1B57" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Respecto a este tema, de acuerdo con Shuker y Burton (2021), es importante considerar que la herramienta (como cualquier otra) tiene limitaciones, entre las que destaca su restricción para crear Padlets de manera gratuita, aspecto que se debe tomar en cuenta si se busca ampliar esta herramienta en el ambiente de trabajo laboral docente. En algunos casos se ha reportado que los estudiantes se sienten abrumados por la cantidad de publicaciones y se desconectan (</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Respecto a este tema, de acuerdo con Shuker y Burton (2021), es importante considerar que la herramienta (como cualquier otra) tiene limitaciones, entre las que destaca su restricción para crear </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de manera gratuita, aspecto que se debe tomar en cuenta si se busca ampliar esta herramienta en el ambiente de trabajo laboral docente. En algunos casos se ha reportado que los estudiantes se sienten abrumados por la cantidad de publicaciones y se desconectan (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2226F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dianati </w:t>
+        <w:t>Dianati</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F2226F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2226F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2226F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1633,51 +5513,69 @@
               <w:t>Auditiva</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31169446" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Se trata de una persona predominantemente auditiva con facilidad para aprender idiomas y que puede imitar voces. Se habla a sí mismo. Cuando se expresa verbalmente cuida su dicción. Puede repetir lo que escucha y memoriza secuencias o procedimientos. Se le dificulta la concentración si hay ruidos o sonidos ajenos. Prefiere escuchar, sub-vocaliza (mueve los labios), y mientras habla se toca las orejas y la boca y mantiene la barbilla hacia atrás. Mueve los ojos hacia las orejas y tiene una respiración media. Generalmente posee una voz clara, tono medio, habla con cadencias, ritmos y pausas. Al momento de aprender, lo hace dialogando u oyendo, interna o externamente. Reflexiona, prueba alternativas verbales y usa la retórica.</w:t>
+              <w:t xml:space="preserve">Se trata de una persona predominantemente auditiva con facilidad para aprender idiomas y que puede imitar voces. Se habla a sí mismo. Cuando se expresa verbalmente cuida su dicción. Puede repetir lo que escucha y memoriza secuencias o procedimientos. Se le dificulta la concentración si hay ruidos o sonidos ajenos. Prefiere escuchar, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sub-vocaliza</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (mueve los labios), y mientras habla se toca las orejas y la boca y mantiene la barbilla hacia atrás. Mueve los ojos hacia las orejas y tiene una respiración media. Generalmente posee una voz clara, tono medio, habla con cadencias, ritmos y pausas. Al momento de aprender, lo hace dialogando u oyendo, interna o externamente. Reflexiona, prueba alternativas verbales y usa la retórica.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="44A0EA45" w14:textId="77777777" w:rsidTr="0018707E">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08B9B76D" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
@@ -2577,51 +6475,69 @@
         </w:rPr>
         <w:t>, s</w:t>
       </w:r>
       <w:r w:rsidR="00D770DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in embargo, reconocer las áreas cognitivas, afectivas y fisiológicas con mayor potencial de</w:t>
       </w:r>
       <w:r w:rsidR="00F2226F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D770DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">los estudiantes puede permitir hacer un uso más adecuado de las herramientas didácticas con las que se trabaja, a fin de que vivan un proceso de aprendizaje más significativo. En este caso, hacer un uso adecuado y potencial del Padlet. </w:t>
+        <w:t xml:space="preserve">los estudiantes puede permitir hacer un uso más adecuado de las herramientas didácticas con las que se trabaja, a fin de que vivan un proceso de aprendizaje más significativo. En este caso, hacer un uso adecuado y potencial del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D770DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D770DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D9D6888" w14:textId="7CF1FD15" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ante ello Giler</w:t>
       </w:r>
       <w:r w:rsidR="003E387E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2629,246 +6545,408 @@
         <w:t>-Loor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002168A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. (2020) reconocen que el Padlet funciona como una herramienta interactiva que ha logrado estimular las estructuras mentales a partir del fortalecimiento del aprendizaje en tanto que se reconocen las múltiples formas de aprender. Si bien se identifica una mayor cantidad de recursos (en el uso de TIC) vinculados al canal perceptivo visual y auditivo a partir del uso de imágenes, audio, textos, archivos, mapas, entre otros, es labor del docente identificar qué actividades vinculadas al uso del Padlet podrían fortalecer el aprendizaje de los estudiantes que se identifican a partir del canal perceptivo kinestésico. </w:t>
+        <w:t xml:space="preserve">. (2020) reconocen que el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funciona como una herramienta interactiva que ha logrado estimular las estructuras mentales a partir del fortalecimiento del aprendizaje en tanto que se reconocen las múltiples formas de aprender. Si bien se identifica una mayor cantidad de recursos (en el uso de TIC) vinculados al canal perceptivo visual y auditivo a partir del uso de imágenes, audio, textos, archivos, mapas, entre otros, es labor del docente identificar qué actividades vinculadas al uso del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podrían fortalecer el aprendizaje de los estudiantes que se identifican a partir del canal perceptivo kinestésico. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AC01DB3" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sumado a esto, Salica (2019) insiste en que “el modo en que los estudiantes adquieren y procesan la información es una pieza clave para lograr una adecuada integración curricular de las TIC”. Así, es indispensable considerar el elemento de los canales de percepción para hacer un uso potencial y adecuado de la herramienta Padlet, el cual, con base en los diversos estudios antes mencionados, se considera como una herramienta digital efectiva que promueve el aprendizaje y la construcción de conocimientos de manera colaborativa e integradora. </w:t>
+        <w:t xml:space="preserve">Sumado a esto, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Salica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2019) insiste en que “el modo en que los estudiantes adquieren y procesan la información es una pieza clave para lograr una adecuada integración curricular de las TIC”. Así, es indispensable considerar el elemento de los canales de percepción para hacer un uso potencial y adecuado de la herramienta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, el cual, con base en los diversos estudios antes mencionados, se considera como una herramienta digital efectiva que promueve el aprendizaje y la construcción de conocimientos de manera colaborativa e integradora. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57400BE8" w14:textId="02DB1166" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">El objetivo principal de este trabajo es analizar el uso del muro virtual Padlet y su relación con los estilos de aprendizaje en la enseñanza de la geografía a nivel </w:t>
+        <w:t xml:space="preserve">El objetivo principal de este trabajo es analizar el uso del muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y su relación con los estilos de aprendizaje en la enseñanza de la geografía a nivel </w:t>
       </w:r>
       <w:r w:rsidR="000017CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>icenciatura, a partir de las siguientes preguntas de investigación:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F159FBE" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">¿Cómo influye la difusión y la consulta de videos en Padlet para el aprendizaje a través de recursos educativos visuales y la motivación durante el desarrollo del tema “Problemas en la enseñanza aprendizaje de la geografía”? </w:t>
+        <w:t xml:space="preserve">¿Cómo influye la difusión y la consulta de videos en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para el aprendizaje a través de recursos educativos visuales y la motivación durante el desarrollo del tema “Problemas en la enseñanza aprendizaje de la geografía”? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9E1B69" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">¿Cómo influye la difusión y la consulta de audios en Padlet para el Aprendizaje a través de recursos educativos auditivos y la motivación durante el desarrollo del tema “Problemas en la enseñanza aprendizaje de la geografía”? </w:t>
+        <w:t xml:space="preserve">¿Cómo influye la difusión y la consulta de audios en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para el Aprendizaje a través de recursos educativos auditivos y la motivación durante el desarrollo del tema “Problemas en la enseñanza aprendizaje de la geografía”? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B8E4763" w14:textId="1768B252" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">¿Cómo influye la difusión y la consulta de infografías en el Padlet para el </w:t>
+        <w:t xml:space="preserve">¿Cómo influye la difusión y la consulta de infografías en el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para el </w:t>
       </w:r>
       <w:r w:rsidR="00192292">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">prendizaje a través de recursos educativos kinestésicos y la motivación durante el desarrollo del tema “Problemas en la enseñanza aprendizaje de la geografía”? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C557C4E" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>¿Cuál es la percepción de los estudiantes sobre la difusión y la consulta de los recursos educativos en Padlet durante el curso de Enseñanza de la Geografía?</w:t>
+        <w:t xml:space="preserve">¿Cuál es la percepción de los estudiantes sobre la difusión y la consulta de los recursos educativos en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> durante el curso de Enseñanza de la Geografía?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5080F13E" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00396C8B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03CE546F" w14:textId="6E55112E" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="000017CE" w:rsidP="00396C8B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -2877,81 +6955,117 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Objetivos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D89D5AE" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Los objetivos particulares de este estudio mixto sobre el uso del muro virtual Padlet son:</w:t>
+        <w:t xml:space="preserve">Los objetivos particulares de este estudio mixto sobre el uso del muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> son:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD74642" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Analizar la percepción de los estudiantes sobre el uso del muro virtual Padlet en la asignatura de Enseñanza de la Geografía a nivel Licenciatura considerando los estilos de aprendizaje</w:t>
+        <w:t xml:space="preserve">Analizar la percepción de los estudiantes sobre el uso del muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en la asignatura de Enseñanza de la Geografía a nivel Licenciatura considerando los estilos de aprendizaje</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06986975" w14:textId="03BFE606" w:rsidR="0018707E" w:rsidRPr="00DE05CC" w:rsidRDefault="00D770DD" w:rsidP="00DE05CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3008,87 +7122,123 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Metodología</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B972799" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>La metodología para este estudio cuantitativo y cualitativo sobre el uso del muro virtual Padlet consideró lo siguiente:</w:t>
+        <w:t xml:space="preserve">La metodología para este estudio cuantitativo y cualitativo sobre el uso del muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> consideró lo siguiente:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D71737" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El educador de la asignatura </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enseñanza de la Geografía</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de la Licenciatura en Geografía incorporó el muro virtual Padlet en las actividades escolares con base en el tema “Problemas</w:t>
+        <w:t xml:space="preserve"> de la Licenciatura en Geografía incorporó el muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en las actividades escolares con base en el tema “Problemas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>en la enseñanza aprendizaje de la geografía”. Este estudio mixto es experimental con una muestra no probabilística. Asimismo, esta investigación se apoyó en los alcances descriptivo, causal y transversal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="476D16B3" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3162,51 +7312,69 @@
         </w:rPr>
         <w:t xml:space="preserve">Diseño </w:t>
       </w:r>
       <w:r w:rsidR="000017CE" w:rsidRPr="00F2226F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2226F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">l espacio de trabajo del Padlet en la aplicación </w:t>
+        <w:t xml:space="preserve">l espacio de trabajo del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en la aplicación </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="467886"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>https://padlet.com/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76B2FF32" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3222,238 +7390,400 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF51F31" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Subir la liga de la canción y su letra al Padlet. </w:t>
+        <w:t xml:space="preserve">Subir la liga de la canción y su letra al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15BA88B9" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Selección del material visual. En este caso se trata de tres videos relacionados con el tema de clase. En el material se presentan filmaciones de tres docentes impartiendo clases de geografía en los niveles primaria, secundaria y bachillerato. El objetivo del empleo de estos recursos es captar la atención del alumnado cuyo estilo de aprendizaje es el visual.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="301BE698" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Subir la liga de los tres videos al Padlet. </w:t>
+        <w:t xml:space="preserve">Subir la liga de los tres videos al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="396A1057" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Selección del material Kinestésico. En este caso fue una infografía a elaborarse a partir de una lectura relacionada con el tema de clase. La herramienta web que se utiliza para su diseño es Canva: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId8">
+        <w:t xml:space="preserve">Selección del material Kinestésico. En este caso fue una infografía a elaborarse a partir de una lectura relacionada con el tema de clase. La herramienta web que se utiliza para su diseño es </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Canva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="467886"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.canva.com/es_mx/infografias/plantillas/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35019925" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Subir al Padlet instrucciones para elaborar una infografía y la liga de la aplicación. El objetivo de empleo de este material es integrar al proceso de enseñanza aprendizaje al alumnado de estilo de aprendizaje kinestésico. </w:t>
+        <w:t xml:space="preserve">Subir al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> instrucciones para elaborar una infografía y la liga de la aplicación. El objetivo de empleo de este material es integrar al proceso de enseñanza aprendizaje al alumnado de estilo de aprendizaje kinestésico. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="195CFB7B" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Desarrollar tres sesiones de aprendizaje de 2 horas cada una, integrando evidencias de la clase en el Padlet. </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId9">
+        <w:t xml:space="preserve">Desarrollar tres sesiones de aprendizaje de 2 horas cada una, integrando evidencias de la clase en el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="467886"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://padlet.com/eduardodominguez11/mi-padlet-resplandeciente-vjolyfu2jrk7g0zo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1F286BC3" w14:textId="16741BE0" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
       <w:r w:rsidR="00F4578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>igura 1 muestra las variables empleadas en este estudio mixto para analizar las percepciones de los estudiantes de la Licenciatura en Geografía sobre el uso del muro virtual Padlet en el campo educativo. Las variables independientes son Difusión y consulta de videos en Padlet, Difusión y consulta de audios en Padlet y Difusión y consulta de infografías en Padlet. Las variables dependientes son el Aprendizaje y la Motivación.</w:t>
+        <w:t xml:space="preserve">igura 1 muestra las variables empleadas en este estudio mixto para analizar las percepciones de los estudiantes de la Licenciatura en Geografía sobre el uso del muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en el campo educativo. Las variables independientes son Difusión y consulta de videos en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Difusión y consulta de audios en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y Difusión y consulta de infografías en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Las variables dependientes son el Aprendizaje y la Motivación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CBAD5A7" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="0018707E" w:rsidP="0099778E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02A93430" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="0099778E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31FE5C03" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="0099778E">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -3580,51 +7910,69 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Figura 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Modelo sobre el uso del Padlet en la Licenciatura en Geografía</w:t>
+        <w:t xml:space="preserve">. Modelo sobre el uso del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en la Licenciatura en Geografía</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54FD1162" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="00D770DD" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="54D55F69" wp14:editId="18BA18D6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>177800</wp:posOffset>
                 </wp:positionH>
@@ -4196,87 +8544,127 @@
       <w:r w:rsidR="000017CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CC7BC14" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Las hipótesis de investigación sobre el uso del Padlet y el aprendizaje fueron las siguientes:</w:t>
+        <w:t xml:space="preserve">Las hipótesis de investigación sobre el uso del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y el aprendizaje fueron las siguientes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01F41185" w14:textId="4CD5BC5A" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_heading=h.3znysh7" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Hipótesis 1. La difusión y la consulta de videos en Padlet afecta positivamente el aprendizaje de la geografía</w:t>
+        <w:t xml:space="preserve">Hipótesis 1. La difusión y la consulta de videos en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00396C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00396C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente el aprendizaje de la geografía</w:t>
       </w:r>
       <w:r w:rsidR="000017CE" w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B50BA57" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="0018707E" w:rsidP="0099778E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="330956BA" w14:textId="52433EDB" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
@@ -4287,51 +8675,73 @@
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Hipótesis 2. La difusión y la consulta de audios en Padlet afecta positivamente el aprendizaje sobre geografía</w:t>
+        <w:t xml:space="preserve">Hipótesis 2. La difusión y la consulta de audios en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00396C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00396C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente el aprendizaje sobre geografía</w:t>
       </w:r>
       <w:r w:rsidR="000017CE" w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0850F41B" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="0018707E" w:rsidP="0099778E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24B17289" w14:textId="78CF3BF6" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
@@ -4342,51 +8752,73 @@
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Hipótesis 3. La difusión y la consulta de infografías en el Padlet afecta positivamente el aprendizaje sobre geografía</w:t>
+        <w:t xml:space="preserve">Hipótesis 3. La difusión y la consulta de infografías en el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00396C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00396C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente el aprendizaje sobre geografía</w:t>
       </w:r>
       <w:r w:rsidR="000017CE" w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4683AEE0" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="0018707E" w:rsidP="0099778E">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -4396,94 +8828,134 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44D892F1" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_heading=h.vta8sabfwd0c" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Las hipótesis de investigación sobre el uso del Padlet y la motivación fueron las siguientes:</w:t>
+        <w:t xml:space="preserve">Las hipótesis de investigación sobre el uso del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00396C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00396C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y la motivación fueron las siguientes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4389F554" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="0018707E" w:rsidP="0099778E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E955FD3" w14:textId="413C357E" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Hipótesis 4. La difusión y la consulta de videos en Padlet afecta positivamente la motivación</w:t>
+        <w:t xml:space="preserve">Hipótesis 4. La difusión y la consulta de videos en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00396C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00396C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente la motivación</w:t>
       </w:r>
       <w:r w:rsidR="000017CE" w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6389DFFE" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="0018707E" w:rsidP="0099778E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B62F1E9" w14:textId="3DDCF69E" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
@@ -4491,51 +8963,71 @@
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Hipótesis 5. La difusión y la consulta de audios en Padlet afecta positivamente la motivación</w:t>
+        <w:t xml:space="preserve">Hipótesis 5. La difusión y la consulta de audios en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00396C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00396C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente la motivación</w:t>
       </w:r>
       <w:r w:rsidR="000017CE" w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DE73AEE" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="00396C8B" w:rsidRDefault="0018707E" w:rsidP="0099778E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ACC9AA6" w14:textId="60EDEF0D" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:numPr>
@@ -4550,51 +9042,69 @@
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00396C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Hipótesis 6. La</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> difusión y la consulta de infografías en el Padlet afecta positivamente la motivación</w:t>
+        <w:t xml:space="preserve"> difusión y la consulta de infografías en el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente la motivación</w:t>
       </w:r>
       <w:r w:rsidR="000017CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66559224" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="0018707E">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BD465FC" w14:textId="370BFAAC" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="001302A9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -4626,51 +9136,69 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La recolección de datos se realizó en la Universidad Nacional Autónoma de México (Ciudad de México), durante el ciclo escolar 2024. La </w:t>
       </w:r>
       <w:r w:rsidR="003C2005">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>abla 3 presenta el cuestionario sobre el uso del muro virtual Padlet en el campo educativo.</w:t>
+        <w:t xml:space="preserve">abla 3 presenta el cuestionario sobre el uso del muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en el campo educativo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A64CA1C" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="0018707E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5692689A" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRDefault="00396C8B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76FBD0D7" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRDefault="00396C8B">
@@ -5007,147 +9535,176 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="458A7316" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Difusión y la consulta de videos en Padlet</w:t>
+              <w:t xml:space="preserve">Difusión y la consulta de videos en </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="6B6DF05A" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="0018707E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73AA92F8" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. La difusión y la consulta de videos en Padlet facilita el rol activo en el salón de clase </w:t>
+              <w:t xml:space="preserve">1. La difusión y la consulta de videos en </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> facilita el rol activo en el salón de clase </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71D5320C" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mucho (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AEDDD3D" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="324D2FC6" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>52%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="00D86461" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -5260,77 +9817,75 @@
           </w:tcPr>
           <w:p w14:paraId="36EE475D" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bastante (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E349A3E" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="730E2618" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>43%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="7BFA7054" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -5443,77 +9998,75 @@
           </w:tcPr>
           <w:p w14:paraId="79F50037" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Poco (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47163A49" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AC6E98C" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="4F33E16C" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -5626,77 +10179,75 @@
           </w:tcPr>
           <w:p w14:paraId="69A5B89D" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Muy poco (4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15A85ECA" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7749399B" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="0B83CC11" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -5752,147 +10303,176 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0483C4EF" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Difusión y la consulta de audios en Padlet</w:t>
+              <w:t xml:space="preserve">Difusión y la consulta de audios en </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="4E26B47A" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="0018707E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DE69A3E" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2. La difusión y la consulta de audios en Padlet facilita el rol activo en el salón de clase</w:t>
+              <w:t xml:space="preserve">2. La difusión y la consulta de audios en </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> facilita el rol activo en el salón de clase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52B801E8" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mucho (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="782E02C3" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="182CD8BF" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>48%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="0B4801F6" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -6005,77 +10585,75 @@
           </w:tcPr>
           <w:p w14:paraId="54F33E1B" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bastante (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12A26A74" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BDA930B" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>48%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="08208AA4" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -6188,77 +10766,75 @@
           </w:tcPr>
           <w:p w14:paraId="3F21449F" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Poco (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A526E09" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47544D26" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="332047F7" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -6371,77 +10947,75 @@
           </w:tcPr>
           <w:p w14:paraId="71FAD659" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Muy poco (4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EFDF896" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30366DD5" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="71455CD2" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -6497,147 +11071,176 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1409C67A" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Difusión y la consulta de infografías en Padlet</w:t>
+              <w:t xml:space="preserve">Difusión y la consulta de infografías en </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="560FE5D3" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="0018707E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AF0AFA3" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3. La difusión y la consulta de infografías en Padlet facilita el rol activo en el salón de clase</w:t>
+              <w:t xml:space="preserve">3. La difusión y la consulta de infografías en </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> facilita el rol activo en el salón de clase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E8ECDD7" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mucho (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="077B91D7" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A96ABB1" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>61%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="4AA34ADD" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -6750,77 +11353,75 @@
           </w:tcPr>
           <w:p w14:paraId="4B956642" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bastante (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D80CBE4" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="111AC279" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="6A399F90" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -6933,77 +11534,75 @@
           </w:tcPr>
           <w:p w14:paraId="50F61179" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Poco (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B0930AB" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A9CBE33" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="3AB6CFC3" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -7116,77 +11715,75 @@
           </w:tcPr>
           <w:p w14:paraId="7DF715CD" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Muy poco (4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B0C5362" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72E79E74" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="64AD3B99" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -7269,109 +11866,127 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27F5307B" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. El muro virtual Padlet facilita el aprendizaje en el tema “Problemas en la enseñanza aprendizaje de la geografía” </w:t>
+              <w:t xml:space="preserve">4. El muro virtual </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> facilita el aprendizaje en el tema “Problemas en la enseñanza aprendizaje de la geografía” </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04519CF4" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mucho (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49FEEDF1" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53FB2452" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>57%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="4724EBC7" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -7484,77 +12099,75 @@
           </w:tcPr>
           <w:p w14:paraId="742C8B18" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bastante (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BE10F27" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="340F39B0" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>43%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="5A149C76" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -7667,77 +12280,75 @@
           </w:tcPr>
           <w:p w14:paraId="4A751CDE" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Poco (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09E153C8" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2457DF0C" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="55D69BDE" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -7850,77 +12461,75 @@
           </w:tcPr>
           <w:p w14:paraId="4E7F9F20" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Muy poco (4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="110863F9" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09EFF6AA" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="45F669AE" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -8025,109 +12634,127 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41120365" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5. El muro virtual Padlet incrementa la motivación en el tema “Problemas en la enseñanza aprendizaje de la geografía”</w:t>
+              <w:t xml:space="preserve">5. El muro virtual </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> incrementa la motivación en el tema “Problemas en la enseñanza aprendizaje de la geografía”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B191241" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mucho (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BDE3C47" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57BB4296" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>48%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="09AB3B9C" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -8240,77 +12867,75 @@
           </w:tcPr>
           <w:p w14:paraId="107F2A6C" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bastante (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="798B20D0" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6976B283" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="6AE9D2C2" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -8423,77 +13048,75 @@
           </w:tcPr>
           <w:p w14:paraId="154BC026" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Poco (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16173DB6" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14A722AC" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="4AA04859" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -8606,77 +13229,75 @@
           </w:tcPr>
           <w:p w14:paraId="16EC0965" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Muy poco (4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78311B77" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="927" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EF791C7" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018707E" w:rsidRPr="003C55E3" w14:paraId="6B238DBE" w14:textId="77777777" w:rsidTr="003C55E3">
         <w:tc>
@@ -8729,77 +13350,107 @@
               </w:rPr>
               <w:t>Opinión de los alumnos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D315BD9" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Difusión y consulta de videos en Padlet</w:t>
+              <w:t xml:space="preserve">Difusión y consulta de videos en </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="299D65E1" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. ¿Cuál es tu opinión sobre la difusión y la consulta de videos en Padlet? </w:t>
+              <w:t xml:space="preserve">6. ¿Cuál es tu opinión sobre la difusión y la consulta de videos en </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="165A3E9C" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -8911,77 +13562,107 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C59C041" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Difusión y consulta de audios en Padlet</w:t>
+              <w:t xml:space="preserve">Difusión y consulta de audios en </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A315667" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7. ¿Cuál es tu opinión sobre la difusión y la consulta de audios en Padlet?</w:t>
+              <w:t xml:space="preserve">7. ¿Cuál es tu opinión sobre la difusión y la consulta de audios en </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31CC90A0" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -9093,77 +13774,107 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B641AE4" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Difusión y consulta de infografías en Padlet</w:t>
+              <w:t xml:space="preserve">Difusión y consulta de infografías en </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A686369" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>8. ¿Cuál es tu opinión sobre la difusión y la consulta de infografías en Padlet?</w:t>
+              <w:t xml:space="preserve">8. ¿Cuál es tu opinión sobre la difusión y la consulta de infografías en </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C55E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41BA9108" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -9282,70 +13993,124 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Análisis de datos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F0DFBEC" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mediante el empleo de Microsoft Excel, se facilita la revisión de los datos derivados de la encuesta relativa a la herramienta Google Forms, permitiendo el procesamiento de datos. Además, esta herramienta posibilita la realización de análisis a través de gráficos para evaluar la percepción de los alumnos sobre el Padlet.</w:t>
+        <w:t xml:space="preserve">Mediante el empleo de Microsoft Excel, se facilita la revisión de los datos derivados de la encuesta relativa a la herramienta Google </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Forms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, permitiendo el procesamiento de datos. Además, esta herramienta posibilita la realización de análisis a través de gráficos para evaluar la percepción de los alumnos sobre el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="021BED79" w14:textId="1F1F8584" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Cabe mencionar que la hoja de cálculo Excel permitió evaluar las hipótesis de investigación sobre el uso del Padlet para el aprendizaje y la motivación por medio de la regresión lineal.</w:t>
+        <w:t xml:space="preserve">Cabe mencionar que la hoja de cálculo Excel permitió evaluar las hipótesis de investigación sobre el uso del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para el aprendizaje y la motivación por medio de la regresión lineal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06C03934" w14:textId="77777777" w:rsidR="003C55E3" w:rsidRDefault="003C55E3" w:rsidP="001302A9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="235338CD" w14:textId="175F4234" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
@@ -9378,96 +14143,134 @@
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para la elaboración de este trabajo se utilizaron datos recopilados a partir de una entrevista digital en Google Forms aplicada al grupo de la materia </w:t>
+        <w:t xml:space="preserve">Para la elaboración de este trabajo se utilizaron datos recopilados a partir de una entrevista digital en Google </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Forms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aplicada al grupo de la materia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enseñanza de la Geografía</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en la Licenciatura en Geografía de la UNAM en el ciclo escolar 2024-2. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6242630F" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Las variables que se ponderaron en este estudio fueron: la difusión y la consulta de videos, audios e infografías en el Padlet, el aprendizaje y la motivación en el tema “Problemas en la enseñanza aprendizaje de la geografía” y la opinión de los participantes sobre el uso de esta herramienta tecnológica. </w:t>
+        <w:t xml:space="preserve">Las variables que se ponderaron en este estudio fueron: la difusión y la consulta de videos, audios e infografías en el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, el aprendizaje y la motivación en el tema “Problemas en la enseñanza aprendizaje de la geografía” y la opinión de los participantes sobre el uso de esta herramienta tecnológica. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27DF0F9E" w14:textId="0E3E81EE" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9679,51 +14482,71 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">H1: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_0"/>
                 <w:id w:val="1225803510"/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="003C55E3">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
-                  <w:t>Difusión y consulta de videos en Padlet → Aprendizaje</w:t>
+                  <w:t xml:space="preserve">Difusión y consulta de videos en </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r w:rsidRPr="003C55E3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>Padlet</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r w:rsidRPr="003C55E3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> → Aprendizaje</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2207" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50B6452B" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -9821,51 +14644,71 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">H2: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_1"/>
                 <w:id w:val="-1918633865"/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="003C55E3">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
-                  <w:t>Difusión y consulta de audios en Padlet → Aprendizaje</w:t>
+                  <w:t xml:space="preserve">Difusión y consulta de audios en </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r w:rsidRPr="003C55E3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>Padlet</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r w:rsidRPr="003C55E3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> → Aprendizaje</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2207" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D5BC35C" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -9963,51 +14806,71 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">H3: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_2"/>
                 <w:id w:val="1225951903"/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="003C55E3">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
-                  <w:t>Difusión y consulta de infografía en Padlet → Aprendizaje</w:t>
+                  <w:t xml:space="preserve">Difusión y consulta de infografía en </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r w:rsidRPr="003C55E3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>Padlet</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r w:rsidRPr="003C55E3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> → Aprendizaje</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2207" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="290C8B91" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -10105,51 +14968,71 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">H4: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_3"/>
                 <w:id w:val="1432011217"/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="003C55E3">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
-                  <w:t>Difusión y consulta de videos en Padlet → Motivación</w:t>
+                  <w:t xml:space="preserve">Difusión y consulta de videos en </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r w:rsidRPr="003C55E3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>Padlet</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r w:rsidRPr="003C55E3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> → Motivación</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2207" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B5FB2B5" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -10249,51 +15132,71 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">H5: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_4"/>
                 <w:id w:val="-490803350"/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="003C55E3">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
-                  <w:t>Difusión y consulta de audios en Padlet → Motivación</w:t>
+                  <w:t xml:space="preserve">Difusión y consulta de audios en </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r w:rsidRPr="003C55E3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>Padlet</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r w:rsidRPr="003C55E3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> → Motivación</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2207" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38DFB301" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -10391,51 +15294,71 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">H6: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_5"/>
                 <w:id w:val="464317565"/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="003C55E3">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
-                  <w:t>Difusión y consulta de infografía en Padlet → Motivación</w:t>
+                  <w:t xml:space="preserve">Difusión y consulta de infografía en </w:t>
+                </w:r>
+                <w:proofErr w:type="spellStart"/>
+                <w:r w:rsidRPr="003C55E3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>Padlet</w:t>
+                </w:r>
+                <w:proofErr w:type="spellEnd"/>
+                <w:r w:rsidRPr="003C55E3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cardo" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> → Motivación</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2207" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7567EB3F" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -10525,51 +15448,69 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="315AB24B" w14:textId="29D1FF4E" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">La difusión y la consulta de videos en Padlet facilita </w:t>
+        <w:t xml:space="preserve">La difusión y la consulta de videos en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> facilita </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mucho (n = 12, 52 %), bastante (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">n = 10, 43 %) y poco (n = 1, 4 %) el rol activo en el salón de </w:t>
       </w:r>
       <w:r w:rsidRPr="00042AA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>clase (</w:t>
@@ -10651,98 +15592,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Videos en Padlet</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Videos en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0C3BBF44" w14:textId="0B32111C" w:rsidR="0018707E" w:rsidRDefault="003C55E3" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="36578D7A" wp14:editId="31652C49">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>10160</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3599180" cy="2162810"/>
             <wp:effectExtent l="0" t="0" r="1270" b="8890"/>
             <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
             <wp:docPr id="1846385117" name="image2.png" descr="Gráfico, Gráfico de barras&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image2.png" descr="Gráfico, Gráfico de barras&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId11"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3599180" cy="2162810"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B255244" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="0018707E" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
@@ -10941,51 +15894,69 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="31376736" w14:textId="2DB39EF0" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>La difusión y la consulta de audios en Padlet facilita mucho (n = 11, 48 %), bastante (n = 11, 48 %) y poco (n = 1, 4 %) el rol activo en el salón de clase (</w:t>
+        <w:t xml:space="preserve">La difusión y la consulta de audios en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> facilita mucho (n = 11, 48 %), bastante (n = 11, 48 %) y poco (n = 1, 4 %) el rol activo en el salón de clase (</w:t>
       </w:r>
       <w:r w:rsidR="00F4578B" w:rsidRPr="00042AA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fig</w:t>
       </w:r>
       <w:r w:rsidR="000017CE" w:rsidRPr="00042AA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ura</w:t>
       </w:r>
       <w:r w:rsidRPr="00042AA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3).</w:t>
       </w:r>
@@ -11026,99 +15997,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Audios en Padlet</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Audios en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3E967905" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="166FF81F" wp14:editId="608E69B1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1314450</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>8890</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3459480" cy="2242185"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
             <wp:docPr id="1846385119" name="image1.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId12"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3459480" cy="2242185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DAD9CBE" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="0018707E" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
@@ -11312,51 +16295,71 @@
     <w:p w14:paraId="37C14FD2" w14:textId="46BED705" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>La difusión y la consulta de infografías en Padlet facilita mucho (n = 14, 61 %), bastante (n = 7, 30 %)</w:t>
+        <w:t xml:space="preserve">La difusión y la consulta de infografías en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> facilita mucho (n = 14, 61 %), bastante (n = 7, 30 %)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D770DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11597,100 +16600,112 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Infografías en Padlet</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Infografías en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3CC24298" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5279A07D" wp14:editId="1F0EB88C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1092918</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>96050</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3954145" cy="2562860"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
             <wp:docPr id="1846385118" name="image3.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId13"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3954145" cy="2562860"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0381851C" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="0018707E" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
@@ -11939,51 +16954,69 @@
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="280" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>muro virtual Padlet facilita mucho (n = 13, 57 %) y bastante (n = 10, 43 %) el aprendizaje en el tema “Problemas en la enseñanza aprendizaje de la geografía" (</w:t>
+        <w:t xml:space="preserve">muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> facilita mucho (n = 13, 57 %) y bastante (n = 10, 43 %) el aprendizaje en el tema “Problemas en la enseñanza aprendizaje de la geografía" (</w:t>
       </w:r>
       <w:r w:rsidR="00F4578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fig</w:t>
       </w:r>
       <w:r w:rsidR="00B35F6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5).</w:t>
       </w:r>
@@ -12060,51 +17093,51 @@
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="12CAA43C" wp14:editId="030B4F51">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1211234</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>116518</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3895090" cy="2524125"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
             <wp:docPr id="1846385116" name="image5.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image5.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13"/>
+                    <a:blip r:embed="rId14"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3895090" cy="2524125"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="39F8FF9E" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="0018707E" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
@@ -12242,51 +17275,71 @@
     </w:p>
     <w:p w14:paraId="0411AC86" w14:textId="5F42AC65" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El muro virtual Padlet incrementa mucho (n = 11, 48 %)</w:t>
+        <w:t xml:space="preserve">El muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> incrementa mucho (n = 11, 48 %)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bastante (n = 7, 30 %), poco (n = 4, 17 %) y muy poco (n = 1, 4 %) la motivación en el tema “Problemas en la enseñanza</w:t>
       </w:r>
       <w:r w:rsidR="003C55E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12470,51 +17523,51 @@
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="63EE8EC5" wp14:editId="51E80C2F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>843107</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>41778</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4286885" cy="2838450"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
             <wp:docPr id="1846385115" name="image4.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image4.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14"/>
+                    <a:blip r:embed="rId15"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4286885" cy="2838450"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DA42EF9" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="0018707E" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
@@ -12670,189 +17723,301 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7CA6A092" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">La percepción de los estudiantes fue analizada por las siguientes preguntas abiertas relacionadas con el uso del Padlet: </w:t>
+        <w:t xml:space="preserve">La percepción de los estudiantes fue analizada por las siguientes preguntas abiertas relacionadas con el uso del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F6AFD7F" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">¿Cuál es tu opinión sobre la difusión y la consulta de videos en Padlet? </w:t>
+        <w:t xml:space="preserve">¿Cuál es tu opinión sobre la difusión y la consulta de videos en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="668BBFBC" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>¿Cuál es tu opinión sobre la difusión y la consulta de audios en Padlet?</w:t>
+        <w:t xml:space="preserve">¿Cuál es tu opinión sobre la difusión y la consulta de audios en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A477DE5" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00396C8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>¿Cuál es tu opinión sobre la difusión y la consulta de infografías en Padlet?</w:t>
+        <w:t xml:space="preserve">¿Cuál es tu opinión sobre la difusión y la consulta de infografías en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43B57190" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Con base en la opinión emitida a través de Google Forms es posible argumentar que los alumnos de </w:t>
+        <w:t xml:space="preserve">Con base en la opinión emitida a través de Google </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Forms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es posible argumentar que los alumnos de </w:t>
       </w:r>
       <w:r w:rsidRPr="00D770DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la Licenciatura en Geografía</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> consideran que el muro virtual Padlet afecta positivamente el aprendizaje: </w:t>
+        <w:t xml:space="preserve"> consideran que el muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente el aprendizaje: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D28412" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -13117,51 +18282,71 @@
     <w:p w14:paraId="1A6771DF" w14:textId="382D8A7E" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“Me parece muy atractivo el organizador gráfico qué es el Padlet debido a que permite una visualización más clara y sencilla” (Alumno 2 con respecto al uso de infografías).</w:t>
+        <w:t xml:space="preserve">“Me parece muy atractivo el organizador gráfico qué es el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> debido a que permite una visualización más clara y sencilla” (Alumno 2 con respecto al uso de infografías).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D075FED" w14:textId="4856775A" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="003C55E3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -13468,119 +18653,116 @@
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57595C45" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sintetiza la información</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A35ACCB" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Es didáctico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1832A68A" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -13607,119 +18789,116 @@
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="666D1A54" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Es buena, agradable y sencilla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0297FFF5" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Me parece dinámica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C42FBA6" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -13746,119 +18925,116 @@
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18E57F0B" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Es una herramienta muy ad-hoc para el estudiantado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37478FCE" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Muy buena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F649E43" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C55E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -13897,77 +19073,113 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="48B727E9" w14:textId="3DBAC7C6" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aunado a esto, los alumnos percibieron la facilidad de participación y colectividad en el uso de Padlet: </w:t>
+        <w:t xml:space="preserve">Aunado a esto, los alumnos percibieron la facilidad de participación y colectividad en el uso de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DB6BC5C" w14:textId="418EC887" w:rsidR="0018707E" w:rsidRPr="003C55E3" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“Era una herramienta que no conocía pero me parece muy útil para que los alumnos participemos” (Alumno 16).</w:t>
+        <w:t xml:space="preserve">“Era una herramienta que no </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conocía</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pero me parece muy útil para que los alumnos participemos” (Alumno 16).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB3E70D" w14:textId="1DAFB577" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -14166,260 +19378,422 @@
     </w:p>
     <w:p w14:paraId="013CE5D5" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>De acuerdo con Naamati-Schneider y Alt (2023), el Padlet es un muro virtual que está cambiando la forma de interactuar durante el proceso educativo. En particular, los resultados de la regresión lineal indican que las hipótesis 1, 2 y 3 relacionadas con el Aprendizaje son aceptadas.</w:t>
+        <w:t xml:space="preserve">De acuerdo con Naamati-Schneider y Alt (2023), el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es un muro virtual que está cambiando la forma de interactuar durante el proceso educativo. En particular, los resultados de la regresión lineal indican que las hipótesis 1, 2 y 3 relacionadas con el Aprendizaje son aceptadas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1849D361" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Los resultados de la hipótesis 1 (0.230) indican que la difusión y la consulta de videos en Padlet afecta positivamente el aprendizaje de la geografía. La función lineal obtenida es y = 0.230x +1.084.</w:t>
+        <w:t xml:space="preserve">Los resultados de la hipótesis 1 (0.230) indican que la difusión y la consulta de videos en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente el aprendizaje de la geografía. La función lineal obtenida es y = 0.230x +1.084.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="633EF027" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Asimismo, los resultados de la hipótesis 2 (0.306) indican que la difusión y la consulta de audios en Padlet afecta positivamente el aprendizaje sobre geografía. La función lineal obtenida es y = 0.306x + 0.954.</w:t>
+        <w:t xml:space="preserve">Asimismo, los resultados de la hipótesis 2 (0.306) indican que la difusión y la consulta de audios en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente el aprendizaje sobre geografía. La función lineal obtenida es y = 0.306x + 0.954.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="008FEB31" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Por último, los resultados de la hipótesis 3 (0.433) indican que la difusión y la consulta de infografías en el Padlet afecta positivamente el aprendizaje sobre geografía. La función lineal obtenida es y = 0.433x + 0.794.</w:t>
+        <w:t xml:space="preserve">Por último, los resultados de la hipótesis 3 (0.433) indican que la difusión y la consulta de infografías en el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente el aprendizaje sobre geografía. La función lineal obtenida es y = 0.433x + 0.794.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ED6B61D" w14:textId="55CBC2A6" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Según Chen (2022), los muros virtuales como Padlet permiten organizar nuevos espacios de enseñanza-aprendizaje donde el estudiante está motivado. En particular, los resultados de la regresión lineal indican que las hipótesis 4, 5 y 6 relacionadas con la Motivación son aceptadas.</w:t>
+        <w:t xml:space="preserve">Según Chen (2022), los muros virtuales como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> permiten organizar nuevos espacios de enseñanza-aprendizaje donde el estudiante está motivado. En particular, los resultados de la regresión lineal indican que las hipótesis 4, 5 y 6 relacionadas con la Motivación son aceptadas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E156D09" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Los resultados de la hipótesis 4 (0.595) indican que la difusión y la consulta de videos en Padlet afecta positivamente la motivación. La función lineal obtenida es y = 0.595x + 0.876.</w:t>
+        <w:t xml:space="preserve">Los resultados de la hipótesis 4 (0.595) indican que la difusión y la consulta de videos en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente la motivación. La función lineal obtenida es y = 0.595x + 0.876.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5704C31E" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Los resultados de la hipótesis 5 (0.369) indican que la difusión y la consulta de audios en Padlet afecta positivamente la motivación. La función lineal obtenida es y = 0.369x + 1.204.</w:t>
+        <w:t xml:space="preserve">Los resultados de la hipótesis 5 (0.369) indican que la difusión y la consulta de audios en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente la motivación. La función lineal obtenida es y = 0.369x + 1.204.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CBE2F5C" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Los resultados de la hipótesis 6 (0.861) indican que la difusión y la consulta de infografías en el Padlet afecta positivamente la motivación. La función lineal obtenida es y = 0.861x + 0.508.</w:t>
+        <w:t xml:space="preserve">Los resultados de la hipótesis 6 (0.861) indican que la difusión y la consulta de infografías en el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente la motivación. La función lineal obtenida es y = 0.861x + 0.508.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="572BD7FA" w14:textId="77777777" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Esta investigación coincide con las ideas de Naamati-Schneider y Alt (2023) y Chen (2022) sobre la importancia del muro virtual Padlet para crear espacios innovadores de enseñanza-aprendizaje.</w:t>
+        <w:t xml:space="preserve">Esta investigación coincide con las ideas de Naamati-Schneider y Alt (2023) y Chen (2022) sobre la importancia del muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para crear espacios innovadores de enseñanza-aprendizaje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35DAADB8" w14:textId="214741CA" w:rsidR="001553F3" w:rsidRDefault="001553F3" w:rsidP="0099778E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -14475,51 +19849,69 @@
     </w:p>
     <w:p w14:paraId="3D3FF4A6" w14:textId="77777777" w:rsidR="0018707E" w:rsidRPr="008D189A" w:rsidRDefault="00D770DD" w:rsidP="006B341F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D189A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Los muros virtuales son herramientas tecnológicas que permiten a los docentes ofrecer nuevas alternativas para aprender los temas escolares. Los resultados indican que la difusión y la consulta de videos, audios e infografías en Padlet afecta positivamente el aprendizaje de la geografía y la motivación.</w:t>
+        <w:t xml:space="preserve">Los muros virtuales son herramientas tecnológicas que permiten a los docentes ofrecer nuevas alternativas para aprender los temas escolares. Los resultados indican que la difusión y la consulta de videos, audios e infografías en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D189A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D189A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afecta positivamente el aprendizaje de la geografía y la motivación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53068ED9" w14:textId="36810F75" w:rsidR="008D189A" w:rsidRPr="008D189A" w:rsidRDefault="00C840B9" w:rsidP="008D189A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D189A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="003929EE" w:rsidRPr="008D189A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -14738,51 +20130,69 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="35DB3CE8" w14:textId="77777777" w:rsidR="00CC0A50" w:rsidRDefault="00D770DD" w:rsidP="006B341F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>En conclusión, el muro virtual Padlet permite que los estudiantes y el docente compartan y discutan diversos recursos educativos como los videos, los audios y las infografías con la finalidad de facilitar el aprendizaje.</w:t>
+        <w:t xml:space="preserve">En conclusión, el muro virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> permite que los estudiantes y el docente compartan y discutan diversos recursos educativos como los videos, los audios y las infografías con la finalidad de facilitar el aprendizaje.</w:t>
       </w:r>
       <w:r w:rsidR="006E72E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74FAFC09" w14:textId="77777777" w:rsidR="00CC0A50" w:rsidRDefault="00CC0A50" w:rsidP="006B341F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -14992,134 +20402,154 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C55E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="571E0AD5" w14:textId="4EEAC418" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aboal</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B9115B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. M. (2022)</w:t>
       </w:r>
       <w:r w:rsidR="00B9115B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Uso del Padlet en el Máster Universitario en Didáctica de la Lengua en Educación Infantil y Primaria. </w:t>
+        <w:t xml:space="preserve"> Uso del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en el Máster Universitario en Didáctica de la Lengua en Educación Infantil y Primaria. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Revista Internacional de Pedagogía e Innovación Educativa,</w:t>
       </w:r>
       <w:r w:rsidRPr="007D6F1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(1)</w:t>
       </w:r>
       <w:r w:rsidR="007D6F1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 163-178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="467886"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.51660/ripie.v2i1.83</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36926D83" w14:textId="646CC1FF" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
@@ -15129,288 +20559,1088 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beltrán-Martín, I. (2019)</w:t>
       </w:r>
       <w:r w:rsidR="00B9115B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Using Padlet for collaborative learning. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Using</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>collaborative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>HEAD</w:t>
       </w:r>
       <w:r w:rsidR="00FC42A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>19 5th international conference on higher education advances</w:t>
-      </w:r>
+        <w:t xml:space="preserve">19 5th </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>international</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conference</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>higher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>advances</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0037442E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0037442E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">201-211. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId17">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="467886"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://dx.doi.org/10.4995/HEAd19.2019.9188</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A801627" w14:textId="0EAF1FB0" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Chen, Y. M. (2022). Understanding foreign language learners’ perceptions of teachers</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Chen, Y. M. (2022). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Understanding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>foreign</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>learners</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>perceptions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teachers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FC42A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> practice with educational technology with specific reference to Kahoot! and Padlet: A case from China. </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>practice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reference</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kahoot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: A case </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> China. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Education and Information Technologies</w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technologies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1439-1465. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="000D595E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="467886"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/s10639-021-10649-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000D595E" w:rsidRPr="000D595E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="467886"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EDEAEA9" w14:textId="24FFBCE7" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Elsayary, A., Meda, L., Karaki, S. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elsayary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A., Meda, L., Karaki, S. </w:t>
       </w:r>
       <w:r w:rsidR="00B9115B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mohebi, L. (2024). The effective use of virtual communication in an online professional development program: investigating teachers’ attitudes. </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Mohebi, L. (2024). The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>effective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>communication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> online </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>professional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>investigating</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teachers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>attitudes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Turkish Online Journal of Distance Education</w:t>
-      </w:r>
+        <w:t>Turkish</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Online </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Distance </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 78-94. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18">
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="000D595E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="467886"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.17718/tojde.1228480</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0FDF50BB" w14:textId="1A5941BD" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="467886"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -15465,93 +21695,115 @@
       <w:r w:rsidRPr="007D6F1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">., J. P. (2015). Caracterización de los estilos de aprendizaje y canales de percepción de estudiantes universitarios. </w:t>
       </w:r>
       <w:r w:rsidRPr="007D6F1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Opción, 31</w:t>
       </w:r>
       <w:r w:rsidRPr="007D6F1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 509-527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
+      <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="007D6F1F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="467886"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/articulo.oa?id=31045567026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0528C66B" w14:textId="3C4874F2" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Giler-Loor, D., Zambrano-Mendoza, G., Velásquez-Saldarriaga, A. y Vera-Moreira, M. (2020). Padlet como herramienta interactiva para estimular las estructuras mentales en el fortalecimiento del aprendizaje.</w:t>
+        <w:t xml:space="preserve">Giler-Loor, D., Zambrano-Mendoza, G., Velásquez-Saldarriaga, A. y Vera-Moreira, M. (2020). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como herramienta interactiva para estimular las estructuras mentales en el fortalecimiento del aprendizaje.</w:t>
       </w:r>
       <w:r w:rsidR="00FC42A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Dominio de las Ciencias</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -15571,51 +21823,51 @@
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1322-1351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId21">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="467886"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.23857/dc.v6i3.1376</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="085097FE" w14:textId="5FAED85E" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
@@ -15716,51 +21968,51 @@
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Pública de Navarra</w:t>
       </w:r>
       <w:r w:rsidR="00123394">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, España.</w:t>
       </w:r>
       <w:r w:rsidR="00123394">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00123394" w:rsidRPr="00B97EC9">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://hdl.handle.net/2454/11349</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00123394">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16E3A9B1" w14:textId="7CE64526" w:rsidR="0018707E" w:rsidRPr="001257C5" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
@@ -15772,357 +22024,990 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Karan-Aynagoz, E. </w:t>
       </w:r>
       <w:r w:rsidR="00B9115B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Unal, B. (2024). Technology-based self-regulated learning strategies and english self-efficacy in online learning environments. </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Unal, B. (2024). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Technology-based</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>self-regulated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>strategies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>english</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>self-efficacy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in online </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>environments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Turkish Online Journal of Distance Education</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Turkish</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Online </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Distance </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 52-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId23">
         <w:r w:rsidRPr="001257C5">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.17718/tojde.1186230</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="36F1AA8B" w14:textId="0261CC46" w:rsidR="0018707E" w:rsidRPr="001257C5" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">Naamati-Schneider, L. </w:t>
       </w:r>
       <w:r w:rsidR="00B9115B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Alt, D. (2023). Enhancing collaborative learning in health management education: an investigation of Padlet-mediated interventions and the influence of flexible thinking. </w:t>
+        <w:t xml:space="preserve"> Alt, D. (2023). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Enhancing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>collaborative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>investigation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Padlet-mediated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>interventions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>influence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> flexible </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>thinking</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>BMC Medical Education</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">BMC Medical </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">, 846. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23">
+      <w:hyperlink r:id="rId24">
         <w:r w:rsidRPr="001257C5">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.1186/s12909-023-04796-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="702855A8" w14:textId="53E427AC" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Pardo-Cueva, M., Chamba-Rueda, L. M., Gómez, Á. H. y Jaramillo-Campoverde, B. G. (2020). Las TIC y rendimiento académico en la educación superior: Una relación potenciada por el uso del Padlet.</w:t>
+        <w:t xml:space="preserve">Pardo-Cueva, M., Chamba-Rueda, L. M., Gómez, Á. H. y Jaramillo-Campoverde, B. G. (2020). Las TIC y rendimiento académico en la educación superior: Una relación potenciada por el uso del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FC42A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Revista Ibérica de Sistemas e Tecnologias de Informação</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Revista Ibérica de Sistemas e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Tecnologias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Informação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">, (E28), 934-944. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="566B12F4" w14:textId="1D9DCC01" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Salica, M. A. (2019). Carga cognitiva y aprendizaje con TIC: estudio empírico en estudiantes de química y física de secundaria.</w:t>
+        <w:t>Salica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>, M. A. (2019). Carga cognitiva y aprendizaje con TIC: estudio empírico en estudiantes de química y física de secundaria.</w:t>
       </w:r>
       <w:r w:rsidR="00FC42A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Revista Iberoamericana de Tecnología en Educación y Educación en Tecnología</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>, (24), 67-78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24">
+      <w:hyperlink r:id="rId25">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="467886"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.24215/18509959.24.e08</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="5F6368"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64C2FD78" w14:textId="4F8E5CBD" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5F6368"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Sevilla, M. E. y Castro, A. Z. (2021). Padlet como estrategia de enseñanza colaborativa en el proceso de aprendizaje.</w:t>
+        <w:t xml:space="preserve">Sevilla, M. E. y Castro, A. Z. (2021). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como estrategia de enseñanza colaborativa en el proceso de aprendizaje.</w:t>
       </w:r>
       <w:r w:rsidR="00FC42A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>CIENCIAMATRIA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16132,163 +23017,437 @@
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">(13), 173-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25">
+      <w:hyperlink r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="467886"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.35381/cm.v7i13.478</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="5F6368"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2782D4D7" w14:textId="43BB7BBE" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Shuker, M. A. y Burton, R. (2021). Educational Technology review: Bringing people and ideas together with ‘Padlet’.</w:t>
+        <w:t xml:space="preserve">Shuker, M. A. y Burton, R. (2021). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Bringing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>people</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and ideas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>together</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>’.</w:t>
       </w:r>
       <w:r w:rsidR="00FC42A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Journal of Applied Learning and Teaching</w:t>
-[...20 lines deleted...]
-      </w:r>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Applied</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC42A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 121-124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26">
+      <w:hyperlink r:id="rId27">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="467886"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://journals.sfu.ca/jalt/index.php/jalt/index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="612BF353" w14:textId="40911FCF" w:rsidR="0018707E" w:rsidRDefault="00D770DD" w:rsidP="00327C9C">
       <w:pPr>
@@ -16309,51 +23468,73 @@
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Viñas, R., Secul</w:t>
       </w:r>
       <w:r w:rsidR="0079680A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">Giusti, C., Viñas, M. y López, Y. (2017). La herramienta Padlet como acto de comunicación digital. </w:t>
+        <w:t xml:space="preserve">Giusti, C., Viñas, M. y López, Y. (2017). La herramienta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como acto de comunicación digital. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>4º Jornadas de TIC e Innovación en el Aula 30 de octubre al 3 de noviembre de 2017 La Plata. Más allá del Aula Virtual.</w:t>
       </w:r>
       <w:r w:rsidR="00123394">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -16567,1098 +23748,1069 @@
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="6315"/>
       </w:tblGrid>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="50BABF75" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="192D9B98" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="05B6CBF2" w14:textId="184B8581" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="5BCED416" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="274FBC5A" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="38F9A229" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="6102EAB3" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="28AB3DFD" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4C75DF43" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="4DC46907" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="47F2BB4E" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="460876DA" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="5CA64300" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="02FE1799" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Validación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="68DC0B31" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="29120CFE" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="71652C91" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="516BA126" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera (principal) y Elizabeth Hernández Morales (que apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="55917A95" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34892C1D" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0D6E2516" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="32087952" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49188BCE" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4DB84A55" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="28B1D8D1" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0A22FB7C" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7B167C77" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="20FA5374" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49D79FDE" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="701CEE99" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="62FB5436" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3E6043F6" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0E1BFE66" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Elizabeth Hernández Morales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="5181B81C" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5EDA8E8E" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Visualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="019BCFDB" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera (principal) y Elizabeth Hernández Morales (que apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="65EBF844" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7880E2CF" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Supervisión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="038A264D" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="443418F0" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="28A02D8F" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="24008D29" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w14:paraId="6B2C6EEF" w14:textId="77777777" w:rsidTr="00396C8B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1DAD8E20" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="26321A6C" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00C22DA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00396C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eduardo Domínguez Herrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5213BC26" w14:textId="77777777" w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidRDefault="00396C8B" w:rsidP="00396C8B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2670"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00396C8B" w:rsidRPr="00396C8B" w:rsidSect="003C55E3">
-      <w:headerReference w:type="default" r:id="rId27"/>
-      <w:footerReference w:type="default" r:id="rId28"/>
+      <w:headerReference w:type="default" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="426" w:left="1701" w:header="142" w:footer="117" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DCAD458" w14:textId="77777777" w:rsidR="002C0019" w:rsidRDefault="002C0019" w:rsidP="003C55E3">
+    <w:p w14:paraId="73191B9E" w14:textId="77777777" w:rsidR="00D27A8D" w:rsidRDefault="00D27A8D" w:rsidP="003C55E3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40739E99" w14:textId="77777777" w:rsidR="002C0019" w:rsidRDefault="002C0019" w:rsidP="003C55E3">
+    <w:p w14:paraId="73239036" w14:textId="77777777" w:rsidR="00D27A8D" w:rsidRDefault="00D27A8D" w:rsidP="003C55E3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -17669,213 +24821,235 @@
     <w:sig w:usb0="800000BF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cardo">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0004F43C" w14:textId="689BC91A" w:rsidR="003C55E3" w:rsidRDefault="003C55E3" w:rsidP="003C55E3">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">  Núm. </w:t>
+      <w:t xml:space="preserve">  Núm.</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>22</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Julio - Diciembre</w:t>
+      <w:t xml:space="preserve">Julio - </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63149CAB" w14:textId="77777777" w:rsidR="002C0019" w:rsidRDefault="002C0019" w:rsidP="003C55E3">
+    <w:p w14:paraId="51AC1095" w14:textId="77777777" w:rsidR="00D27A8D" w:rsidRDefault="00D27A8D" w:rsidP="003C55E3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14A46BDE" w14:textId="77777777" w:rsidR="002C0019" w:rsidRDefault="002C0019" w:rsidP="003C55E3">
+    <w:p w14:paraId="49E5C9DE" w14:textId="77777777" w:rsidR="00D27A8D" w:rsidRDefault="00D27A8D" w:rsidP="003C55E3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1411B061" w14:textId="3153E649" w:rsidR="003C55E3" w:rsidRDefault="003C55E3" w:rsidP="003C55E3">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AB64FAA" wp14:editId="48565BEF">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="518078495" name="Imagen 518078495"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0358080B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="61B61CCC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -18728,177 +25902,181 @@
   <w:num w:numId="2" w16cid:durableId="1962807151">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1947038466">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1266308202">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1286699545">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="666598217">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1009602242">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="700128701">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0018707E"/>
     <w:rsid w:val="000017CE"/>
     <w:rsid w:val="00042AA3"/>
     <w:rsid w:val="000D595E"/>
     <w:rsid w:val="000D5CC5"/>
     <w:rsid w:val="000F5B49"/>
     <w:rsid w:val="00120D56"/>
     <w:rsid w:val="00123394"/>
     <w:rsid w:val="001257C5"/>
     <w:rsid w:val="001302A9"/>
     <w:rsid w:val="00146CCC"/>
     <w:rsid w:val="001515BF"/>
     <w:rsid w:val="001553F3"/>
     <w:rsid w:val="00172A04"/>
     <w:rsid w:val="0018707E"/>
     <w:rsid w:val="00192292"/>
     <w:rsid w:val="002168A2"/>
     <w:rsid w:val="002C0019"/>
     <w:rsid w:val="00327C9C"/>
     <w:rsid w:val="003402B4"/>
     <w:rsid w:val="0037442E"/>
     <w:rsid w:val="003929EE"/>
     <w:rsid w:val="00396C8B"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003B79D8"/>
     <w:rsid w:val="003C2005"/>
     <w:rsid w:val="003C55E3"/>
     <w:rsid w:val="003D4563"/>
     <w:rsid w:val="003E2CF4"/>
     <w:rsid w:val="003E387E"/>
     <w:rsid w:val="003E5CC1"/>
     <w:rsid w:val="0041508E"/>
     <w:rsid w:val="00450877"/>
+    <w:rsid w:val="0052251B"/>
     <w:rsid w:val="005303C2"/>
     <w:rsid w:val="005363CC"/>
     <w:rsid w:val="0055121B"/>
     <w:rsid w:val="006308E9"/>
     <w:rsid w:val="006B341F"/>
     <w:rsid w:val="006E72E2"/>
     <w:rsid w:val="00736561"/>
     <w:rsid w:val="007428EB"/>
     <w:rsid w:val="007470DA"/>
     <w:rsid w:val="0076364B"/>
     <w:rsid w:val="00793D9E"/>
     <w:rsid w:val="0079680A"/>
     <w:rsid w:val="007D6F1F"/>
     <w:rsid w:val="007E23F2"/>
     <w:rsid w:val="008D189A"/>
     <w:rsid w:val="00912B56"/>
     <w:rsid w:val="00944759"/>
     <w:rsid w:val="00993DB5"/>
     <w:rsid w:val="0099778E"/>
     <w:rsid w:val="00A7335A"/>
     <w:rsid w:val="00AA4B7D"/>
     <w:rsid w:val="00B35F6A"/>
     <w:rsid w:val="00B9115B"/>
     <w:rsid w:val="00C60478"/>
     <w:rsid w:val="00C840B9"/>
     <w:rsid w:val="00CC0A50"/>
+    <w:rsid w:val="00D27A8D"/>
     <w:rsid w:val="00D3582A"/>
     <w:rsid w:val="00D770DD"/>
     <w:rsid w:val="00DC65E3"/>
     <w:rsid w:val="00DE05CC"/>
     <w:rsid w:val="00E22A7C"/>
     <w:rsid w:val="00E30B10"/>
     <w:rsid w:val="00E3119C"/>
     <w:rsid w:val="00E95C78"/>
     <w:rsid w:val="00F2226F"/>
     <w:rsid w:val="00F4578B"/>
     <w:rsid w:val="00F5326D"/>
     <w:rsid w:val="00FC42A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7932908B"/>
   <w15:docId w15:val="{CCBDDBA3-0088-41D6-867A-CA6CE0224A23}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -19442,51 +26620,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003252A8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
@@ -20468,51 +27645,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLconformatoprevioCar">
     <w:name w:val="HTML con formato previo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="HTMLconformatoprevio"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003C55E3"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="887031766">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1883323270">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="60"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -20688,51 +27865,51 @@
                   </w:divsChild>
                 </w:div>
                 <w:div w:id="1442146575">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17718/tojde.1228480" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2454/11349" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10639-021-10649-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12909-023-04796-y" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17718/tojde.1186230" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i22.924" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10639-021-10649-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12909-023-04796-y" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17718/tojde.1186230" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17718/tojde.1228480" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2454/11349" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -21014,66 +28191,66 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mh54OuRp3SEAzk/jB8BZIxAe8t9nA==">CgMxLjAaIwoBMBIeChwIB0IYCg9UaW1lcyBOZXcgUm9tYW4SBUNhcmRvGiMKATESHgocCAdCGAoPVGltZXMgTmV3IFJvbWFuEgVDYXJkbxojCgEyEh4KHAgHQhgKD1RpbWVzIE5ldyBSb21hbhIFQ2FyZG8aIwoBMxIeChwIB0IYCg9UaW1lcyBOZXcgUm9tYW4SBUNhcmRvGiMKATQSHgocCAdCGAoPVGltZXMgTmV3IFJvbWFuEgVDYXJkbxojCgE1Eh4KHAgHQhgKD1RpbWVzIE5ldyBSb21hbhIFQ2FyZG8yCGguZ2pkZ3hzMgloLjMwajB6bGwyCWguM3pueXNoNzIOaC52dGE4c2FiZndkMGMyCWguMWZvYjl0ZTgAciExeFZHUk9ReE9OalR2a0JvYnFZc3FZMFFiY1MydmEtc0o=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>5591</Words>
-  <Characters>30751</Characters>
+  <Words>5606</Words>
+  <Characters>30836</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>256</Lines>
   <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36270</CharactersWithSpaces>
+  <CharactersWithSpaces>36370</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Liz .</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>