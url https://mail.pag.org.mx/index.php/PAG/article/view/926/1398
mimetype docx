--- v0 (2025-12-16)
+++ v1 (2026-03-24)
@@ -4,75 +4,128 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="45186F1B" w14:textId="3A68AEDA" w:rsidR="00D268E8" w:rsidRDefault="00E96C64" w:rsidP="00D268E8">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Ensayos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="13E174DB" w14:textId="1882E841" w:rsidR="005B4080" w:rsidRDefault="005B4080" w:rsidP="00D268E8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B4080">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="005B4080">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i22.926</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2CCD0949" w14:textId="77777777" w:rsidR="005B4080" w:rsidRPr="005B4080" w:rsidRDefault="005B4080" w:rsidP="00D268E8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0614D017" w14:textId="31EF518D" w:rsidR="003F5D67" w:rsidRPr="00D268E8" w:rsidRDefault="00647A12" w:rsidP="00D268E8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D268E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Herramientas </w:t>
       </w:r>
@@ -912,51 +965,50 @@
     </w:p>
     <w:p w14:paraId="1BC3D814" w14:textId="2B974E57" w:rsidR="00E96C64" w:rsidRPr="00E96C64" w:rsidRDefault="00E96C64" w:rsidP="00AE3AC1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Resumo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="186FAC6D" w14:textId="77777777" w:rsidR="00E96C64" w:rsidRPr="00E96C64" w:rsidRDefault="00E96C64" w:rsidP="00E96C64">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -1040,51 +1092,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ajuda</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de dados, algoritmos, dispositivos e máquinas que </w:t>
+        <w:t xml:space="preserve"> de dados, algoritmos, dispositivos </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E96C64">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E96C64">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> máquinas que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>simulam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
@@ -1346,69 +1416,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>mais</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ágil. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> ágil. Neste </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ensaio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E96C64">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
@@ -2182,90 +2234,97 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>la idea de</w:t>
       </w:r>
       <w:r w:rsidRPr="001522E4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> inteligencia artificial y se s</w:t>
       </w:r>
       <w:r w:rsidR="00AC0BB6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">ustentaron </w:t>
       </w:r>
       <w:r w:rsidRPr="001522E4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">las bases para su estudio (National Geographic, 2020). En 1966 Joseph Weizenbaum desarrolla el programa Eliza, con la finalidad de integrar el lenguaje humano para comunicarse con la computadora, </w:t>
+        <w:t xml:space="preserve">las bases para su estudio (National Geographic, 2020). En 1966 Joseph Weizenbaum desarrolla el programa Eliza, con la finalidad de integrar el lenguaje humano </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001522E4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">para comunicarse con la computadora, </w:t>
       </w:r>
       <w:r w:rsidR="00B61DE7" w:rsidRPr="00DE41BE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>esta</w:t>
       </w:r>
       <w:r w:rsidR="00B61DE7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001522E4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>es considerada como el primer chatbot de la historia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC1F449" w14:textId="413C8C8B" w:rsidR="004B4FFE" w:rsidRPr="002E33C7" w:rsidRDefault="004B4FFE" w:rsidP="00AE3AC1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E33C7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Algunos hitos importantes</w:t>
       </w:r>
       <w:r w:rsidR="000E45D0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en la inteligencia artificial (IA)</w:t>
       </w:r>
       <w:r w:rsidRPr="002E33C7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0096096F" w:rsidRPr="002E33C7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>son</w:t>
       </w:r>
       <w:r w:rsidRPr="002E33C7">
         <w:rPr>
@@ -7256,82 +7315,82 @@
         <w:t>Inteligencia Artificial</w:t>
       </w:r>
       <w:r w:rsidRPr="00912533">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005263B0" w:rsidRPr="00912533">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Bravex Publications</w:t>
       </w:r>
       <w:r w:rsidR="00912533">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BE5336" w:rsidRPr="002E33C7" w:rsidSect="00D268E8">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1135" w:right="1701" w:bottom="568" w:left="1701" w:header="142" w:footer="121" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39386641" w14:textId="77777777" w:rsidR="00314479" w:rsidRDefault="00314479" w:rsidP="00D268E8">
+    <w:p w14:paraId="674692A1" w14:textId="77777777" w:rsidR="000D0B2F" w:rsidRDefault="000D0B2F" w:rsidP="00D268E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78AC154A" w14:textId="77777777" w:rsidR="00314479" w:rsidRDefault="00314479" w:rsidP="00D268E8">
+    <w:p w14:paraId="1386344D" w14:textId="77777777" w:rsidR="000D0B2F" w:rsidRDefault="000D0B2F" w:rsidP="00D268E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7356,96 +7415,140 @@
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00CAB591" w14:textId="70DBF81E" w:rsidR="00D268E8" w:rsidRPr="00D268E8" w:rsidRDefault="00D268E8" w:rsidP="00D268E8">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D268E8">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>Vol. 11  Núm. 22                   Julio - Diciembre 2024                      PAG</w:t>
+      <w:t xml:space="preserve">Vol. </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00D268E8">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>11  Núm.</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00D268E8">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 22                   Julio - </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00D268E8">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00D268E8">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2024                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08E0EA0C" w14:textId="77777777" w:rsidR="00314479" w:rsidRDefault="00314479" w:rsidP="00D268E8">
+    <w:p w14:paraId="3923E691" w14:textId="77777777" w:rsidR="000D0B2F" w:rsidRDefault="000D0B2F" w:rsidP="00D268E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="346220DC" w14:textId="77777777" w:rsidR="00314479" w:rsidRDefault="00314479" w:rsidP="00D268E8">
+    <w:p w14:paraId="0CCBFFFD" w14:textId="77777777" w:rsidR="000D0B2F" w:rsidRDefault="000D0B2F" w:rsidP="00D268E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="676085E9" w14:textId="73322B6E" w:rsidR="00D268E8" w:rsidRDefault="00D268E8" w:rsidP="00D268E8">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66B9141E" wp14:editId="450B8DDA">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="2026603443" name="Imagen 2026603443"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -7453,51 +7556,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DFB1845"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AE4E981A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -7610,96 +7713,97 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="872035804">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E53CB7"/>
     <w:rsid w:val="00007802"/>
     <w:rsid w:val="000109B4"/>
     <w:rsid w:val="000130A3"/>
     <w:rsid w:val="00015B47"/>
     <w:rsid w:val="00027691"/>
     <w:rsid w:val="000364C7"/>
     <w:rsid w:val="000375B0"/>
     <w:rsid w:val="00051617"/>
     <w:rsid w:val="00052C92"/>
     <w:rsid w:val="00054F51"/>
     <w:rsid w:val="00057A50"/>
     <w:rsid w:val="0006529A"/>
     <w:rsid w:val="00076B47"/>
     <w:rsid w:val="00081F00"/>
     <w:rsid w:val="00083023"/>
     <w:rsid w:val="000B06E0"/>
     <w:rsid w:val="000B2867"/>
     <w:rsid w:val="000B6F54"/>
     <w:rsid w:val="000C670C"/>
+    <w:rsid w:val="000D0B2F"/>
     <w:rsid w:val="000D2EEA"/>
     <w:rsid w:val="000E45D0"/>
     <w:rsid w:val="000E620A"/>
     <w:rsid w:val="000F5B49"/>
     <w:rsid w:val="000F7B25"/>
     <w:rsid w:val="001252A0"/>
     <w:rsid w:val="001347E4"/>
     <w:rsid w:val="00146C31"/>
     <w:rsid w:val="0015024D"/>
     <w:rsid w:val="001503B6"/>
     <w:rsid w:val="001522E4"/>
     <w:rsid w:val="0016495D"/>
     <w:rsid w:val="00170157"/>
     <w:rsid w:val="0017199E"/>
     <w:rsid w:val="00171CC9"/>
     <w:rsid w:val="00183E49"/>
     <w:rsid w:val="001A26C4"/>
     <w:rsid w:val="001A50AB"/>
     <w:rsid w:val="001A5C61"/>
     <w:rsid w:val="001A7504"/>
     <w:rsid w:val="001D4904"/>
     <w:rsid w:val="001F7C43"/>
     <w:rsid w:val="00204DEA"/>
     <w:rsid w:val="0021442A"/>
     <w:rsid w:val="002169AF"/>
@@ -7707,98 +7811,100 @@
     <w:rsid w:val="00242DF5"/>
     <w:rsid w:val="00252A76"/>
     <w:rsid w:val="00262FCE"/>
     <w:rsid w:val="00267AFE"/>
     <w:rsid w:val="00282F25"/>
     <w:rsid w:val="00296C6E"/>
     <w:rsid w:val="002A08C0"/>
     <w:rsid w:val="002C6CB4"/>
     <w:rsid w:val="002D4D1B"/>
     <w:rsid w:val="002E33C7"/>
     <w:rsid w:val="002E47DE"/>
     <w:rsid w:val="00307C4A"/>
     <w:rsid w:val="00314479"/>
     <w:rsid w:val="00320203"/>
     <w:rsid w:val="003316C7"/>
     <w:rsid w:val="003436AE"/>
     <w:rsid w:val="00345244"/>
     <w:rsid w:val="00357C56"/>
     <w:rsid w:val="00365CA1"/>
     <w:rsid w:val="00374843"/>
     <w:rsid w:val="00374DA0"/>
     <w:rsid w:val="00385DE8"/>
     <w:rsid w:val="00390815"/>
     <w:rsid w:val="00392519"/>
     <w:rsid w:val="003A0D57"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A68C8"/>
     <w:rsid w:val="003D02A5"/>
     <w:rsid w:val="003D0ECD"/>
     <w:rsid w:val="003D10E9"/>
     <w:rsid w:val="003E1483"/>
     <w:rsid w:val="003E69C1"/>
     <w:rsid w:val="003F0DB2"/>
     <w:rsid w:val="003F20A1"/>
     <w:rsid w:val="003F2AD4"/>
     <w:rsid w:val="003F5D67"/>
     <w:rsid w:val="00406C9B"/>
     <w:rsid w:val="00410184"/>
     <w:rsid w:val="00414A19"/>
     <w:rsid w:val="00427473"/>
     <w:rsid w:val="0043171F"/>
     <w:rsid w:val="004327E6"/>
     <w:rsid w:val="00443875"/>
     <w:rsid w:val="00446605"/>
     <w:rsid w:val="00451A41"/>
     <w:rsid w:val="0046125A"/>
     <w:rsid w:val="00470BC8"/>
     <w:rsid w:val="004923DF"/>
     <w:rsid w:val="004B2E11"/>
     <w:rsid w:val="004B4AE9"/>
     <w:rsid w:val="004B4FFE"/>
     <w:rsid w:val="004D4558"/>
     <w:rsid w:val="004E257C"/>
     <w:rsid w:val="004E6423"/>
     <w:rsid w:val="004E6D90"/>
     <w:rsid w:val="004F2DDF"/>
     <w:rsid w:val="00505234"/>
     <w:rsid w:val="00505A6B"/>
     <w:rsid w:val="005263B0"/>
     <w:rsid w:val="00530037"/>
     <w:rsid w:val="00532F26"/>
     <w:rsid w:val="0053539C"/>
     <w:rsid w:val="0053784E"/>
     <w:rsid w:val="00545B71"/>
     <w:rsid w:val="0055098C"/>
     <w:rsid w:val="0055786A"/>
     <w:rsid w:val="00560E86"/>
     <w:rsid w:val="00566790"/>
     <w:rsid w:val="00567FB2"/>
     <w:rsid w:val="00570A22"/>
     <w:rsid w:val="0057430E"/>
     <w:rsid w:val="00576B68"/>
     <w:rsid w:val="0058015F"/>
     <w:rsid w:val="005B2314"/>
+    <w:rsid w:val="005B4080"/>
     <w:rsid w:val="005C2FB5"/>
     <w:rsid w:val="005E4A42"/>
     <w:rsid w:val="005E658C"/>
     <w:rsid w:val="005E7D28"/>
     <w:rsid w:val="005F08C7"/>
     <w:rsid w:val="005F509E"/>
     <w:rsid w:val="00622058"/>
     <w:rsid w:val="00622A56"/>
     <w:rsid w:val="00630505"/>
     <w:rsid w:val="00631D2D"/>
     <w:rsid w:val="00635139"/>
     <w:rsid w:val="00644CEB"/>
     <w:rsid w:val="00647A12"/>
     <w:rsid w:val="00664705"/>
     <w:rsid w:val="00671417"/>
     <w:rsid w:val="00686F07"/>
     <w:rsid w:val="00692BBA"/>
     <w:rsid w:val="006C4C66"/>
     <w:rsid w:val="006D00BA"/>
     <w:rsid w:val="00725564"/>
     <w:rsid w:val="007259B7"/>
     <w:rsid w:val="00725AF7"/>
     <w:rsid w:val="0073222E"/>
     <w:rsid w:val="0075159A"/>
     <w:rsid w:val="00751BD2"/>
@@ -7989,51 +8095,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0D2DD479"/>
   <w15:docId w15:val="{9BDBA327-7BA1-5F4A-9989-BF93341071D1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8409,51 +8515,50 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0075159A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -8628,55 +8733,67 @@
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D268E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisin">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DE41BE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B4080"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="171377628">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="181629776">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8839,51 +8956,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2128504441">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i22.926" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -9162,66 +9279,66 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7B3130D-F7A5-9A4B-9CCB-BB689F98C85D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3006</Words>
-  <Characters>16537</Characters>
+  <Words>3022</Words>
+  <Characters>16622</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>137</Lines>
+  <Lines>138</Lines>
   <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19504</CharactersWithSpaces>
+  <CharactersWithSpaces>19605</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>