--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -4,524 +4,578 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5E3421F8" w14:textId="1E114E6E" w:rsidR="00CC06AE" w:rsidRPr="0067324F" w:rsidRDefault="00CC06AE" w:rsidP="00CC06AE">
+    <w:p w14:paraId="5E3421F8" w14:textId="1E114E6E" w:rsidR="00CC06AE" w:rsidRDefault="00CC06AE" w:rsidP="00CC06AE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067324F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Ensayos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7F80298F" w14:textId="7B16220F" w:rsidR="00774973" w:rsidRDefault="00774973" w:rsidP="00CC06AE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00774973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00774973">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i22.927</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="31A280BF" w14:textId="77777777" w:rsidR="00774973" w:rsidRPr="00774973" w:rsidRDefault="00774973" w:rsidP="00CC06AE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="5FBC5C0D" w14:textId="18FA87D6" w:rsidR="008F5822" w:rsidRPr="00C17B44" w:rsidRDefault="008F5822" w:rsidP="00CC06AE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>La importancia de la Cadena de custodia documental digital en la preservación documental</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26301AB3" w14:textId="3FA04D22" w:rsidR="00CC06AE" w:rsidRPr="00C17B44" w:rsidRDefault="00CC06AE" w:rsidP="00CC06AE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>importance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>importance</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>the</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> digital </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> digital </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>chain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>chain</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>custody</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>custody</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>document</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>document</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C17B44">
+        <w:t>preservation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5AF58B93" w14:textId="3FEBD7D9" w:rsidR="00CC06AE" w:rsidRPr="00C17B44" w:rsidRDefault="00CC06AE" w:rsidP="00C17B44">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>preservation</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">A </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>importância</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>importância</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> da </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>cadeia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>cadeia</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>custódia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>custódia</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> documental digital </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> documental digital </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>na</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>preservação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>preservação</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> documental</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F790CD" w14:textId="2758544B" w:rsidR="008F5822" w:rsidRPr="00C17B44" w:rsidRDefault="00C17B44" w:rsidP="00CC06AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="008F5822" w:rsidRPr="00C17B44">
@@ -767,67 +821,57 @@
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C7284A0" w14:textId="1FA5F981" w:rsidR="0017081C" w:rsidRDefault="0017081C" w:rsidP="00CC06AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> digital </w:t>
+      <w:r w:rsidRPr="0067324F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The digital </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>document</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1977,50 +2021,51 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="616BA371" w14:textId="35E8492B" w:rsidR="00990820" w:rsidRDefault="008624C0" w:rsidP="00CC06AE">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es" w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Keywords</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00990820" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2183,51 +2228,50 @@
           <w:lang w:val="es-MX" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42B20146" w14:textId="66C04C7A" w:rsidR="00C17B44" w:rsidRPr="00C17B44" w:rsidRDefault="00C17B44" w:rsidP="00CC06AE">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Resumo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54FB963F" w14:textId="77777777" w:rsidR="00C17B44" w:rsidRPr="00C17B44" w:rsidRDefault="00C17B44" w:rsidP="00C17B44">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -2506,71 +2550,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>modificação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> do documento digital. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> é </w:t>
+        <w:t xml:space="preserve"> do documento digital. Isto é </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>apoiado</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> pela </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3030,57 +3054,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Abril</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2024                                             </w:t>
       </w:r>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha Aceptación: </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Agosto 2024</w:t>
+        <w:t>Agosto</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0067324F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36065DD0" w14:textId="1ACF7289" w:rsidR="00CC06AE" w:rsidRPr="0067324F" w:rsidRDefault="00000000" w:rsidP="00CC06AE">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="02248755">
           <v:rect id="_x0000_i1025" style="width:441.9pt;height:.05pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B68C334" w14:textId="4C4EB522" w:rsidR="001F1E4E" w:rsidRPr="0067324F" w:rsidRDefault="00D15A32" w:rsidP="00C97C19">
@@ -3166,61 +3200,52 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Por ejemplo, si un archivo, digital o físico, con información relevante para la organización no se gestiona adecuadamente, la falta de documentación sobre su manejo puede llevar a que se cuestione su autenticidad. Esto no solo expone a la organización a riesgos de seguridad tecnológica, humana y organizacional, sino que también puede resultar en la pérdida de confianza por parte de los responsables de la custodia del documento, así como en posibles repercusiones legales. La ausencia de una cadena de custodia sólida impide además determinar si una alteración fue causada por un error humano o por un acto malicioso, complicando la identificación de los responsables y la toma de acciones correctivas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38BDA751" w14:textId="3DD9ED09" w:rsidR="008624C0" w:rsidRPr="0067324F" w:rsidRDefault="008624C0" w:rsidP="00C17B44">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">La preservación digital a largo plazo y la cadena de custodia documental digital son procesos interdependientes que aseguran la integridad, veracidad y disponibilidad de los documentos digitales. Para lograr un documento fiable, íntegro y auténtico, es necesario considerar </w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>diversos factores, como los recursos humanos, la tecnología, los estándares, las políticas y los procedimientos implementados.</w:t>
+        <w:t>La preservación digital a largo plazo y la cadena de custodia documental digital son procesos interdependientes que aseguran la integridad, veracidad y disponibilidad de los documentos digitales. Para lograr un documento fiable, íntegro y auténtico, es necesario considerar diversos factores, como los recursos humanos, la tecnología, los estándares, las políticas y los procedimientos implementados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66828544" w14:textId="398D03A9" w:rsidR="008624C0" w:rsidRPr="0067324F" w:rsidRDefault="008624C0" w:rsidP="00C17B44">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En una sociedad de la información y el conocimiento, estos recursos son fundamentales para impulsar el desarrollo en múltiples ámbitos. Las tecnologías de la información y la comunicación (TIC) adquieren una relevancia creciente, lo que exige una gestión adecuada. Esta sociedad tiene un impacto significativo en áreas como la educación, la investigación, los negocios y la cultura (Sánche</w:t>
       </w:r>
       <w:r w:rsidR="009F187D" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3539,95 +3564,96 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El archivo digital abarca una amplia variedad de formatos, como JPEG, PNG, GIF, TIFF, WAV, MP3, TXT, PDF y HTML (Oliva y Pérez, 2022). Para garantizar que estos archivos permanezcan accesibles a lo largo del tiempo, es fundamental adoptar un formato estándar. Esto evita la necesidad de realizar conversiones futuras, que podrían comprometer la integridad y accesibilidad de los documentos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="103A8BB6" w14:textId="7DB71697" w:rsidR="005B338B" w:rsidRPr="0067324F" w:rsidRDefault="005B338B" w:rsidP="00C17B44">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El riesgo de obsolescencia tecnológica es una preocupación constante en la sociedad de la información y el conocimiento, debido a los rápidos y dinámicos avances tecnológicos. Estos cambios pueden llevar a la obsolescencia de formatos de archivos, así como de aplicaciones, herramientas de software y hardware. Dado que el hardware debe estar alineado con el software, también tiende a volverse obsoleto en un corto período de tiempo, lo que representa un desafío significativo para la preservación digital y la continuidad operativa. Ortiz (2022) expone que “S</w:t>
+        <w:t xml:space="preserve">El riesgo de obsolescencia tecnológica es una preocupación constante en la sociedad de la información y el conocimiento, debido a los rápidos y dinámicos avances tecnológicos. Estos cambios pueden llevar a la obsolescencia de formatos de archivos, así como de aplicaciones, herramientas de software y hardware. Dado que el hardware debe estar alineado con el software, también tiende a volverse obsoleto en un corto período de tiempo, lo que representa un desafío significativo para la preservación digital y la continuidad operativa. Ortiz (2022) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067324F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>expone que “S</w:t>
       </w:r>
       <w:r w:rsidR="00153874" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i una pieza de tecnología o software ha llegado a su fin de venta, significa que el fabricante ya no vende ese hardware o software. Los productos llegan al final de la venta mucho antes de que lleguen al final del soporte</w:t>
       </w:r>
       <w:r w:rsidR="0003705E" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Esto implica la necesidad de migrar </w:t>
-[...8 lines deleted...]
-        <w:t>periódicamente los documentos a nuevos formatos estándar para garantizar su accesibilidad a largo plazo, preservando al mismo tiempo la integridad de la información contenida en ellos.</w:t>
+        <w:t>Esto implica la necesidad de migrar periódicamente los documentos a nuevos formatos estándar para garantizar su accesibilidad a largo plazo, preservando al mismo tiempo la integridad de la información contenida en ellos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="398DE8B5" w14:textId="787A19F7" w:rsidR="005B338B" w:rsidRPr="0067324F" w:rsidRDefault="002226AB" w:rsidP="00C17B44">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>El nacimiento de</w:t>
       </w:r>
       <w:r w:rsidR="007A028F" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3727,51 +3753,61 @@
       <w:r w:rsidR="00C97C19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B14F2" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Esos archivos que adquieren relevancia por su interés como prueba o testimonio de hechos, como garantía de transparencia y al cabo del tiempo se vuelven históricos, y que por lo tanto se convierten en depósito de la memoria e</w:t>
       </w:r>
       <w:r w:rsidR="006A2408" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> identidad de sus generadores y</w:t>
+        <w:t xml:space="preserve"> identidad de </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2408" w:rsidRPr="0067324F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>sus generadores y</w:t>
       </w:r>
       <w:r w:rsidR="002B14F2" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, recuperando la cita de San Agustín se han convertido en presente del pasado (</w:t>
       </w:r>
       <w:r w:rsidR="00C27CF1" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Carreño-Alvarado, G</w:t>
       </w:r>
       <w:r w:rsidR="00FB12B6" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3803,51 +3839,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B6B20C" w14:textId="79DAB846" w:rsidR="008E5991" w:rsidRPr="0067324F" w:rsidRDefault="00CA2500" w:rsidP="00C17B44">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Riesgo de manipulación y falsificación:</w:t>
       </w:r>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> La preservación digital ayuda a garantizar la autenticidad e integridad de los documentos. S</w:t>
       </w:r>
       <w:r w:rsidR="005023E3" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in ellos los documentos digitales son vulnerables </w:t>
       </w:r>
       <w:r w:rsidR="00E46688" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -4304,51 +4339,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CD392C8" w14:textId="3E3EADCA" w:rsidR="0009122A" w:rsidRPr="00C17B44" w:rsidRDefault="0009122A" w:rsidP="00C17B44">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Concepto y principios de la cadena de custodia documental digital</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70BD258F" w14:textId="4A063A58" w:rsidR="001F7833" w:rsidRPr="0067324F" w:rsidRDefault="001F7833" w:rsidP="00C17B44">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="sw"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rStyle w:val="sw"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Como señala Flores (2020), la custodia de documentos digitales debe considerar que la cadena de custodia digital no debe romperse ni interrumpirse y debe ser auditada por la cadena de preservación u otro procedimiento capaz de verificar esta garantía en el entorno digital. Este proceso se define como el aseguramiento de la integridad, autenticidad y trazabilidad de los documentos digitales durante todo su ciclo de vida. Este concepto es fundamental para el almacenamiento y gestión de información digital, especialmente en entornos donde la autenticidad y confiabilidad de los documentos son cruciales, como en el derecho, la ciencia, los archivos y la gestión de documentos en organizaciones de cualquier índole.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5072D170" w14:textId="5F46FDA0" w:rsidR="001F7833" w:rsidRDefault="001F7833" w:rsidP="00C17B44">
@@ -5184,61 +5218,61 @@
       <w:r w:rsidR="0011370B" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">l conjunto de principios, políticas, reglas y estrategias que rigen la estabilización física y </w:t>
       </w:r>
       <w:r w:rsidR="00C97C19" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tecnológica,</w:t>
       </w:r>
       <w:r w:rsidR="0011370B" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> así como la protección del contenido intelectual de documentos de archivo adquiridos, con objeto de lograr en ellos una secuencia de </w:t>
+        <w:t xml:space="preserve"> así como la protección del contenido intelectual </w:t>
       </w:r>
       <w:r w:rsidR="0011370B" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>existencia a largo plazo continua, perdurable, estable, duradera, ininterrumpida, inquebrantada, sin un final previsto</w:t>
+        <w:t>de documentos de archivo adquiridos, con objeto de lograr en ellos una secuencia de existencia a largo plazo continua, perdurable, estable, duradera, ininterrumpida, inquebrantada, sin un final previsto</w:t>
       </w:r>
       <w:r w:rsidR="00440875" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008E5991" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rStyle w:val="inline"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="435CB1CF" w14:textId="77777777" w:rsidR="00C97C19" w:rsidRPr="0067324F" w:rsidRDefault="00C97C19" w:rsidP="00C17B44">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -6131,71 +6165,51 @@
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ISO 16363:2012</w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00945359" w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> digital </w:t>
+        <w:t xml:space="preserve">(Trustworthy digital </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00945359" w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>epositories</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C17B44">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
@@ -7382,51 +7396,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> (1ª</w:t>
       </w:r>
       <w:r w:rsidR="00945359" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F616E" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ed., p. 49). Ciudad de México: Archivo General de la Nación. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="0067324F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://iibi.unam.mx/archivistica/InterPARES_1_020617.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="04EF4ACC" w14:textId="71F3A812" w:rsidR="006A2408" w:rsidRPr="0067324F" w:rsidRDefault="00E16051" w:rsidP="00837FD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -7484,68 +7498,68 @@
         </w:rPr>
         <w:t>. Itaipue.org.mx</w:t>
       </w:r>
       <w:r w:rsidR="00E03FAD" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E03FAD" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>104</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057B0E0A" w14:textId="2B839E1F" w:rsidR="00652C37" w:rsidRPr="0067324F" w:rsidRDefault="00000000" w:rsidP="00837FD7">
+    <w:p w14:paraId="057B0E0A" w14:textId="2B839E1F" w:rsidR="00652C37" w:rsidRPr="0067324F" w:rsidRDefault="00E16051" w:rsidP="00837FD7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="12"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00E16051" w:rsidRPr="0067324F">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="0067324F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://itaipue.org.mx/cia/docs/viernes14/mesa7/1250%201310%20La%20importancia%20de%20la%20conservaci%C3%B3n%20de%20los%20archivos%20Gloria%20Carre%C3%B1o.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00652C37" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64F99222" w14:textId="24F9B3E0" w:rsidR="00DC4876" w:rsidRPr="0067324F" w:rsidRDefault="00DC4876" w:rsidP="00837FD7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
@@ -7799,129 +7813,118 @@
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>https://www.iso.org/standard/57284.html</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CC445FF" w14:textId="0016496F" w:rsidR="00E16051" w:rsidRPr="0067324F" w:rsidRDefault="00434AE2" w:rsidP="00C97C19">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0067324F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Space Data </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Space</w:t>
+        <w:t>System</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Data </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>System</w:t>
+        <w:t>Practices</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00063189" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Reference model for an open archival information system (OAIS). </w:t>
       </w:r>
       <w:r w:rsidR="00280C0A" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ISO.ORG </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00930DC2" w:rsidRPr="0067324F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.iso.org/standard/57284.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00930DC2" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="263CF7D8" w14:textId="42E0D27E" w:rsidR="00E16051" w:rsidRPr="0067324F" w:rsidRDefault="00E16051" w:rsidP="00652C37">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
@@ -7962,51 +7965,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pérez, S. (2022). </w:t>
       </w:r>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Formatos digitales, cuál elegir en cada ocasión.</w:t>
       </w:r>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Editorial EOC </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="0067324F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>https://www.editorialuoc.com/news/21/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7DE19F7A" w14:textId="5707A930" w:rsidR="00E16051" w:rsidRPr="0067324F" w:rsidRDefault="00E16051" w:rsidP="00652C37">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8040,51 +8043,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Blog HostDime Latinoamérica, servidores dedicados</w:t>
       </w:r>
       <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="0067324F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.hostdime.la/blog/que-es-la-obsolescencia-tecnologica-significado-concepto/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="236C28CA" w14:textId="3BBCC164" w:rsidR="00E16051" w:rsidRPr="0067324F" w:rsidRDefault="00E16051" w:rsidP="00652C37">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -8495,151 +8498,151 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Voutssá</w:t>
       </w:r>
       <w:r w:rsidR="00E16051" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E16051" w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, M.J. (2010). Preservación documental digital y seguridad informática. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="0003705E" w:rsidRPr="0067324F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Investigación bibliotecológica</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C97C19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 24(50), 127-155</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C3678D" w14:textId="2DC4D936" w:rsidR="00561420" w:rsidRPr="0067324F" w:rsidRDefault="00000000" w:rsidP="00C97C19">
+    <w:p w14:paraId="54C3678D" w14:textId="2DC4D936" w:rsidR="00561420" w:rsidRPr="0067324F" w:rsidRDefault="00F85EA4" w:rsidP="00C97C19">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1428" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00F85EA4" w:rsidRPr="0067324F">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="0067324F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0187-358X2010000100008</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F85EA4" w:rsidRPr="0067324F">
+      <w:r w:rsidRPr="0067324F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00561420" w:rsidRPr="0067324F" w:rsidSect="00CC06AE">
-      <w:headerReference w:type="default" r:id="rId15"/>
-      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="567" w:left="1701" w:header="142" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="711BB1F2" w14:textId="77777777" w:rsidR="00753EA8" w:rsidRDefault="00753EA8" w:rsidP="002163AE">
+    <w:p w14:paraId="3F2E93EB" w14:textId="77777777" w:rsidR="006C7DF2" w:rsidRDefault="006C7DF2" w:rsidP="002163AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BE178FE" w14:textId="77777777" w:rsidR="00753EA8" w:rsidRDefault="00753EA8" w:rsidP="002163AE">
+    <w:p w14:paraId="4993DC81" w14:textId="77777777" w:rsidR="006C7DF2" w:rsidRDefault="006C7DF2" w:rsidP="002163AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8656,51 +8659,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="34C1819D" w14:textId="0D95A027" w:rsidR="002B7A92" w:rsidRDefault="00CC06AE" w:rsidP="00CC06AE">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
@@ -8725,115 +8728,126 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>22</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Julio - Diciembre</w:t>
+      <w:t xml:space="preserve">Julio - </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7E962A50" w14:textId="77777777" w:rsidR="002B7A92" w:rsidRDefault="002B7A92">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="060B7055" w14:textId="77777777" w:rsidR="00753EA8" w:rsidRDefault="00753EA8" w:rsidP="002163AE">
+    <w:p w14:paraId="739C76FC" w14:textId="77777777" w:rsidR="006C7DF2" w:rsidRDefault="006C7DF2" w:rsidP="002163AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A7516CC" w14:textId="77777777" w:rsidR="00753EA8" w:rsidRDefault="00753EA8" w:rsidP="002163AE">
+    <w:p w14:paraId="58D390E0" w14:textId="77777777" w:rsidR="006C7DF2" w:rsidRDefault="006C7DF2" w:rsidP="002163AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13E3F2A2" w14:textId="5E86CEA5" w:rsidR="00CC06AE" w:rsidRDefault="00CC06AE" w:rsidP="00CC06AE">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74B274DE" wp14:editId="47C5FD6D">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="2046002214" name="Imagen 2046002214"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -8841,51 +8855,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="028729EC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="650ABBF2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
@@ -10863,51 +10877,51 @@
   <w:num w:numId="11" w16cid:durableId="339431437">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="999389869">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="821197798">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1911501602">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="821700262">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="986711137">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="302201737">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -10957,95 +10971,98 @@
     <w:rsid w:val="00232D5A"/>
     <w:rsid w:val="002602CD"/>
     <w:rsid w:val="002713DA"/>
     <w:rsid w:val="002731A0"/>
     <w:rsid w:val="00280C0A"/>
     <w:rsid w:val="002859B2"/>
     <w:rsid w:val="00294258"/>
     <w:rsid w:val="002B14F2"/>
     <w:rsid w:val="002B6E58"/>
     <w:rsid w:val="002B7A92"/>
     <w:rsid w:val="002C040D"/>
     <w:rsid w:val="002D1FD1"/>
     <w:rsid w:val="002D664A"/>
     <w:rsid w:val="002F4702"/>
     <w:rsid w:val="002F52F7"/>
     <w:rsid w:val="003173CA"/>
     <w:rsid w:val="00317784"/>
     <w:rsid w:val="00341818"/>
     <w:rsid w:val="00356763"/>
     <w:rsid w:val="003575BB"/>
     <w:rsid w:val="003813F7"/>
     <w:rsid w:val="00384A8C"/>
     <w:rsid w:val="0039335D"/>
     <w:rsid w:val="00396633"/>
     <w:rsid w:val="003A0E2A"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A7A09"/>
     <w:rsid w:val="003B2D26"/>
     <w:rsid w:val="003D1008"/>
     <w:rsid w:val="003E0D62"/>
     <w:rsid w:val="003F1A10"/>
     <w:rsid w:val="003F4CEF"/>
     <w:rsid w:val="003F5216"/>
     <w:rsid w:val="003F65AE"/>
     <w:rsid w:val="00406A18"/>
     <w:rsid w:val="0043398B"/>
     <w:rsid w:val="00434AE2"/>
     <w:rsid w:val="00440875"/>
     <w:rsid w:val="004929A5"/>
     <w:rsid w:val="004A0E41"/>
     <w:rsid w:val="004B04B1"/>
     <w:rsid w:val="004D0D94"/>
     <w:rsid w:val="004F0E73"/>
     <w:rsid w:val="004F4592"/>
     <w:rsid w:val="005023E3"/>
     <w:rsid w:val="00517191"/>
     <w:rsid w:val="00561420"/>
     <w:rsid w:val="00563D5B"/>
     <w:rsid w:val="005668A8"/>
     <w:rsid w:val="00586E96"/>
     <w:rsid w:val="005B338B"/>
     <w:rsid w:val="005D588D"/>
     <w:rsid w:val="005F2DD3"/>
     <w:rsid w:val="0060048A"/>
     <w:rsid w:val="0061625D"/>
     <w:rsid w:val="006437D6"/>
     <w:rsid w:val="00652C37"/>
     <w:rsid w:val="00667274"/>
     <w:rsid w:val="0067324F"/>
     <w:rsid w:val="0067560C"/>
     <w:rsid w:val="00680D37"/>
     <w:rsid w:val="0068417A"/>
     <w:rsid w:val="006A2408"/>
     <w:rsid w:val="006A52BD"/>
+    <w:rsid w:val="006C7DF2"/>
     <w:rsid w:val="006E5E97"/>
     <w:rsid w:val="006E613A"/>
     <w:rsid w:val="00717586"/>
     <w:rsid w:val="0072707A"/>
     <w:rsid w:val="00753EA8"/>
     <w:rsid w:val="00770B30"/>
     <w:rsid w:val="0077378F"/>
+    <w:rsid w:val="00774973"/>
     <w:rsid w:val="0078639B"/>
     <w:rsid w:val="00786E2D"/>
     <w:rsid w:val="007875D5"/>
     <w:rsid w:val="00792BC7"/>
     <w:rsid w:val="007A028F"/>
     <w:rsid w:val="007A77EA"/>
     <w:rsid w:val="007B1B79"/>
     <w:rsid w:val="007B55C1"/>
     <w:rsid w:val="007C07A0"/>
     <w:rsid w:val="007D39F4"/>
     <w:rsid w:val="007E76A9"/>
     <w:rsid w:val="007F616E"/>
     <w:rsid w:val="00805869"/>
     <w:rsid w:val="00812329"/>
     <w:rsid w:val="00826993"/>
     <w:rsid w:val="00827745"/>
     <w:rsid w:val="00837FD7"/>
     <w:rsid w:val="008558D8"/>
     <w:rsid w:val="00857326"/>
     <w:rsid w:val="008624C0"/>
     <w:rsid w:val="008861A9"/>
     <w:rsid w:val="00886A10"/>
     <w:rsid w:val="00892C71"/>
     <w:rsid w:val="00895B5D"/>
     <w:rsid w:val="008A6596"/>
@@ -11172,51 +11189,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="630172E8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AB3CBD5F-009C-4F5F-A116-96724E25AFEF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11659,51 +11676,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo5Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00994F78"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
@@ -11877,51 +11893,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A3067C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="url">
     <w:name w:val="url"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00561420"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="inline">
     <w:name w:val="inline"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00561420"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00CE7184"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hgkelc">
     <w:name w:val="hgkelc"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00384A8C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLconformatoprevio">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLconformatoprevioCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA2172"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
@@ -12011,55 +12027,67 @@
     <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0060048A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="d-flex">
     <w:name w:val="d-flex"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="0060048A"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="d-block">
     <w:name w:val="d-block"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="0060048A"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="lead">
     <w:name w:val="lead"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="0060048A"/>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774973"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="10960200">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="23942044">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14157,51 +14185,51 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="674646889">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i22.927" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -14446,70 +14474,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E53C3841-2C8C-49CD-B847-E14D5F39C7B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>4963</Words>
-  <Characters>27301</Characters>
+  <Words>4979</Words>
+  <Characters>27386</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>227</Lines>
+  <Lines>228</Lines>
   <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32200</CharactersWithSpaces>
+  <CharactersWithSpaces>32301</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>mholi</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>