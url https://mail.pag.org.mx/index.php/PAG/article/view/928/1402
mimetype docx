--- v0 (2025-12-16)
+++ v1 (2026-03-24)
@@ -3,78 +3,130 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="79A642C7" w14:textId="3AC37D25" w:rsidR="00C4363F" w:rsidRPr="00531025" w:rsidRDefault="00C4363F" w:rsidP="00C4363F">
+    <w:p w14:paraId="79A642C7" w14:textId="3AC37D25" w:rsidR="00C4363F" w:rsidRDefault="00C4363F" w:rsidP="00C4363F">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk162196067"/>
+      <w:r w:rsidRPr="00531025">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="34FD6839" w14:textId="69483CED" w:rsidR="00AA363F" w:rsidRPr="00AA363F" w:rsidRDefault="00AA363F" w:rsidP="00C4363F">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA363F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00AA363F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i22.928</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="77050169" w14:textId="31147A58" w:rsidR="00740AB7" w:rsidRPr="00AE0CDB" w:rsidRDefault="00E76C95" w:rsidP="00C4363F">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0CDB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Encuadres mediáticos sobre la inteligencia artificial </w:t>
       </w:r>
@@ -772,92 +824,123 @@
     </w:p>
     <w:p w14:paraId="1375BA06" w14:textId="3899037D" w:rsidR="00625E88" w:rsidRPr="00AE0CDB" w:rsidRDefault="00625E88" w:rsidP="00C4363F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AE0CDB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="700EBDAD" w14:textId="77777777" w:rsidR="00D645BA" w:rsidRPr="00531025" w:rsidRDefault="00D645BA" w:rsidP="00C4363F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-28" w:right="-28"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Media framings refer to a theoretical perspective from which interpretative frameworks can be identified and recognized, in which aspects of reality are emphasized or excluded within media content. Under this approach, health and artificial intelligence (AI) issues are often "framed" under arguments that may be favorable only to certain groups. Therefore, the objective of this work is to analyze the framing that is being given about AI in the field of public health in the online media in Spanish, in order to recognize the level of information that is being provided to the population in the face of the irruption of artificial intelligence in their health care and the distrust that it generates in some population groups.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F42E54E" w14:textId="77777777" w:rsidR="00AE0CDB" w:rsidRDefault="00D645BA" w:rsidP="00AE0CDB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-28" w:right="-28"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">The theoretical-methodological proposal used is that of frame building, which consists of focusing on the contents of online newspapers, leaving aside the possible effects. The technique used is a content analysis of the prevailing frameworks with emphasis on the personal or collective consequences of the use of AI, the attribution of responsibilities to various actors, the presentation of AI as a threat or an opportunity, as </w:t>
+        <w:t xml:space="preserve">The theoretical-methodological proposal used is that of frame building, which consists of focusing on the contents of online newspapers, leaving aside the possible effects. The technique used is a content analysis of the prevailing frameworks with emphasis on the personal or collective consequences of the use of AI, the attribution of responsibilities to various actors, the presentation of AI as a threat or </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00531025">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00531025">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>opportunity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00531025">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00531025">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
         <w:t>well</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> as </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -926,53 +1009,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>it.</w:t>
+        <w:t>it</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00531025">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5A33A58F" w14:textId="3BBC3B7C" w:rsidR="00D645BA" w:rsidRPr="00AE0CDB" w:rsidRDefault="00D645BA" w:rsidP="00AE0CDB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-28" w:right="-28"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AE0CDB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1083,65 +1173,56 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0CDB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06F1AA6C" w14:textId="77777777" w:rsidR="00C4363F" w:rsidRPr="00531025" w:rsidRDefault="00C4363F" w:rsidP="00AE0CDB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> de </w:t>
+      <w:r w:rsidRPr="00531025">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quadros de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>mídia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
@@ -2324,50 +2405,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>vários</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>intervenientes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">, a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>apresentação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> da IA ​​como </w:t>
@@ -2516,51 +2598,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> a ele.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CCC5C0B" w14:textId="5837C121" w:rsidR="00C4363F" w:rsidRPr="00531025" w:rsidRDefault="00C4363F" w:rsidP="00C4363F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AE0CDB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Palavras</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AE0CDB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-chave:</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -2985,76 +3066,76 @@
       <w:r w:rsidR="00151186" w:rsidRPr="00531025">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00FF7944" w:rsidRPr="00531025">
         <w:t>y más aún en el siglo XXI</w:t>
       </w:r>
       <w:r w:rsidR="00151186" w:rsidRPr="00531025">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00FF7944" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> con los avances tecnológicos y la globalización</w:t>
       </w:r>
       <w:r w:rsidR="009F2F13" w:rsidRPr="00531025">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B739B3" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> Estos autores señalan que si bien la percepción es que la tecnología en términos de la gestión de la salud facilita el acceso a la información también se percibe que existen desafíos en cuanto a la privacidad y la sobrecarga de información.</w:t>
       </w:r>
       <w:r w:rsidR="00AE6C8E" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> Los imaginarios de la salud transitan de esta forma sobre exclusión, brechas digitales y falta de confidencialidad respecto a los datos de salud. </w:t>
       </w:r>
       <w:r w:rsidR="00B739B3" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> Por su parte, </w:t>
       </w:r>
       <w:r w:rsidR="00B82C73" w:rsidRPr="00531025">
-        <w:t>Torres-García (2021) argumenta que</w:t>
+        <w:t xml:space="preserve">Torres-García (2021) argumenta </w:t>
+      </w:r>
+      <w:r w:rsidR="00B82C73" w:rsidRPr="00531025">
+        <w:lastRenderedPageBreak/>
+        <w:t>que</w:t>
       </w:r>
       <w:r w:rsidR="00B739B3" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B82C73" w:rsidRPr="00531025">
         <w:t xml:space="preserve">el acceso a la información digital conlleva una autonomía del paciente mayor que en épocas </w:t>
       </w:r>
       <w:r w:rsidR="008425B4" w:rsidRPr="00531025">
         <w:t>anteriores, aunque</w:t>
       </w:r>
       <w:r w:rsidR="00B739B3" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> al mismo tiempo que </w:t>
       </w:r>
       <w:r w:rsidR="00B82C73" w:rsidRPr="00531025">
         <w:t xml:space="preserve">presenta el reto y </w:t>
       </w:r>
       <w:r w:rsidR="00151186" w:rsidRPr="00531025">
         <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r w:rsidR="00B82C73" w:rsidRPr="00531025">
-        <w:t xml:space="preserve">necesidad de alfabetizar </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">en salud a la población. </w:t>
+        <w:t xml:space="preserve">necesidad de alfabetizar en salud a la población. </w:t>
       </w:r>
       <w:r w:rsidR="00AE6C8E" w:rsidRPr="00531025">
         <w:t xml:space="preserve">Los imaginarios se sitúan en el marco de la deshumanización del cuidado debido a la tecnología </w:t>
       </w:r>
       <w:r w:rsidR="00461D4C" w:rsidRPr="00531025">
         <w:t xml:space="preserve">y también por </w:t>
       </w:r>
       <w:r w:rsidR="00AE6C8E" w:rsidRPr="00531025">
         <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r w:rsidR="00461D4C" w:rsidRPr="00531025">
         <w:t>urgencia</w:t>
       </w:r>
       <w:r w:rsidR="00AE6C8E" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> de una mayor formación en competencias digitales para profesionales y pacientes. Navarro-Fernández (2020) explora los</w:t>
       </w:r>
       <w:r w:rsidR="009F2F13" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> imaginarios respecto a los</w:t>
       </w:r>
       <w:r w:rsidR="00AE6C8E" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> desafíos que las tecnologías emergentes plantean para la salud mental, incluyendo el riesgo de dependencia tecnológica y las cuestiones éticas relacionadas con el uso de aplicaciones y plataformas digitales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="427E3FC0" w14:textId="6FEA26C0" w:rsidR="006F539F" w:rsidRPr="00531025" w:rsidRDefault="006F539F" w:rsidP="00FF4AE1">
       <w:pPr>
@@ -3480,50 +3561,51 @@
         </w:rPr>
         <w:t>, llevando incluso a que las audiencias tomen decisiones a partir de esos encuadres</w:t>
       </w:r>
       <w:r w:rsidR="00244DFD" w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00CD8485" w14:textId="1DB21F58" w:rsidR="008E5798" w:rsidRPr="00531025" w:rsidRDefault="008E5798" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Si se considera a la comunicación en su modelo tradicional </w:t>
       </w:r>
       <w:r w:rsidR="00427132" w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>como</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> un proceso en el que intervienen distintos emisores que </w:t>
       </w:r>
       <w:r w:rsidR="00D0580E" w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>transmiten</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> unos mensajes en diferentes formatos a unas audiencias</w:t>
@@ -3562,58 +3644,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> permite </w:t>
       </w:r>
       <w:r w:rsidR="00D0580E" w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">comprender </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00427132" w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>las</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve"> entidades que forman parte del </w:t>
-[...6 lines deleted...]
-        <w:t>proceso comunicativo</w:t>
+        <w:t xml:space="preserve"> entidades que forman parte del proceso comunicativo</w:t>
       </w:r>
       <w:r w:rsidR="00151186" w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> es decir, al emisor</w:t>
       </w:r>
       <w:r w:rsidR="00D0580E" w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> a los mensajes y a las audiencias.</w:t>
       </w:r>
@@ -3981,51 +4056,50 @@
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49101AC1" w14:textId="4B70AB7F" w:rsidR="008425B4" w:rsidRPr="002E7CE2" w:rsidRDefault="008425B4" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc145253174"/>
       <w:bookmarkStart w:id="4" w:name="_Toc152357451"/>
       <w:r w:rsidRPr="002E7CE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Encuadres, inteligencia artificial e imaginarios</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="0E395E67" w14:textId="5912B9AD" w:rsidR="004E7837" w:rsidRPr="00531025" w:rsidRDefault="004E7837" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La idea de 'encuadre' sugiere que los medios presentan eventos y problemas dentro de un marco específico. Por ejemplo, en este trabajo, se analiza cómo la presencia de la Inteligencia Artificial (IA) en el campo de la salud influye en la interpretación y el énfasis que se le da a este tema. </w:t>
       </w:r>
       <w:r w:rsidR="00B91E19" w:rsidRPr="00531025">
@@ -4265,76 +4339,68 @@
       <w:r w:rsidR="009A4F72" w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a los derechos humanos (OMS, 2021)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46B01303" w14:textId="45B7C6A6" w:rsidR="004F31AE" w:rsidRPr="00531025" w:rsidRDefault="004F31AE" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En general desde la percepción de las organizaciones vinculadas al campo de la salud, la educación y los gobiernos, se busca tanto garantizar que todo el potencial de la IA </w:t>
       </w:r>
       <w:r w:rsidR="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">para la </w:t>
-[...8 lines deleted...]
-        <w:t>atención sanitaria y la salud pública</w:t>
+        <w:t>para la atención sanitaria y la salud pública</w:t>
       </w:r>
       <w:r w:rsidR="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">— </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">se utilice en beneficio de todos además de salvaguardar derechos humanos fundamentales y libertades de la población. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B2EE11B" w14:textId="36400096" w:rsidR="004F31AE" w:rsidRPr="00531025" w:rsidRDefault="004F31AE" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -4607,58 +4673,58 @@
       <w:r w:rsidR="00004EEB" w:rsidRPr="00531025">
         <w:t>análisis de contenido</w:t>
       </w:r>
       <w:r w:rsidR="00373399" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> que consiste en interpretar el significado de diversos tipos de contenidos comunicativos, tales como textos escritos, discursos, imágenes y medios audiovisuales. </w:t>
       </w:r>
       <w:r w:rsidR="003E5C86" w:rsidRPr="00531025">
         <w:t xml:space="preserve">Autores como </w:t>
       </w:r>
       <w:r w:rsidR="00373399" w:rsidRPr="00531025">
         <w:t>Berelson (1952),</w:t>
       </w:r>
       <w:r w:rsidR="003E5C86" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> Krippendorff (1980) y Neuendorf (2002) considera</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="003E5C86" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> que </w:t>
       </w:r>
       <w:r w:rsidR="00373399" w:rsidRPr="00531025">
         <w:t xml:space="preserve">el análisis de contenido </w:t>
       </w:r>
       <w:r w:rsidR="003E5C86" w:rsidRPr="00531025">
-        <w:t xml:space="preserve">es una técnica para describir y hacer inferencias a partir de la lectura de datos y mensajes de forma objetiva y sistemática. </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00531025">
+        <w:t xml:space="preserve">es una técnica para describir y hacer inferencias a partir de la lectura de datos y mensajes de forma objetiva y </w:t>
+      </w:r>
+      <w:r w:rsidR="003E5C86" w:rsidRPr="00531025">
         <w:lastRenderedPageBreak/>
-        <w:t>selección de estas notas se hizo mediante la programación de alertas de Google que permite compilar información, en este caso en español</w:t>
+        <w:t xml:space="preserve">sistemática. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531025">
+        <w:t>De esta manera, se hizo el seguimiento durante una semana de las publicaciones online que tuvieron dentro de su encabezado las palabras Inteligencia Artificial y salud. La selección de estas notas se hizo mediante la programación de alertas de Google que permite compilar información, en este caso en español</w:t>
       </w:r>
       <w:r w:rsidR="004E7837" w:rsidRPr="00531025">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC7472" w:rsidRPr="00531025">
         <w:t xml:space="preserve">de contenidos con estas palabras clave. El seguimiento se llevó a cabo la semana del 10 al 16 de marzo de 2024. En total las notas que se obtuvieron </w:t>
       </w:r>
       <w:r w:rsidR="00721ED8" w:rsidRPr="00531025">
         <w:t>y se sometieron al análisis de los titulares y de los contenidos, fueron</w:t>
       </w:r>
       <w:r w:rsidR="00CC7472" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0061382F" w:rsidRPr="00531025">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="008D65F5" w:rsidRPr="00531025">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00721ED8" w:rsidRPr="00531025">
         <w:t>.</w:t>
       </w:r>
@@ -4845,67 +4911,67 @@
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">El encuadre de moralidad </w:t>
       </w:r>
       <w:r w:rsidR="00382B46" w:rsidRPr="00531025">
         <w:t>presenta</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> los temas desde una perspectiva ética o moral</w:t>
       </w:r>
       <w:r w:rsidR="00004EEB" w:rsidRPr="00531025">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00143B3A" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> Resalta aspectos como la justicia, la virtud o la rectitud</w:t>
       </w:r>
       <w:r w:rsidR="00382B46" w:rsidRPr="00531025">
         <w:t>, enfatiza la importancia de valores como la honestidad, la integridad y la responsabilidad.</w:t>
       </w:r>
       <w:r w:rsidR="00143B3A" w:rsidRPr="00531025">
-        <w:t xml:space="preserve"> Estos aspectos se ponen como elementos centrales de las noticias con el fin de influir en la percepción pública y en el juicio sobre los temas tratados</w:t>
+        <w:t xml:space="preserve"> Estos aspectos se ponen como elementos </w:t>
+      </w:r>
+      <w:r w:rsidR="00143B3A" w:rsidRPr="00531025">
+        <w:lastRenderedPageBreak/>
+        <w:t>centrales de las noticias con el fin de influir en la percepción pública y en el juicio sobre los temas tratados</w:t>
       </w:r>
       <w:r w:rsidR="004E7837" w:rsidRPr="00531025">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00382B46" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> es decir</w:t>
       </w:r>
       <w:r w:rsidR="004E7837" w:rsidRPr="00531025">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00382B46" w:rsidRPr="00531025">
-        <w:t xml:space="preserve"> se promueve la reflexión o debate sobre lo que es aceptable o </w:t>
-[...3 lines deleted...]
-        <w:t>deseable</w:t>
+        <w:t xml:space="preserve"> se promueve la reflexión o debate sobre lo que es aceptable o deseable</w:t>
       </w:r>
       <w:r w:rsidR="00143B3A" w:rsidRPr="00531025">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00373399" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> Su finalidad es tener un impacto significativo en la opinión pública dado que no sólo se informa sobre los hechos, sino que ofrece una interpretación moral respecto a los mismos </w:t>
       </w:r>
       <w:r w:rsidR="004E7837" w:rsidRPr="00531025">
         <w:t xml:space="preserve">(Valkenburg </w:t>
       </w:r>
       <w:r w:rsidR="004E7837" w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>et al.,</w:t>
       </w:r>
       <w:r w:rsidR="004E7837" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> 1999; Semetko y Valkenburg, 2000).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E954F31" w14:textId="098EC5ED" w:rsidR="00382B46" w:rsidRPr="00531025" w:rsidRDefault="00004EEB" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
@@ -5048,51 +5114,51 @@
         <w:ind w:left="-30" w:right="-30"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2165AAEE" wp14:editId="4CD976D7">
             <wp:extent cx="5612130" cy="3470275"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:docPr id="2007942195" name="Imagen 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5612130" cy="3470275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -5112,51 +5178,50 @@
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t>Fuente: elaboración propia</w:t>
       </w:r>
       <w:r w:rsidR="004E7837" w:rsidRPr="00531025">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="729836AC" w14:textId="77777777" w:rsidR="00553A5C" w:rsidRPr="00531025" w:rsidRDefault="00553A5C" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37D66E70" w14:textId="35F4CD0A" w:rsidR="00246D6D" w:rsidRPr="00531025" w:rsidRDefault="00246D6D" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Como se observa en </w:t>
       </w:r>
       <w:r w:rsidR="00314A1C" w:rsidRPr="00531025">
         <w:t>la figura</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> 1, </w:t>
       </w:r>
       <w:r w:rsidR="00665671" w:rsidRPr="00531025">
         <w:t>el</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> encuadre de atribución de responsabilidad</w:t>
       </w:r>
       <w:r w:rsidR="00665671" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> es el que se presenta en mayor proporción seguido del d</w:t>
       </w:r>
       <w:r w:rsidR="00F50EC4" w:rsidRPr="00531025">
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">interés humano; el </w:t>
       </w:r>
       <w:r w:rsidR="00665671" w:rsidRPr="00531025">
         <w:t>tercer</w:t>
@@ -5469,51 +5534,50 @@
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A0D879F" w14:textId="5ACFAB10" w:rsidR="00553A5C" w:rsidRPr="00531025" w:rsidRDefault="00246D6D" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> Notas de encuadre </w:t>
       </w:r>
       <w:r w:rsidR="00B37504" w:rsidRPr="00531025">
         <w:t>sobre</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> atribución de responsabilidad</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8673" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
@@ -7226,76 +7290,73 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0AB084CB" w14:textId="5766A38E" w:rsidR="00370E70" w:rsidRPr="00531025" w:rsidRDefault="00246D6D" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t>Fuente: elaboración propia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="275A3691" w14:textId="406BB18C" w:rsidR="00B37504" w:rsidRPr="00531025" w:rsidRDefault="00B37504" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-28"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
+        <w:lastRenderedPageBreak/>
         <w:t>Dentro del listado de</w:t>
       </w:r>
       <w:r w:rsidR="0009005B" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> 15</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> notas</w:t>
       </w:r>
       <w:r w:rsidR="008D0732" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> con encuadres de atribución de responsabilidad</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D0732" w:rsidRPr="00531025">
         <w:t xml:space="preserve">se puede observar que estas fueron publicadas predominantemente por medios de comunicación </w:t>
       </w:r>
       <w:r w:rsidR="00214F10" w:rsidRPr="00531025">
         <w:t>digital,</w:t>
       </w:r>
       <w:r w:rsidR="008D0732" w:rsidRPr="00531025">
-        <w:t xml:space="preserve"> pero en algunos casos también aparecieron notas publicadas por los propios </w:t>
-[...3 lines deleted...]
-        <w:t>organismos de salud como es el caso de la Organización Panamericana de la salud. La atribución de responsabilidad tiene como actores a organismos internacionales, gobiernos, personal sanitario, creadores de IA, y reproductores de contenido.</w:t>
+        <w:t xml:space="preserve"> pero en algunos casos también aparecieron notas publicadas por los propios organismos de salud como es el caso de la Organización Panamericana de la salud. La atribución de responsabilidad tiene como actores a organismos internacionales, gobiernos, personal sanitario, creadores de IA, y reproductores de contenido.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C194FE0" w14:textId="439BCF37" w:rsidR="00D73A80" w:rsidRPr="00531025" w:rsidRDefault="0009005B" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-28"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">Con relación a los </w:t>
       </w:r>
       <w:r w:rsidR="00D73A80" w:rsidRPr="00531025">
         <w:t>encuadres centrad</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00D73A80" w:rsidRPr="00531025">
         <w:t xml:space="preserve">s en el interés humano </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">se publicaron 14 notas mismas que se enlistan </w:t>
       </w:r>
@@ -8241,50 +8302,51 @@
       <w:tr w:rsidR="00246D6D" w:rsidRPr="00531025" w14:paraId="7DB41D09" w14:textId="77777777" w:rsidTr="00AE0CDB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="090166E8" w14:textId="2B765921" w:rsidR="00246D6D" w:rsidRPr="00531025" w:rsidRDefault="00665671" w:rsidP="00FF4AE1">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00531025">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Computer Hoy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6987" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="45" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="45" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02AB38F1" w14:textId="44FD2EDA" w:rsidR="00246D6D" w:rsidRPr="00531025" w:rsidRDefault="00246D6D" w:rsidP="004E7837">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
@@ -8315,51 +8377,50 @@
     </w:p>
     <w:p w14:paraId="6B9A0F82" w14:textId="77777777" w:rsidR="00553A5C" w:rsidRPr="00531025" w:rsidRDefault="00553A5C" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48A469E5" w14:textId="4B693B29" w:rsidR="005F3BB1" w:rsidRPr="00531025" w:rsidRDefault="005F3BB1" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Uno de los encuadres que casi no tuvo presencia durante la semana de análisis fue </w:t>
       </w:r>
       <w:r w:rsidR="0009005B" w:rsidRPr="00531025">
         <w:t>el</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> de las consecuencias económicas. De </w:t>
       </w:r>
       <w:r w:rsidR="0009005B" w:rsidRPr="00531025">
         <w:t>hecho, de las 7 notas que se publicaron, 6 estuvieron</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> totalmente enfocad</w:t>
       </w:r>
       <w:r w:rsidR="0009005B" w:rsidRPr="00531025">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> a la inversión en el desarrollo y uso de la IA para la salud. Sólo se presentó una nota relacionada con una multa a Google</w:t>
       </w:r>
       <w:r w:rsidR="00246835" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> como se </w:t>
       </w:r>
       <w:r w:rsidR="0009005B" w:rsidRPr="00531025">
         <w:t>hace notar</w:t>
@@ -8971,51 +9032,50 @@
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6759EC88" w14:textId="77777777" w:rsidR="00AE0CDB" w:rsidRPr="00531025" w:rsidRDefault="00AE0CDB" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="481D67D3" w14:textId="499E5B2C" w:rsidR="00617267" w:rsidRPr="00531025" w:rsidRDefault="008D0732" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t>. Notas de encuadre sobre</w:t>
       </w:r>
       <w:r w:rsidR="00553A5C" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> moralidad</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8822" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -9970,97 +10030,100 @@
       </w:r>
       <w:r w:rsidR="005B1EAB" w:rsidRPr="00531025">
         <w:t>reconocer</w:t>
       </w:r>
       <w:r w:rsidR="00752B81" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> cuáles son los encuadres</w:t>
       </w:r>
       <w:r w:rsidR="00752B81" w:rsidRPr="00531025">
         <w:rPr>
           <w:strike/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00531025">
         <w:rPr>
           <w:strike/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005709C6" w:rsidRPr="00531025">
         <w:t xml:space="preserve">y los que </w:t>
       </w:r>
       <w:r w:rsidR="00752B81" w:rsidRPr="00531025">
-        <w:t>predominan, cómo se está informando a las audiencias sobre esta presencia de la IA en el campo de la salud, así como los actores que en este contexto están siendo partícipes</w:t>
+        <w:t xml:space="preserve">predominan, cómo se está informando a las audiencias sobre esta presencia de la IA en el </w:t>
+      </w:r>
+      <w:r w:rsidR="00752B81" w:rsidRPr="00531025">
+        <w:lastRenderedPageBreak/>
+        <w:t>campo de la salud, así como los actores que en este contexto están siendo partícipes</w:t>
       </w:r>
       <w:r w:rsidR="00674258" w:rsidRPr="00531025">
         <w:t>, aspectos que motivaron este análisis</w:t>
       </w:r>
       <w:r w:rsidR="00752B81" w:rsidRPr="00531025">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03592B33" w14:textId="77777777" w:rsidR="00AE0CDB" w:rsidRDefault="00AE0CDB" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-28" w:right="-28"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FBBC49F" w14:textId="77777777" w:rsidR="00AE0CDB" w:rsidRPr="00531025" w:rsidRDefault="00AE0CDB" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-28" w:right="-28"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A5BB59B" w14:textId="070E1FBC" w:rsidR="008F5ECE" w:rsidRPr="00531025" w:rsidRDefault="008F5ECE" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16B3936F" w14:textId="55C60518" w:rsidR="00CA26D1" w:rsidRPr="00531025" w:rsidRDefault="00735169" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t>Bajo la teoría de Entman (</w:t>
       </w:r>
       <w:r w:rsidR="00670995" w:rsidRPr="00531025">
         <w:t>1989</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t>, 199</w:t>
       </w:r>
       <w:r w:rsidR="00670995" w:rsidRPr="00531025">
         <w:t>3, 2007</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t>) de que los medios de comunicación y los comunicadores enfatizan algunos aspectos de la realidad, lo cual al mismo tiempo implica que se omiten otros, se puede decir que en con este trabajo queda demostrado.</w:t>
@@ -10307,91 +10370,94 @@
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">concepciones </w:t>
       </w:r>
       <w:r w:rsidR="00150C59" w:rsidRPr="00531025">
         <w:t>enfocadas</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> al desarrollo tecnológico</w:t>
       </w:r>
       <w:r w:rsidR="00150C59" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> se consideran reduccionistas</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t>, aunque sea</w:t>
       </w:r>
       <w:r w:rsidR="00150C59" w:rsidRPr="00531025">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00150C59" w:rsidRPr="00531025">
         <w:t>enmarcadas bajo la perspectiva</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
-        <w:t xml:space="preserve"> de “beneficio” al campo de la salud. Más aún si se piensa en las implicaciones ético-legales, en la comunicación médico-paciente</w:t>
+        <w:t xml:space="preserve"> de “beneficio” al campo de la salud. Más aún si se piensa en las </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531025">
+        <w:lastRenderedPageBreak/>
+        <w:t>implicaciones ético-legales, en la comunicación médico-paciente</w:t>
       </w:r>
       <w:r w:rsidR="00150C59" w:rsidRPr="00531025">
         <w:t xml:space="preserve">, en la confidencialidad de la información de datos sensibles, entre otros tantos aspectos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12B53B1F" w14:textId="77777777" w:rsidR="00AE0CDB" w:rsidRPr="00531025" w:rsidRDefault="00AE0CDB" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09C1C7CB" w14:textId="2551B363" w:rsidR="001D11C7" w:rsidRPr="00531025" w:rsidRDefault="001D11C7" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="181AEF41" w14:textId="77777777" w:rsidR="00E41130" w:rsidRPr="00531025" w:rsidRDefault="00E41130" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30" w:firstLine="314"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">A partir de la identificación de los encuadres sobre la IA y la salud se concluye que los contenidos presentan un sesgo hacia marcos sobre la atribución de responsabilidades y el interés humano, dando poco espacio a los conflictos y encuadres sobre moralidad. Esto permite responder la pregunta principal de este trabajo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DCC083D" w14:textId="27240BC2" w:rsidR="003E1C87" w:rsidRPr="00531025" w:rsidRDefault="00E41130" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">Al mismo tiempo, la pregunta respecto a </w:t>
@@ -10561,93 +10627,93 @@
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> esto porque se puede observar </w:t>
       </w:r>
       <w:r w:rsidR="00DD6F86" w:rsidRPr="00531025">
         <w:t>que,</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> si bien </w:t>
       </w:r>
       <w:r w:rsidR="00672127" w:rsidRPr="00531025">
         <w:t>algunas</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> notas son de medios tradicionales que tienen su </w:t>
       </w:r>
       <w:r w:rsidR="00672127" w:rsidRPr="00531025">
         <w:t xml:space="preserve">portal web, la tipología de los emisores </w:t>
       </w:r>
       <w:r w:rsidR="00DD6F86" w:rsidRPr="00531025">
         <w:t xml:space="preserve">es mucho más amplia, por </w:t>
       </w:r>
       <w:r w:rsidR="00D73A80" w:rsidRPr="00531025">
         <w:t>ende,</w:t>
       </w:r>
       <w:r w:rsidR="00DD6F86" w:rsidRPr="00531025">
-        <w:t xml:space="preserve"> los emisores involucrados en la construcción de </w:t>
+        <w:t xml:space="preserve"> los emisores involucrados en la </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6F86" w:rsidRPr="00531025">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">construcción de </w:t>
       </w:r>
       <w:r w:rsidR="00DD6F86" w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>framings</w:t>
       </w:r>
       <w:r w:rsidR="00DD6F86" w:rsidRPr="00531025">
         <w:t>, puede dar pauta a comprender las diversas fuentes involucradas en la construcción de imaginarios sobre la IA y la salud.</w:t>
       </w:r>
       <w:r w:rsidR="005F3BB1" w:rsidRPr="00531025">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2028702B" w14:textId="288CB400" w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidRDefault="00DD6F86" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">Otra línea que se identifica como área de oportunidad para el análisis de los </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>framings</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> es construir encuadres que partan del campo de la salud en sus diversas dimensiones. </w:t>
       </w:r>
       <w:r w:rsidR="005709C6" w:rsidRPr="00531025">
-        <w:t xml:space="preserve">Aunque </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">las categorías propuestas por Entman (1989, 1993, 2007) y por Semetko y Valkenburg (2000) facilitan el análisis, el campo de la salud tiene implicaciones fundamentales relacionadas con la vida, lo que hace que identificar encuadres en esta área sea una prioridad. Además, es esencial considerar dentro de estos análisis las disciplinas de la salud que están recibiendo mayor atención. </w:t>
+        <w:t xml:space="preserve">Aunque las categorías propuestas por Entman (1989, 1993, 2007) y por Semetko y Valkenburg (2000) facilitan el análisis, el campo de la salud tiene implicaciones fundamentales relacionadas con la vida, lo que hace que identificar encuadres en esta área sea una prioridad. Además, es esencial considerar dentro de estos análisis las disciplinas de la salud que están recibiendo mayor atención. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BA5B91B" w14:textId="361008A5" w:rsidR="00DD6F86" w:rsidRPr="00531025" w:rsidRDefault="00DD6F86" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-30" w:right="-30"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">Finalmente, por supuesto queda el análisis de las audiencias en tanto receptoras de estos contenidos. Este acercamiento debe </w:t>
       </w:r>
       <w:r w:rsidR="00D73A80" w:rsidRPr="00531025">
         <w:t>tomar en cuenta</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> no sólo la perspectiva de preguntar a las audiencias sino </w:t>
       </w:r>
       <w:r w:rsidR="00D73A80" w:rsidRPr="00531025">
         <w:t xml:space="preserve">el análisis de la interacción que los medios digitales permiten con los usuarios de los contenidos online. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B2D4DA3" w14:textId="77777777" w:rsidR="00F31953" w:rsidRDefault="00F31953" w:rsidP="00C4363F">
       <w:pPr>
@@ -10697,51 +10763,51 @@
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">Almanza-Hernández, R. (2008). Stuart Hall y el descenso a lo «mundano»: Una forma de imaginar y practicar los estudios culturales. </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Tabula Rasa</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>8,</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> 1-14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00531025">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>http://www.scielo.org.co/scielo.php?script=sci_arttext&amp;pid=S1794-24892008000100007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="018EADEE" w14:textId="77777777" w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidRDefault="005709C6" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">Berelson, B. (1952). </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Content analysis in communication research</w:t>
@@ -10759,115 +10825,115 @@
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">Entman, R. M. (1989). How the Media Affect What People Think: An Information Processing Approach. </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of Politics</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>51</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">(2), 347. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00531025">
           <w:t>https://doi.bibliotecabuap.elogim.com/10.2307/2131346</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4A24744F" w14:textId="05529596" w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidRDefault="005709C6" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="-30" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">Entman, R. M. (1993). Framing: toward clarification of a fractured paradigm. </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of Communication</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>43,</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> 51-58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00531025">
           <w:t>https://doi.bibliotecabuap.elogim.com/10.1111/j.1460-2466.1993.tb01304.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="738EE625" w14:textId="00A1D038" w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidRDefault="005709C6" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="-30" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">Entman, R. M. (2007). Framing Bias: Media in the Distribution of Power. </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of Communication</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">, 57(1), 163-173. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00531025">
           <w:t>https://doi.bibliotecabuap.elogim.com/10.1111/j.1460-2466.2006.00336.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4C20056A" w14:textId="77777777" w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidRDefault="005709C6" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="-30" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">González-Reyes, A. (2018). Imaginarios de la salud: entre la tradición y la modernidad. </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -10934,101 +11000,101 @@
         </w:rPr>
         <w:t>62</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 15-25. http://dx.doi.org/10.1016/j.bushor.2018.08.004</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AD1B1D1" w14:textId="02438998" w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidRDefault="005709C6" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="-30" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Karbaum-Padilla, G. (2023). Transformaciones en el framing y la producción periodística de los noticieros televisivos peruanos durante la COVID-19. </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rStyle w:val="italica"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Anuario Electrónico de Estudios en Comunicación Social “Disertaciones”, 16</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(1). 1-19.</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00531025">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:color w:val="A20F26"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://doi.org/10.12804/revistas.urosario.edu.co/disertaciones/a.12110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="399F76F8" w14:textId="60A8465B" w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidRDefault="005709C6" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F1313A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Koziner</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, N.S. (2013). Antecedentes y fundamentos de la Teoría del Framing en Comunicación. </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Austral Comunicación</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11173,51 +11239,51 @@
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t>Neuendorf, K. A. (2002). The content analysis guidebook. Sage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62506CC7" w14:textId="77777777" w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidRDefault="005709C6" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Organización Mundial de la Salud. (2021). Ética y gobernanza de la inteligencia artificial para la salud. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00531025">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.who.int/publications/i/item/9789240029200</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4269EF8D" w14:textId="040560B9" w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidRDefault="005709C6" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
@@ -11246,51 +11312,51 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>39,</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 124-155. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00531025">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://revistaprismasocial.es/article/view/4858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7517C538" w14:textId="61DF6505" w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidRDefault="005709C6" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="-30" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">Semetko, H. A. y Valkenburg, P. M. (2000). Framing European politics: A content analysis of press and television news. </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
@@ -11380,133 +11446,133 @@
         <w:t>39</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">(2), 234-249. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AA3C9FC" w14:textId="688BD47D" w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidRDefault="005709C6" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">UNESCO. (2019). Harnessing the era of artificial intelligence in higher education. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00531025">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://unesdoc.unesco.org/ark:/48223/pf0000386670</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0888B439" w14:textId="2B606399" w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidRDefault="005709C6" w:rsidP="00FF4AE1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">Valkenburg, P. M., Semetko, H. A. y de Vreese, C. H. (1999). The effects of news frames on readers' thoughts and recall. </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Communication Research</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00531025">
         <w:t>(5), 550-569.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005709C6" w:rsidRPr="00531025" w:rsidSect="00C4363F">
-      <w:headerReference w:type="default" r:id="rId16"/>
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1276" w:right="1701" w:bottom="426" w:left="1701" w:header="142" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45B63B42" w14:textId="77777777" w:rsidR="00A122EE" w:rsidRDefault="00A122EE" w:rsidP="00C4363F">
+    <w:p w14:paraId="1BBB35DD" w14:textId="77777777" w:rsidR="005C6CB4" w:rsidRDefault="005C6CB4" w:rsidP="00C4363F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B3D3554" w14:textId="77777777" w:rsidR="00A122EE" w:rsidRDefault="00A122EE" w:rsidP="00C4363F">
+    <w:p w14:paraId="51BB7470" w14:textId="77777777" w:rsidR="005C6CB4" w:rsidRDefault="005C6CB4" w:rsidP="00C4363F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11523,51 +11589,51 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="71E0982E" w14:textId="3CFBC181" w:rsidR="00C4363F" w:rsidRDefault="00C4363F" w:rsidP="00C4363F">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
@@ -11592,161 +11658,172 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>22</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Julio - Diciembre</w:t>
+      <w:t xml:space="preserve">Julio - </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CCD2291" w14:textId="77777777" w:rsidR="00A122EE" w:rsidRDefault="00A122EE" w:rsidP="00C4363F">
+    <w:p w14:paraId="11AC8604" w14:textId="77777777" w:rsidR="005C6CB4" w:rsidRDefault="005C6CB4" w:rsidP="00C4363F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15539551" w14:textId="77777777" w:rsidR="00A122EE" w:rsidRDefault="00A122EE" w:rsidP="00C4363F">
+    <w:p w14:paraId="201DE03E" w14:textId="77777777" w:rsidR="005C6CB4" w:rsidRDefault="005C6CB4" w:rsidP="00C4363F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B2B9D07" w14:textId="3B518540" w:rsidR="00C4363F" w:rsidRDefault="00C4363F">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4171B8F3" wp14:editId="06BF0B89">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="1017615048" name="Imagen 1017615048"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E403BB9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D3DC5EE8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -12467,51 +12544,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1997148912">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="688290884">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="546650415">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1447851863">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="572087237">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -12523,105 +12600,108 @@
     <w:rsid w:val="00143B3A"/>
     <w:rsid w:val="00150C59"/>
     <w:rsid w:val="00151186"/>
     <w:rsid w:val="001A7FD9"/>
     <w:rsid w:val="001D11C7"/>
     <w:rsid w:val="001F1076"/>
     <w:rsid w:val="0021088B"/>
     <w:rsid w:val="00214F10"/>
     <w:rsid w:val="00217557"/>
     <w:rsid w:val="00242042"/>
     <w:rsid w:val="00244DFD"/>
     <w:rsid w:val="00246835"/>
     <w:rsid w:val="00246D6D"/>
     <w:rsid w:val="00274F3B"/>
     <w:rsid w:val="002C4C0F"/>
     <w:rsid w:val="002D56AE"/>
     <w:rsid w:val="002E7CE2"/>
     <w:rsid w:val="00314A1C"/>
     <w:rsid w:val="003323A7"/>
     <w:rsid w:val="003328C8"/>
     <w:rsid w:val="003357A9"/>
     <w:rsid w:val="003460DC"/>
     <w:rsid w:val="00370E70"/>
     <w:rsid w:val="00373399"/>
     <w:rsid w:val="00382B46"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003E1C87"/>
     <w:rsid w:val="003E5C86"/>
     <w:rsid w:val="00415996"/>
     <w:rsid w:val="00427132"/>
     <w:rsid w:val="00461D4C"/>
     <w:rsid w:val="0047094D"/>
     <w:rsid w:val="004E7837"/>
     <w:rsid w:val="004F31AE"/>
     <w:rsid w:val="00521F6F"/>
     <w:rsid w:val="00531025"/>
     <w:rsid w:val="00553A5C"/>
     <w:rsid w:val="005709C6"/>
     <w:rsid w:val="00587EC0"/>
     <w:rsid w:val="005B1EAB"/>
     <w:rsid w:val="005C6450"/>
+    <w:rsid w:val="005C6CB4"/>
     <w:rsid w:val="005D45EF"/>
     <w:rsid w:val="005F3BB1"/>
     <w:rsid w:val="0061382F"/>
     <w:rsid w:val="00617267"/>
     <w:rsid w:val="006246C9"/>
     <w:rsid w:val="00625E88"/>
     <w:rsid w:val="00631D5B"/>
     <w:rsid w:val="00665671"/>
     <w:rsid w:val="0066621E"/>
     <w:rsid w:val="00670995"/>
     <w:rsid w:val="006712EE"/>
     <w:rsid w:val="00672127"/>
     <w:rsid w:val="00674258"/>
     <w:rsid w:val="00690F45"/>
     <w:rsid w:val="006B1C59"/>
     <w:rsid w:val="006F539F"/>
     <w:rsid w:val="00721ED8"/>
     <w:rsid w:val="007334A7"/>
     <w:rsid w:val="00735169"/>
     <w:rsid w:val="00735426"/>
     <w:rsid w:val="00736561"/>
     <w:rsid w:val="00740AB7"/>
     <w:rsid w:val="00752B81"/>
     <w:rsid w:val="00786ED9"/>
     <w:rsid w:val="008069ED"/>
     <w:rsid w:val="00832E5C"/>
     <w:rsid w:val="008425B4"/>
     <w:rsid w:val="008623BE"/>
     <w:rsid w:val="008844E8"/>
     <w:rsid w:val="008C20D4"/>
     <w:rsid w:val="008D0732"/>
     <w:rsid w:val="008D65F5"/>
     <w:rsid w:val="008E5798"/>
     <w:rsid w:val="008F5ECE"/>
     <w:rsid w:val="00917F41"/>
     <w:rsid w:val="009A4F72"/>
     <w:rsid w:val="009F2F13"/>
     <w:rsid w:val="00A063A4"/>
     <w:rsid w:val="00A122EE"/>
     <w:rsid w:val="00A2656B"/>
+    <w:rsid w:val="00AA363F"/>
     <w:rsid w:val="00AC53CD"/>
     <w:rsid w:val="00AE0CDB"/>
     <w:rsid w:val="00AE6C8E"/>
     <w:rsid w:val="00B0114A"/>
     <w:rsid w:val="00B37504"/>
     <w:rsid w:val="00B46E1B"/>
     <w:rsid w:val="00B52C64"/>
     <w:rsid w:val="00B739B3"/>
     <w:rsid w:val="00B82C73"/>
     <w:rsid w:val="00B91E19"/>
     <w:rsid w:val="00BC1EC4"/>
     <w:rsid w:val="00BE422D"/>
     <w:rsid w:val="00BF0759"/>
     <w:rsid w:val="00C0061A"/>
     <w:rsid w:val="00C264D3"/>
     <w:rsid w:val="00C33FA3"/>
     <w:rsid w:val="00C40DF2"/>
     <w:rsid w:val="00C4363F"/>
     <w:rsid w:val="00C6595C"/>
     <w:rsid w:val="00C9212B"/>
     <w:rsid w:val="00CA1E3E"/>
     <w:rsid w:val="00CA26D1"/>
     <w:rsid w:val="00CB44CB"/>
     <w:rsid w:val="00CC7472"/>
     <w:rsid w:val="00CD3E28"/>
@@ -12658,51 +12738,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="412C335D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6FB77E0D-9CEB-4460-90D2-B8337AB8764F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13107,51 +13187,50 @@
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0061382F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -13210,51 +13289,51 @@
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00BC1EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B91E19"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00027028"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0061382F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="result">
     <w:name w:val="result"/>
@@ -13390,51 +13469,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C4363F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C4363F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="5792993">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1929848084">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -14881,51 +14960,51 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="354812818">
           <w:marLeft w:val="-108"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.co/scielo.php?script=sci_arttext&amp;pid=S1794-24892008000100007" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/i/item/9789240029200" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12804/revistas.urosario.edu.co/disertaciones/a.12110" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.bibliotecabuap.elogim.com/10.1111/j.1460-2466.2006.00336.x" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000386670" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.bibliotecabuap.elogim.com/10.1111/j.1460-2466.1993.tb01304.x" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.bibliotecabuap.elogim.com/10.2307/2131346" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistaprismasocial.es/article/view/4858" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12804/revistas.urosario.edu.co/disertaciones/a.12110" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i22.928" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.bibliotecabuap.elogim.com/10.1111/j.1460-2466.2006.00336.x" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000386670" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.bibliotecabuap.elogim.com/10.1111/j.1460-2466.1993.tb01304.x" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistaprismasocial.es/article/view/4858" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.bibliotecabuap.elogim.com/10.2307/2131346" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.co/scielo.php?script=sci_arttext&amp;pid=S1794-24892008000100007" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/i/item/9789240029200" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -15154,69 +15233,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>6131</Words>
-  <Characters>33722</Characters>
+  <Words>6146</Words>
+  <Characters>33807</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>281</Lines>
   <Paragraphs>79</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universidad Iberoamericana Puebla</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39774</CharactersWithSpaces>
+  <CharactersWithSpaces>39874</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>EDITH CAR</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>