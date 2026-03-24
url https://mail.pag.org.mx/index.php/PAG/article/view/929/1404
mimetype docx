--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -9,77 +9,127 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/ink/ink1.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="06EF6C56" w14:textId="5BB3D87F" w:rsidR="005B739C" w:rsidRPr="00761D4C" w:rsidRDefault="00A645D5" w:rsidP="00B2598E">
+    <w:p w14:paraId="06EF6C56" w14:textId="5BB3D87F" w:rsidR="005B739C" w:rsidRDefault="00A645D5" w:rsidP="00B2598E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk155035850"/>
+      <w:r w:rsidRPr="00761D4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="47893909" w14:textId="5D3DE6EE" w:rsidR="00BA0C7D" w:rsidRPr="00BA0C7D" w:rsidRDefault="00BA0C7D" w:rsidP="00B2598E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA0C7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00BA0C7D">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i22.929</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="23E77E35" w14:textId="77777777" w:rsidR="00072DD0" w:rsidRPr="00761D4C" w:rsidRDefault="00072DD0" w:rsidP="00B2598E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="462AF3D1" w14:textId="3E66C280" w:rsidR="00653E10" w:rsidRPr="00761D4C" w:rsidRDefault="005B739C" w:rsidP="00A645D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
@@ -365,79 +415,51 @@
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Administração</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> C-I da </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> C-I da Universidade </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Autônoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2351,73 +2373,51 @@
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Administração</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> CI da </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> CI da Universidade </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Autônoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Chiapas, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00761D4C">
@@ -4083,51 +4083,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Julio 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AEDB484" w14:textId="77777777" w:rsidR="00A645D5" w:rsidRPr="00761D4C" w:rsidRDefault="00000000" w:rsidP="00A645D5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00761D4C">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="05DD3A25">
           <v:rect id="_x0000_i1025" alt="" style="width:441.9pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C8702E" w14:textId="58E1DCFE" w:rsidR="005B739C" w:rsidRPr="00761D4C" w:rsidRDefault="005B739C" w:rsidP="003B3180">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -5235,51 +5235,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77000747" wp14:editId="0806E236">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1276350</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>199390</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3268980" cy="2428875"/>
             <wp:effectExtent l="0" t="0" r="7620" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="1778694414" name="Imagen 1778694414"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="10999" t="4302" r="12855" b="9129"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3268980" cy="2428875"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
@@ -10377,51 +10377,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251697152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C8C85F0" wp14:editId="55FAFA04">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5457825" cy="1630680"/>
             <wp:effectExtent l="0" t="0" r="9525" b="7620"/>
             <wp:wrapNone/>
             <wp:docPr id="21" name="Imagen 21"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5457825" cy="1630680"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -10716,51 +10716,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251699200" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5367D045" wp14:editId="3DBE9F80">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-179705</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>85090</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5791835" cy="1190625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="22" name="Imagen 22"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5791835" cy="1190625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -11623,437 +11623,425 @@
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="7366" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="4394"/>
       </w:tblGrid>
       <w:tr w:rsidR="0084146A" w:rsidRPr="00761D4C" w14:paraId="6865052C" w14:textId="77777777" w:rsidTr="0084146A">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7049F60B" w14:textId="77777777" w:rsidR="0084146A" w:rsidRPr="00761D4C" w:rsidRDefault="0084146A" w:rsidP="0084146A">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Valor del coeficiente Q</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6070F49D" w14:textId="77777777" w:rsidR="0084146A" w:rsidRPr="00761D4C" w:rsidRDefault="0084146A" w:rsidP="0084146A">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Magnitud de la asociación o correlación</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0084146A" w:rsidRPr="00761D4C" w14:paraId="5DC694C9" w14:textId="77777777" w:rsidTr="0084146A">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="06845689" w14:textId="77777777" w:rsidR="0084146A" w:rsidRPr="00761D4C" w:rsidRDefault="0084146A" w:rsidP="0084146A">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Menos de 0.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DF86850" w14:textId="77777777" w:rsidR="0084146A" w:rsidRPr="00761D4C" w:rsidRDefault="0084146A" w:rsidP="0084146A">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Baja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0084146A" w:rsidRPr="00761D4C" w14:paraId="665982BD" w14:textId="77777777" w:rsidTr="0084146A">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2646C70D" w14:textId="77777777" w:rsidR="0084146A" w:rsidRPr="00761D4C" w:rsidRDefault="0084146A" w:rsidP="0084146A">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>de 0.25 a 0.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="044F0402" w14:textId="77777777" w:rsidR="0084146A" w:rsidRPr="00761D4C" w:rsidRDefault="0084146A" w:rsidP="0084146A">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Media Baja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0084146A" w:rsidRPr="00761D4C" w14:paraId="6F65E7F3" w14:textId="77777777" w:rsidTr="0084146A">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="12F9677A" w14:textId="77777777" w:rsidR="0084146A" w:rsidRPr="00761D4C" w:rsidRDefault="0084146A" w:rsidP="0084146A">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>de 0.46 a 0.55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05036C7F" w14:textId="77777777" w:rsidR="0084146A" w:rsidRPr="00761D4C" w:rsidRDefault="0084146A" w:rsidP="0084146A">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Media</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0084146A" w:rsidRPr="00761D4C" w14:paraId="6DBA1F28" w14:textId="77777777" w:rsidTr="0084146A">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33804EBD" w14:textId="77777777" w:rsidR="0084146A" w:rsidRPr="00761D4C" w:rsidRDefault="0084146A" w:rsidP="0084146A">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>de 0.56 a 0.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C596D11" w14:textId="77777777" w:rsidR="0084146A" w:rsidRPr="00761D4C" w:rsidRDefault="0084146A" w:rsidP="0084146A">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Media Alta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0084146A" w:rsidRPr="00761D4C" w14:paraId="313B9D89" w14:textId="77777777" w:rsidTr="0084146A">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="184A36A6" w14:textId="77777777" w:rsidR="0084146A" w:rsidRPr="00761D4C" w:rsidRDefault="0084146A" w:rsidP="0084146A">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>de 0.76 en adelante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="721F2E2E" w14:textId="77777777" w:rsidR="0084146A" w:rsidRPr="00761D4C" w:rsidRDefault="0084146A" w:rsidP="0084146A">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -12332,51 +12320,51 @@
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpi">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B793C83" wp14:editId="15131E99">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3266776</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2296041</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="360" cy="360"/>
                 <wp:effectExtent l="38100" t="38100" r="38100" b="38100"/>
                 <wp:wrapNone/>
                 <wp:docPr id="20" name="Entrada de lápiz 20"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingInk">
-                    <w14:contentPart bwMode="auto" r:id="rId11">
+                    <w14:contentPart bwMode="auto" r:id="rId12">
                       <w14:nvContentPartPr>
                         <w14:cNvContentPartPr/>
                       </w14:nvContentPartPr>
                       <w14:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="360" cy="360"/>
                       </w14:xfrm>
                     </w14:contentPart>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="289B839F" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
@@ -16672,60 +16660,58 @@
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="919" w:hanging="919"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alvesson</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C7884" w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> M</w:t>
       </w:r>
       <w:r w:rsidR="003C7884" w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00761D4C">
@@ -18086,69 +18072,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Seis estudios de psicología</w:t>
       </w:r>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00137079" w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">España. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">España. Edit </w:t>
       </w:r>
       <w:r w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Labor.</w:t>
       </w:r>
       <w:r w:rsidR="00F90D69" w:rsidRPr="00761D4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="002650E8" w:rsidRPr="00761D4C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
@@ -18521,76 +18489,76 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00ED2E90" w:rsidSect="00A645D5">
       <w:headerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:headerReference w:type="first" r:id="rId26"/>
       <w:footerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1135" w:right="1701" w:bottom="567" w:left="1701" w:header="142" w:footer="119" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51C056AA" w14:textId="77777777" w:rsidR="00675747" w:rsidRDefault="00675747" w:rsidP="009505E5">
+    <w:p w14:paraId="7631E971" w14:textId="77777777" w:rsidR="00377B95" w:rsidRDefault="00377B95" w:rsidP="009505E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00CF78AC" w14:textId="77777777" w:rsidR="00675747" w:rsidRDefault="00675747" w:rsidP="009505E5">
+    <w:p w14:paraId="614F6E42" w14:textId="77777777" w:rsidR="00377B95" w:rsidRDefault="00377B95" w:rsidP="009505E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -18607,51 +18575,51 @@
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2F4A60AC" w14:textId="2AD81D01" w:rsidR="00A70841" w:rsidRDefault="00A645D5" w:rsidP="00A645D5">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
@@ -18676,90 +18644,101 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>22</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Julio - Diciembre</w:t>
+      <w:t xml:space="preserve">Julio - </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="50AE9729" w14:textId="77777777" w:rsidR="00A70841" w:rsidRDefault="00A70841">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1987AA57" w14:textId="7088B6FA" w:rsidR="00A645D5" w:rsidRDefault="00A645D5" w:rsidP="00A645D5">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
@@ -18784,110 +18763,121 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>22</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Julio - Diciembre</w:t>
+      <w:t xml:space="preserve">Julio - </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12C3BD93" w14:textId="77777777" w:rsidR="00675747" w:rsidRDefault="00675747" w:rsidP="009505E5">
+    <w:p w14:paraId="5D126769" w14:textId="77777777" w:rsidR="00377B95" w:rsidRDefault="00377B95" w:rsidP="009505E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="632717CD" w14:textId="77777777" w:rsidR="00675747" w:rsidRDefault="00675747" w:rsidP="009505E5">
+    <w:p w14:paraId="35AF0F88" w14:textId="77777777" w:rsidR="00377B95" w:rsidRDefault="00377B95" w:rsidP="009505E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="71F9914E" w14:textId="190616EA" w:rsidR="00A645D5" w:rsidRDefault="00A645D5" w:rsidP="00A645D5">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19A9C7E2" wp14:editId="4B13BA31">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="1897377618" name="Imagen 1897377618"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -18895,51 +18885,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45F7D44B" w14:textId="6580434B" w:rsidR="00A645D5" w:rsidRDefault="00A645D5" w:rsidP="00A645D5">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="04A282C5" wp14:editId="60AE87C2">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="1898053469" name="Imagen 1898053469"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -18947,51 +18937,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="A3467D7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20418E55"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -19114,51 +19104,51 @@
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="171988910">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="126973340">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="277101506">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -19210,53 +19200,55 @@
     <w:rsid w:val="002405A5"/>
     <w:rsid w:val="00253396"/>
     <w:rsid w:val="002563A0"/>
     <w:rsid w:val="00262D5F"/>
     <w:rsid w:val="002634C5"/>
     <w:rsid w:val="002650E8"/>
     <w:rsid w:val="00276603"/>
     <w:rsid w:val="00296276"/>
     <w:rsid w:val="002A2B5D"/>
     <w:rsid w:val="002A3C6F"/>
     <w:rsid w:val="002A7B1C"/>
     <w:rsid w:val="002B458E"/>
     <w:rsid w:val="002C251A"/>
     <w:rsid w:val="002D0E77"/>
     <w:rsid w:val="002D181F"/>
     <w:rsid w:val="002D6C8F"/>
     <w:rsid w:val="002E0B33"/>
     <w:rsid w:val="002E6935"/>
     <w:rsid w:val="002F1AD9"/>
     <w:rsid w:val="003075AF"/>
     <w:rsid w:val="0036064E"/>
     <w:rsid w:val="00362E65"/>
     <w:rsid w:val="00364477"/>
     <w:rsid w:val="00373CD0"/>
     <w:rsid w:val="00376B31"/>
+    <w:rsid w:val="00377B95"/>
     <w:rsid w:val="00381F18"/>
     <w:rsid w:val="00382D8B"/>
     <w:rsid w:val="00390D4A"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A3210"/>
     <w:rsid w:val="003B3180"/>
     <w:rsid w:val="003B4BB0"/>
     <w:rsid w:val="003C7884"/>
     <w:rsid w:val="003D16BE"/>
     <w:rsid w:val="003D1DAF"/>
     <w:rsid w:val="003D3676"/>
     <w:rsid w:val="003D399E"/>
     <w:rsid w:val="003D439C"/>
     <w:rsid w:val="003E6EDA"/>
     <w:rsid w:val="003F1D84"/>
     <w:rsid w:val="003F5470"/>
     <w:rsid w:val="003F61C9"/>
     <w:rsid w:val="0040311B"/>
     <w:rsid w:val="00404840"/>
     <w:rsid w:val="004161BE"/>
     <w:rsid w:val="00417F31"/>
     <w:rsid w:val="004239C0"/>
     <w:rsid w:val="00425389"/>
     <w:rsid w:val="0042742B"/>
     <w:rsid w:val="004435DF"/>
     <w:rsid w:val="00450E6D"/>
     <w:rsid w:val="00453765"/>
     <w:rsid w:val="0045401D"/>
     <w:rsid w:val="004625E4"/>
@@ -19384,50 +19376,51 @@
     <w:rsid w:val="00AA07D6"/>
     <w:rsid w:val="00AB6745"/>
     <w:rsid w:val="00AD0245"/>
     <w:rsid w:val="00AE23E4"/>
     <w:rsid w:val="00AE47F0"/>
     <w:rsid w:val="00AE7666"/>
     <w:rsid w:val="00AF4B83"/>
     <w:rsid w:val="00AF6D4F"/>
     <w:rsid w:val="00B0009C"/>
     <w:rsid w:val="00B01F15"/>
     <w:rsid w:val="00B043F0"/>
     <w:rsid w:val="00B07987"/>
     <w:rsid w:val="00B16E1D"/>
     <w:rsid w:val="00B20828"/>
     <w:rsid w:val="00B2598E"/>
     <w:rsid w:val="00B26A7C"/>
     <w:rsid w:val="00B305F1"/>
     <w:rsid w:val="00B32B67"/>
     <w:rsid w:val="00B348D5"/>
     <w:rsid w:val="00B46C58"/>
     <w:rsid w:val="00B57C59"/>
     <w:rsid w:val="00B6197F"/>
     <w:rsid w:val="00B646AD"/>
     <w:rsid w:val="00B64C0D"/>
     <w:rsid w:val="00B859C5"/>
+    <w:rsid w:val="00BA0C7D"/>
     <w:rsid w:val="00BA4946"/>
     <w:rsid w:val="00BD1FC6"/>
     <w:rsid w:val="00BE06BB"/>
     <w:rsid w:val="00BE4DEC"/>
     <w:rsid w:val="00BF2857"/>
     <w:rsid w:val="00C31183"/>
     <w:rsid w:val="00C321C3"/>
     <w:rsid w:val="00C47637"/>
     <w:rsid w:val="00C549D7"/>
     <w:rsid w:val="00C65DAF"/>
     <w:rsid w:val="00C701BE"/>
     <w:rsid w:val="00C7458F"/>
     <w:rsid w:val="00C83F4A"/>
     <w:rsid w:val="00C92320"/>
     <w:rsid w:val="00C96885"/>
     <w:rsid w:val="00CA1BA2"/>
     <w:rsid w:val="00CA1FE2"/>
     <w:rsid w:val="00CB2EFE"/>
     <w:rsid w:val="00CB6173"/>
     <w:rsid w:val="00CE03E1"/>
     <w:rsid w:val="00CE43C1"/>
     <w:rsid w:val="00CF176A"/>
     <w:rsid w:val="00D07DA9"/>
     <w:rsid w:val="00D474A9"/>
     <w:rsid w:val="00D76966"/>
@@ -19478,51 +19471,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="79B339FD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{28AADB6A-5E25-4B73-B6D6-0F0BE6B2FD12}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19880,51 +19873,50 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A806E7"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -20223,87 +20215,87 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
     <w:name w:val="Texto independiente Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textoindependiente"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00EC1A14"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="34082887">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="209222822">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eumed.net/tesis-doctorales/2011/mjml/indice.htm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://raulrojassoriano.com/cuallitlanezi/wpcontent/themes/raulrojassoriano/assets/libros/Antologia-Libros-Raul-Rojas-Soriano.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apiperiodico.jalisco.gob.mx/api/sites/periodicooficial.jalisco.gob.mx/files/metodologia_de_la_investigacion_-_roberto_hernandez_sampieri.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dinterrondonia2010.pbworks.com/f/Jean_Piaget_Seis_estudios_de_Psicologia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dennismontes2.files.wordpress.com/2014/11/estadistica_negocios.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fca.unach.mx/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1590/S1517-9702201701158626" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i22.929" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eumed.net/tesis-doctorales/2011/mjml/indice.htm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://raulrojassoriano.com/cuallitlanezi/wpcontent/themes/raulrojassoriano/assets/libros/Antologia-Libros-Raul-Rojas-Soriano.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apiperiodico.jalisco.gob.mx/api/sites/periodicooficial.jalisco.gob.mx/files/metodologia_de_la_investigacion_-_roberto_hernandez_sampieri.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dinterrondonia2010.pbworks.com/f/Jean_Piaget_Seis_estudios_de_Psicologia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dennismontes2.files.wordpress.com/2014/11/estadistica_negocios.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fca.unach.mx/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1590/S1517-9702201701158626" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/ink/ink1.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
@@ -20614,75 +20606,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B75F917-6040-4F7A-B367-CDC7414A6E0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>21</Pages>
-  <Words>7250</Words>
-  <Characters>39878</Characters>
+  <Words>7265</Words>
+  <Characters>39963</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>332</Lines>
+  <Lines>333</Lines>
   <Paragraphs>94</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>47034</CharactersWithSpaces>
+  <CharactersWithSpaces>47134</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Manuel de Jesus Moguel Lievano</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>ac3a649a-297d-461a-ac78-730f17173ddb</vt:lpwstr>
   </property>