--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -5,78 +5,146 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="358168F9" w14:textId="0F6987E5" w:rsidR="00E77F98" w:rsidRDefault="00E77F98" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="39AE2270" w14:textId="512498AB" w:rsidR="000B4BCA" w:rsidRDefault="000B4BCA" w:rsidP="00E77F98">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B4BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="000B4BCA">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i22.930</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1267D643" w14:textId="77777777" w:rsidR="000B4BCA" w:rsidRPr="000B4BCA" w:rsidRDefault="000B4BCA" w:rsidP="00E77F98">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6C994B25" w14:textId="1B69662C" w:rsidR="00021371" w:rsidRPr="00E77F98" w:rsidRDefault="00021371" w:rsidP="0028689B">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77F98">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Reorientación de las instituciones de educación superior </w:t>
       </w:r>
@@ -162,62 +230,245 @@
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006263AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E77F98">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Reorientação das instituições de ensino superior de acordo com um compromisso social</w:t>
+        <w:t>Reorientação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>instituições</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> superior de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>acordo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>um</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>compromisso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> social</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBBACA2" w14:textId="77777777" w:rsidR="00E77F98" w:rsidRDefault="00E77F98" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1710EFC3" w14:textId="1F90528D" w:rsidR="00021371" w:rsidRPr="00E77F98" w:rsidRDefault="00021371" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -830,51 +1081,61 @@
       <w:r w:rsidR="003C603B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">y el </w:t>
       </w:r>
       <w:r w:rsidR="00E71F91" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>paradigma</w:t>
       </w:r>
       <w:r w:rsidR="003C603B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de educación compara</w:t>
+        <w:t xml:space="preserve"> de educación </w:t>
+      </w:r>
+      <w:r w:rsidR="003C603B" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>compara</w:t>
       </w:r>
       <w:r w:rsidR="00E71F91" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tiva</w:t>
       </w:r>
       <w:r w:rsidR="00D6072D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00AE2EF2" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -929,61 +1190,51 @@
       <w:r w:rsidR="00CB39C1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
       <w:r w:rsidR="00CB1211" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">identifican </w:t>
       </w:r>
       <w:r w:rsidR="00CC1883" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">finalmente </w:t>
-[...9 lines deleted...]
-        <w:t>aspectos fundamentales y áreas de oportunidad para que la</w:t>
+        <w:t>finalmente aspectos fundamentales y áreas de oportunidad para que la</w:t>
       </w:r>
       <w:r w:rsidR="00921254" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> educación superior se traduzca en una respuesta más efectiva a</w:t>
       </w:r>
       <w:r w:rsidR="005C3BC5" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> su</w:t>
       </w:r>
       <w:r w:rsidR="00921254" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1016,51 +1267,87 @@
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Palabras </w:t>
       </w:r>
       <w:r w:rsidR="00042DCD" w:rsidRPr="00E77F98">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>clave:</w:t>
       </w:r>
       <w:r w:rsidR="00042DCD" w:rsidRPr="00E77F98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bono demográfico, educación comparada, educación superior, compromiso social, investigación participativa, near shoring, </w:t>
+        <w:t xml:space="preserve"> bono demográfico, educación comparada, educación superior, compromiso social, investigación participativa, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00042DCD" w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>near</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00042DCD" w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00042DCD" w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>shoring</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00042DCD" w:rsidRPr="00E77F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0030114F" w:rsidRPr="00E77F98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PAR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="498E6495" w14:textId="77777777" w:rsidR="00E77F98" w:rsidRPr="0028689B" w:rsidRDefault="00E77F98" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="479B1760" w14:textId="0231BF8E" w:rsidR="00351BCE" w:rsidRPr="00CE0131" w:rsidRDefault="00351BCE" w:rsidP="00E77F98">
       <w:pPr>
@@ -1599,184 +1886,3057 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B2F215F" w14:textId="10F36EF6" w:rsidR="006020CA" w:rsidRPr="006020CA" w:rsidRDefault="006020CA" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006020CA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Resumo</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5A8F2C31" w14:textId="77777777" w:rsidR="006020CA" w:rsidRPr="006020CA" w:rsidRDefault="006020CA" w:rsidP="006020CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006020CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Um modelo de ensino superior pode ser definido formalmente ou simplesmente ser o resultado do que está sendo aplicado no campo educacional de um país. Em qualquer uma das duas circunstâncias, é importante decidir se cumpre o compromisso social ao qual deve responder. Este trabalho visa identificar a situação atual do ensino superior no México e o dilema que sua internacionalização representa para esse fim, considerando como diferentes desafios socioeconômicos comuns foram resolvidos em outros países: pobreza, globalização, bônus demográfico e atenção à demanda dos seus sectores económicos. Sua atenção mostra o compromisso social que o ensino superior tem com o país.</w:t>
+        <w:t xml:space="preserve">Um </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>modelo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> superior </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>pode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ser </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>definido</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>formalmente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>simplesmente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ser o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>resultado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>está</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sendo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aplicado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no campo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>educacional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de um </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>país</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>qualquer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das duas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>circunstâncias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, é </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>importante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>decidir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>cumpre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>compromisso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> social </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>deve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> responder. Este </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>trabalho</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>identificar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>situação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>atual</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> superior no México e o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dilema</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>internacionalização</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>representa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para esse </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>fim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>considerando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>diferentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>desafios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>socioeconômicos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>comuns</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>foram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>resolvidos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> outros </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>países</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>pobreza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>globalização</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>bônus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>demográfico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>atenção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>demanda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>seus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sectores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>económicos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Sua </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>atenção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>mostra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>compromisso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> social </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> superior </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> com o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>país</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="419F2DCA" w14:textId="77777777" w:rsidR="006020CA" w:rsidRPr="006020CA" w:rsidRDefault="006020CA" w:rsidP="006020CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006020CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Assim, através de uma pesquisa participativa ativa, foi realizada uma revisão crítica da literatura, identificando as contribuições sobre o que o México exige de seus profissionais; modelos e programas de ensino superior nacionais e estrangeiros relativos à internacionalização do ensino superior e ao paradigma da educação comparada; bem como os riscos e desafios financeiros, tecnológicos, sociais, ambientais, políticos e culturais que o ensino superior no México enfrenta. Por último, são identificados aspectos fundamentais e áreas de oportunidade para que o ensino superior se traduza numa resposta mais eficaz ao seu compromisso social.</w:t>
+        <w:t xml:space="preserve">Assim, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>através</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>pesquisa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>participativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>foi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>realizada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>revisão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>crítica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>literatura</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>identificando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>contribuições</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o México </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>exige</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>seus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>profissionais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>modelos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>programas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> superior </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>nacionais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>estrangeiros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>relativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>internacionalização</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> superior e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>paradigma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>educação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>comparada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>bem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>riscos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>desafios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>financeiros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>tecnológicos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>sociais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ambientais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>políticos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>culturais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> superior no México </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>enfrenta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>último</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>são</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>identificados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>aspectos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>fundamentais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>áreas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>oportunidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> superior se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>traduza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>numa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>resposta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>mais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eficaz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>seu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>compromisso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> social.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70CDC2BB" w14:textId="12AC7DFF" w:rsidR="006020CA" w:rsidRPr="00CE0131" w:rsidRDefault="006020CA" w:rsidP="006020CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006020CA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Palavras-chave:</w:t>
-      </w:r>
+        <w:t>Palavras-chave</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006020CA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bônus demográfico, educação comparada, ensino superior, compromisso social, pesquisa participativa, near shore, PAR.</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>bônus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>demográfico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>educação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>comparada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> superior, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>compromisso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> social, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>pesquisa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>participativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006020CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, near shore, PAR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9C2D70" w14:textId="77777777" w:rsidR="00E77F98" w:rsidRPr="00884823" w:rsidRDefault="00E77F98" w:rsidP="00E77F98">
       <w:pPr>
         <w:pStyle w:val="HTMLconformatoprevio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Enero 2024                                              </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00884823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024                                              </w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00884823">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Julio 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2187E2CD" w14:textId="77777777" w:rsidR="00E77F98" w:rsidRPr="00884823" w:rsidRDefault="00000000" w:rsidP="00E77F98">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -2397,51 +5557,61 @@
       <w:r w:rsidR="00061DEA" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C0F6B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00061DEA" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pesar de los esfuerzos </w:t>
+        <w:t xml:space="preserve"> pesar de los </w:t>
+      </w:r>
+      <w:r w:rsidR="00061DEA" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">esfuerzos </w:t>
       </w:r>
       <w:r w:rsidR="00A01FF5" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de promoción de marcos de gestión de calidad</w:t>
       </w:r>
       <w:r w:rsidR="00A67BED" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE19EF" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2499,51 +5669,50 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> restado efectividad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CA90B94" w14:textId="6B05ADE6" w:rsidR="004C128F" w:rsidRPr="003E7A82" w:rsidRDefault="00A1329B" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Se carece de objetivos comunes que permitan a los estudiantes contar con recursos adicionales</w:t>
       </w:r>
       <w:r w:rsidR="00CB47AF" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, así como acceso a enfoques </w:t>
       </w:r>
       <w:r w:rsidR="00C0563A" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de enseñanza-aprendizaje </w:t>
       </w:r>
       <w:r w:rsidR="004C128F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -2897,52 +6066,62 @@
         </w:rPr>
         <w:t>ANUIES</w:t>
       </w:r>
       <w:r w:rsidR="003E7A82" w:rsidRPr="0014660A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e internacionales como la OCDE </w:t>
       </w:r>
       <w:r w:rsidR="007769CD" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>e Infofinland</w:t>
-      </w:r>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007769CD" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Infofinland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00125B8B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidR="00456C8C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (a través de </w:t>
       </w:r>
       <w:r w:rsidR="00103BF2" w:rsidRPr="0014660A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
@@ -3014,76 +6193,68 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>158). Si bien PAR fue creada originalmente para un proceso educativo como tal, este se aplica en este trabajo en la búsqueda de una mejor alineación de la educación superior en México con el compromiso social que esta tiene.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3364F48F" w14:textId="584D4659" w:rsidR="00B315A8" w:rsidRPr="003E7A82" w:rsidRDefault="00B315A8" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Por otra parte, Fernández (2017) señala que la población que debería estar cursando estudios superiores en México continúa siendo baja en comparación con otros países, de hecho, una base de datos de la UNESCO reportó para el año 2014, </w:t>
       </w:r>
       <w:r w:rsidR="00084C88" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">México se situó por debajo del </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">promedio en </w:t>
+        <w:t xml:space="preserve">México se situó por debajo del promedio en </w:t>
       </w:r>
       <w:r w:rsidR="004B19F5" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">América </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Latina con respecto al ingreso de jóvenes a la educación superior. El autor establece la necesidad de una revisión minuciosa del mejoramiento de la cobertura de las instituciones de educación superior, observándose los recursos materiales, humanos y financieros como elementos indispensables para el correcto desempeño de estas. Las propuestas </w:t>
       </w:r>
       <w:r w:rsidR="005C3BA0" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>señaladas por Fernández son</w:t>
       </w:r>
@@ -3161,51 +6332,65 @@
         <w:t>Fortalecer la infraestructura que favorece el logro educativo de los estudiantes, así como promover programas de acompañamiento y de incentivos para que los estudiantes concluyan satisfactoriamente sus estudios (2017, p.</w:t>
       </w:r>
       <w:r w:rsidR="00125B8B" w:rsidRPr="003E7A82">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:t>187)</w:t>
       </w:r>
       <w:r w:rsidR="00103BF2" w:rsidRPr="003E7A82">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25DD715A" w14:textId="76F880C1" w:rsidR="00B315A8" w:rsidRPr="003E7A82" w:rsidRDefault="00B315A8" w:rsidP="00E77F98">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="40" w:beforeAutospacing="0" w:after="40" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:t xml:space="preserve">Barajas y Orduz (2019) señalan que uno de los procesos que deben seguir las universidades para mejorar la calidad de la educación es a través de la gestión que se concibe como un proceso pertinente para operar correctamente y llevar a cabo procesos de </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rStyle w:val="italica"/>
         </w:rPr>
-        <w:t xml:space="preserve">docencia, investigación y extensión junto a los recursos financieros, humanos y físicos, con el objetivo de obtener resultados convenientes tanto para las instituciones como para la sociedad, con una óptica  de calidad y excelencia universitaria. Para ello, Casas (2016) propone cuatro momentos para llevar a cabo un cambio con el que se valide la gestión: diagnóstico, preparación, ejecución y mantenimiento. A partir de estos momentos, se puede generar una calidad educativa en el seguimiento de un proceso que contempla una </w:t>
+        <w:t xml:space="preserve">docencia, investigación y extensión junto a los recursos financieros, humanos y físicos, con el objetivo de obtener resultados convenientes tanto para las instituciones como para la sociedad, con una </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rStyle w:val="italica"/>
+        </w:rPr>
+        <w:t>óptica  de</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rStyle w:val="italica"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calidad y excelencia universitaria. Para ello, Casas (2016) propone cuatro momentos para llevar a cabo un cambio con el que se valide la gestión: diagnóstico, preparación, ejecución y mantenimiento. A partir de estos momentos, se puede generar una calidad educativa en el seguimiento de un proceso que contempla una </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:t>gestión de cambio, un modelo de formación por competencias, con un personal docente calificado, mediador y comprometido, una formación crítica reflexiva centrada en el estudiante en donde el currículo se ajusta a las demandas internacionales que permiten la movilidad para una calidad educativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E9688F" w14:textId="77777777" w:rsidR="00E77F98" w:rsidRDefault="00E77F98" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6881B23E" w14:textId="77777777" w:rsidR="006020CA" w:rsidRDefault="006020CA" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3213,51 +6398,50 @@
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26EA8CB0" w14:textId="0A1DE511" w:rsidR="00C74393" w:rsidRPr="00E77F98" w:rsidRDefault="00C74393" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77F98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Contenido</w:t>
       </w:r>
       <w:r w:rsidR="00234456" w:rsidRPr="00E77F98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F23F99B" w14:textId="0A88D63E" w:rsidR="00AE5F3F" w:rsidRPr="00E77F98" w:rsidRDefault="00AE5F3F" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77F98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
@@ -4015,60 +7199,62 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">limitaciones estructurales, como </w:t>
       </w:r>
       <w:r w:rsidR="00852E02" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>las d</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">el acceso limitado a las finanzas, la inseguridad, la informalidad, las cargas regulatorias y los cuellos de botella en infraestructura. Abordar estos desafíos es fundamental para aprovechar al máximo la oportunidad que representa el </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nearshoring</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A03EED" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">o la búsqueda de una mejor ubicación de los medios de producción para disminuir </w:t>
       </w:r>
       <w:r w:rsidR="003175B9" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4257,51 +7443,61 @@
       <w:r w:rsidR="002C5B0D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>previa a la candidatura</w:t>
       </w:r>
       <w:r w:rsidR="00EB5406" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a las distintas licenciaturas universitarias</w:t>
       </w:r>
       <w:r w:rsidR="002C5B0D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, lo cual daría más certeza en el desarrollo individual y colectivo, así como el que la universidad prepare gente idónea en cierta</w:t>
+        <w:t xml:space="preserve">, lo cual </w:t>
+      </w:r>
+      <w:r w:rsidR="002C5B0D" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>daría más certeza en el desarrollo individual y colectivo, así como el que la universidad prepare gente idónea en cierta</w:t>
       </w:r>
       <w:r w:rsidR="006B7CB6" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="002C5B0D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> área</w:t>
       </w:r>
       <w:r w:rsidR="006B7CB6" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4316,51 +7512,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> del conocimiento, reconociendo sus aspiraciones, habilidades, experiencias, desarrollo y antecedentes personales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7926C475" w14:textId="59ADE115" w:rsidR="007232BB" w:rsidRPr="003E7A82" w:rsidRDefault="007232BB" w:rsidP="006020CA">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Antecedentes y situación actual de la educación superior en México</w:t>
       </w:r>
       <w:r w:rsidR="00D564D6" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Universidad</w:t>
       </w:r>
       <w:r w:rsidR="0091365E" w:rsidRPr="003E7A82">
@@ -4991,51 +8186,71 @@
       <w:r w:rsidR="00566A97" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EC3001" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sin </w:t>
       </w:r>
       <w:r w:rsidR="00BD0B8E" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>embargo, Porter retoma el señalamiento de March y Simon,</w:t>
+        <w:t xml:space="preserve">embargo, Porter retoma el señalamiento de March y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD0B8E" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Simon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BD0B8E" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EC3001" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD0B8E" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">quienes </w:t>
       </w:r>
       <w:r w:rsidR="00EC3001" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5090,51 +8305,61 @@
       <w:r w:rsidR="00B854B4" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00BB0AB4" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, desprovista de prin</w:t>
       </w:r>
       <w:r w:rsidR="001C30F3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">cipios de dirección y de origen, por ello, la variación urgente </w:t>
+        <w:t xml:space="preserve">cipios de dirección y de </w:t>
+      </w:r>
+      <w:r w:rsidR="001C30F3" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">origen, por ello, la variación urgente </w:t>
       </w:r>
       <w:r w:rsidR="00BF59C9" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r w:rsidR="001C30F3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">drástica en la organización dentro de la universidad. Así, muchas universidades adolecen de la </w:t>
       </w:r>
       <w:r w:rsidR="00494A41" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5187,71 +8412,81 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AB0A065" w14:textId="68C68F05" w:rsidR="00A07EFC" w:rsidRPr="003E7A82" w:rsidRDefault="005E48BD" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">La rigidez que paraliza a nuestras instituciones educativas las sitúa dentro de la urgencia de su necesaria transformación, o su condena a continuar en un peligroso proceso de desgaste y decadencia. Es posible que la universidad pública pueda definirse hoy en día como una organización poco flexible. Si esto es verdad se trata de una organización que tiene la capacidad de frustrar cualquier iniciativa de cambio legítimamente deseada tanto por una nueva dirección como por aquellas personas que tienen interés en transformarla y transformarse </w:t>
       </w:r>
       <w:r w:rsidR="00751B25" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="009D35B4" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>March y Simon</w:t>
-      </w:r>
+        <w:t xml:space="preserve">March y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009D35B4" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Simon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00751B25" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009D35B4" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1958</w:t>
       </w:r>
       <w:r w:rsidR="00751B25" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5801,80 +9036,146 @@
       <w:r w:rsidR="00A27209" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">97) </w:t>
       </w:r>
       <w:r w:rsidR="00515E1C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">l cual ha tenido repercusión a nivel internacional en el </w:t>
+        <w:t xml:space="preserve">l cual ha tenido repercusión a nivel internacional en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">el </w:t>
       </w:r>
       <w:r w:rsidR="00515E1C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">conocido </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>World Council of Comparative Education Societies</w:t>
-      </w:r>
+        <w:t xml:space="preserve">World Council </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Comparative </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Societies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, al </w:t>
       </w:r>
       <w:r w:rsidR="00A27209" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5901,51 +9202,50 @@
       <w:r w:rsidR="00A8513F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> veces confundido con la internacionalización de la educación superior </w:t>
       </w:r>
       <w:r w:rsidR="00515E1C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">como tal, </w:t>
       </w:r>
       <w:r w:rsidR="00A8513F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pero </w:t>
       </w:r>
       <w:r w:rsidR="00125B8B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -6294,51 +9594,71 @@
       <w:r w:rsidR="005865E9" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ras la formación profesional, es posible empezar a trabajar o intentar ingresar en un centro de educación superior</w:t>
       </w:r>
       <w:r w:rsidR="00125B8B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="005865E9" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Infofinland, 20</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005865E9" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Infofinland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005865E9" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="00A03EED" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>23)</w:t>
       </w:r>
       <w:r w:rsidR="005865E9" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FA0C45" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6422,149 +9742,175 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00BE079D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> la escuela para niños o</w:t>
       </w:r>
       <w:r w:rsidR="000058B3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00330F0D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="000058B3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>arneskole</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BE079D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008130E3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> la educación para jóvenes o</w:t>
       </w:r>
       <w:r w:rsidR="000058B3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E90BC0" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="000058B3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ngdomsskole</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008130E3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00330F0D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la escuela preparatoria o</w:t>
       </w:r>
       <w:r w:rsidR="000058B3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000058B3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>videregaende skole</w:t>
-      </w:r>
+        <w:t>videregaende</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000058B3" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000058B3" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skole</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E90BC0" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y la e</w:t>
       </w:r>
       <w:r w:rsidR="000058B3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ducación </w:t>
       </w:r>
       <w:r w:rsidR="00E90BC0" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6602,59 +9948,61 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>se cuenta con un</w:t>
       </w:r>
       <w:r w:rsidR="005A0DFC" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a opción entre el nivel preparatoria y el nivel superior conocido como </w:t>
       </w:r>
       <w:r w:rsidR="00C178E1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">institutos populares o </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005A0DFC" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>folkehoyskole</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00405AD0" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="008E0981" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">su enfoque pedagógico está en la motivación de los estudiantes, por eso no hacen exámenes ni dan calificaciones </w:t>
       </w:r>
       <w:r w:rsidR="00405AD0" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6744,50 +10092,51 @@
       <w:r w:rsidR="005F75F0" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="0036362B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y reciben estudiantes de todo el mundo, ya sea porque </w:t>
       </w:r>
       <w:r w:rsidR="00FC3F5F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>desean aprender el idioma o bien porque</w:t>
       </w:r>
       <w:r w:rsidR="00542891" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> desean vivir en ese país más tarde</w:t>
       </w:r>
       <w:r w:rsidR="00076A86" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, lo que</w:t>
       </w:r>
       <w:r w:rsidR="00542891" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -6798,61 +10147,51 @@
       <w:r w:rsidR="00076A86" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ofrece</w:t>
       </w:r>
       <w:r w:rsidR="00542891" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nuevos conocimientos sobre cómo los estudiantes noruegos ven el mundo</w:t>
       </w:r>
       <w:r w:rsidR="00871536" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, i.e. ven a la internacionalización como un elemento esencial de la </w:t>
-[...9 lines deleted...]
-        <w:t>educación</w:t>
+        <w:t>, i.e. ven a la internacionalización como un elemento esencial de la educación</w:t>
       </w:r>
       <w:r w:rsidR="005055C6" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, ya que los estudiantes</w:t>
       </w:r>
       <w:r w:rsidR="00542891" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vive</w:t>
       </w:r>
       <w:r w:rsidR="005055C6" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6891,76 +10230,87 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>todos los días durante nueve meses</w:t>
       </w:r>
       <w:r w:rsidR="00542891" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, junto con sus compañeros de estudio</w:t>
       </w:r>
       <w:r w:rsidR="00894039" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F21B6E" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Folkeh</w:t>
       </w:r>
       <w:r w:rsidR="00016D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00F21B6E" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>gskolene, 2024).</w:t>
+        <w:t>gskolene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F21B6E" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B32F14B" w14:textId="7E88DC4A" w:rsidR="004C172A" w:rsidRPr="003E7A82" w:rsidRDefault="004C172A" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A lo largo de la historia</w:t>
       </w:r>
       <w:r w:rsidR="009A4979" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7888,51 +11238,61 @@
       <w:r w:rsidR="002F1A55" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Por su parte </w:t>
       </w:r>
       <w:r w:rsidR="00125B8B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="002F1A55" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>la formación dual en Suiza es un sistema de formación profesional a nivel medio-superior (bachillerato) que se caracteriza por la dualidad de teoría (en centros educativos) y práctica (directamente en la empresa). Gracias a este sistema, Suiza tiene uno de los niveles de desempleo más bajo del mundo, y explica en gran parte los muy altos niveles de competitividad y de innovación de su economía</w:t>
+        <w:t xml:space="preserve">la formación dual en Suiza es un sistema de formación profesional a nivel medio-superior (bachillerato) que se caracteriza por la dualidad de teoría (en centros educativos) y práctica (directamente en la empresa). Gracias a este sistema, Suiza tiene uno de los niveles de desempleo más bajo del mundo, y explica en gran </w:t>
+      </w:r>
+      <w:r w:rsidR="002F1A55" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>parte los muy altos niveles de competitividad y de innovación de su economía</w:t>
       </w:r>
       <w:r w:rsidR="00125B8B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="002F1A55" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Cámara de Comercio Suizo Mexicana, </w:t>
       </w:r>
       <w:r w:rsidR="001D6082" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7949,51 +11309,50 @@
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C0FBB3F" w14:textId="173210F7" w:rsidR="00522827" w:rsidRPr="003E7A82" w:rsidRDefault="00883530" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>La internacionalización de la educación superior</w:t>
       </w:r>
       <w:r w:rsidR="00522827" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -8591,51 +11950,61 @@
       <w:r w:rsidR="00D91EAE" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a través de personal capacitado y con experiencia en esta área</w:t>
       </w:r>
       <w:r w:rsidR="006037F7" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, así como una visibilidad institucional;</w:t>
       </w:r>
       <w:r w:rsidR="00B47463" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la generación de fuentes de financiamiento que permitan llevar a cabo los planes en torno a la internacionalización en universidades extranjeras; contar con una infraestructura de servicios que facilite el intercambio interinstitucional </w:t>
+        <w:t xml:space="preserve"> la generación de fuentes de financiamiento que permitan llevar a cabo los planes en torno a la </w:t>
+      </w:r>
+      <w:r w:rsidR="00B47463" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">internacionalización en universidades extranjeras; contar con una infraestructura de servicios que facilite el intercambio interinstitucional </w:t>
       </w:r>
       <w:r w:rsidR="00C256D0" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
       <w:r w:rsidR="00B47463" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> genera</w:t>
       </w:r>
       <w:r w:rsidR="00C256D0" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8645,61 +12014,51 @@
       <w:r w:rsidR="00B47463" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> experiencias que permit</w:t>
       </w:r>
       <w:r w:rsidR="00C256D0" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00B47463" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">n la </w:t>
-[...9 lines deleted...]
-        <w:t>permanencia en este rubro;</w:t>
+        <w:t>n la permanencia en este rubro;</w:t>
       </w:r>
       <w:r w:rsidR="004B053B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sistemas de promoción, comunicación, información y difusión en la que se generen los contactos internacionales para una colaboración mutua y la normatividad, actualizando la reglamentación para que las universidades, sobre todo del sector público</w:t>
       </w:r>
       <w:r w:rsidR="005F7F09" w:rsidRPr="00EF4AA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004B053B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9844,90 +13203,90 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>culturales que enfrenta la educación superior en México</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DB84AC3" w14:textId="3C2A61C6" w:rsidR="003D0C82" w:rsidRPr="003E7A82" w:rsidRDefault="003D0C82" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>En México, se han gestado una serie de cambios importantes en torno a la educación superior</w:t>
       </w:r>
       <w:r w:rsidR="005F7F09" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a este respecto la ANUIES (2018) realiza un señalamiento relacionado con una gobernanza sistémica:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7218D5F5" w14:textId="59818A43" w:rsidR="003D0C82" w:rsidRPr="003E7A82" w:rsidRDefault="003D0C82" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Aunque se reconocen importantes avances en la educación superior, resulta evidente que existe una problemática derivada de una débil articulación entre las capacidades y responsabilidades de los distintos actores involucrados en los procesos de gobierno y gestión de la educación superior, situación que se vuelve más compleja por la diversidad de tipos de instituciones y la heterogeneidad de su desempeño. En general, esta situación dificulta la implementación de políticas públicas transversales para la planeación, la programación y la presupuestación; el logro de acuerdos para el reconocimiento de créditos; la movilidad de estudiantes y docentes; la colaboración y complementariedad de capacidades entre distintos subsistemas que funcionan como estancos; y la vinculación con el nivel medio superior (</w:t>
       </w:r>
       <w:r w:rsidR="00005246" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ANUIES, </w:t>
       </w:r>
       <w:r w:rsidR="008D1B79" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2018, </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p.</w:t>
@@ -10278,60 +13637,60 @@
         </w:rPr>
         <w:t>elev</w:t>
       </w:r>
       <w:r w:rsidR="00775B0B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> así la calidad de la educación en general. </w:t>
       </w:r>
       <w:r w:rsidR="005F7F09" w:rsidRPr="001D7715">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Desde una perspectiva social, la educación superior enfrenta un desafío significativo, ya que los cambios sociales actuales requieren de la formación de profesionales altamente capacitados en diversas áreas del conocimiento. Estos profesionales deben ser capaces no solo de impulsar y apoyar </w:t>
+        <w:t xml:space="preserve">Desde una </w:t>
       </w:r>
       <w:r w:rsidR="005F7F09" w:rsidRPr="001D7715">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>dichos cambios, sino también de analizar y resolver las problemáticas complejas del entorno social. De</w:t>
+        <w:t>perspectiva social, la educación superior enfrenta un desafío significativo, ya que los cambios sociales actuales requieren de la formación de profesionales altamente capacitados en diversas áreas del conocimiento. Estos profesionales deben ser capaces no solo de impulsar y apoyar dichos cambios, sino también de analizar y resolver las problemáticas complejas del entorno social. De</w:t>
       </w:r>
       <w:r w:rsidRPr="001D7715">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> la misma manera, la educación superior se presenta como el pilar de la</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> cultura de la población</w:t>
       </w:r>
       <w:r w:rsidR="00CA0BDD" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -10966,51 +14325,61 @@
       <w:r w:rsidR="00B57D56" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a nivel mundial.</w:t>
       </w:r>
       <w:r w:rsidR="00640272" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Así e</w:t>
       </w:r>
       <w:r w:rsidR="00D50D69" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>l modelo de gestión, la calidad de los</w:t>
+        <w:t xml:space="preserve">l modelo de gestión, la calidad de </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50D69" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>los</w:t>
       </w:r>
       <w:r w:rsidR="00914E3F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D50D69" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">productos, el </w:t>
       </w:r>
       <w:r w:rsidR="00D612BF" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11200,51 +14569,50 @@
       <w:r w:rsidR="00BE3DE1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en México</w:t>
       </w:r>
       <w:r w:rsidR="003E38F5" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D50AA" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>como en el caso de Tesla</w:t>
       </w:r>
       <w:r w:rsidR="00130833" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="008D295C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Barría</w:t>
       </w:r>
       <w:r w:rsidR="00841612" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -11446,69 +14814,81 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. De esta manera los vehículos</w:t>
       </w:r>
       <w:r w:rsidR="008D295C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F2E9B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AF1286" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="002D50AA" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ade in Mé</w:t>
+        <w:t>ade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D50AA" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Mé</w:t>
       </w:r>
       <w:r w:rsidR="008D295C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xico</w:t>
       </w:r>
       <w:r w:rsidR="008F2E9B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="008D295C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -12846,51 +16226,61 @@
       <w:r w:rsidR="000970DE" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ndo</w:t>
       </w:r>
       <w:r w:rsidR="000B021B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> el crecimiento de sus utilidades, por lo cual es necesario </w:t>
       </w:r>
       <w:r w:rsidR="00333517" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">acudir a la diversificación que resulta de </w:t>
+        <w:t xml:space="preserve">acudir a la diversificación </w:t>
+      </w:r>
+      <w:r w:rsidR="00333517" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">que resulta de </w:t>
       </w:r>
       <w:r w:rsidR="009A3788" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">iniciar o </w:t>
       </w:r>
       <w:r w:rsidR="00333517" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aumentar su presencia </w:t>
       </w:r>
       <w:r w:rsidR="009A3788" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -13008,51 +16398,50 @@
       <w:r w:rsidR="001335D1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">arrollar las </w:t>
       </w:r>
       <w:r w:rsidR="00805093" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">competencias y </w:t>
       </w:r>
       <w:r w:rsidR="001335D1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">habilidades necesarias para </w:t>
       </w:r>
       <w:r w:rsidR="000B021B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>poder seleccionar de manera adecuada el país</w:t>
       </w:r>
       <w:r w:rsidR="007E511D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o la región</w:t>
       </w:r>
       <w:r w:rsidR="000B021B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -14221,60 +17610,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> pregunta</w:t>
       </w:r>
       <w:r w:rsidR="00423BF0" w:rsidRPr="00D02AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D02AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: ¿</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hasta qué punto son las instituciones públicas de educación superior las responsables de identificar los requerimientos para atender el compromiso social de las mismas, y hasta dónde son los órganos superiores de gobierno los encargados de decidir al respecto? ¿Existe algún foro </w:t>
+        <w:t xml:space="preserve">Hasta qué punto son las instituciones públicas de educación superior las responsables de identificar los requerimientos para atender el compromiso social de las mismas, y hasta dónde son los </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">formal en el cual se pueda plantear el alcance que deben tener los programas educativos? Asimismo, se puede cuestionar al respecto lo siguiente:  </w:t>
+        <w:t xml:space="preserve">órganos superiores de gobierno los encargados de decidir al respecto? ¿Existe algún foro formal en el cual se pueda plantear el alcance que deben tener los programas educativos? Asimismo, se puede cuestionar al respecto lo siguiente:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D8D89E2" w14:textId="77777777" w:rsidR="0073267A" w:rsidRPr="003E7A82" w:rsidRDefault="0073267A" w:rsidP="00E77F98">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -14447,61 +17836,61 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75E9E334" w14:textId="265FFE2A" w:rsidR="0073267A" w:rsidRPr="003E7A82" w:rsidRDefault="0073267A" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">En la búsqueda de resarcir una serie de afectaciones anteriormente creadas dentro del contexto social, la participación de tres sectores se hace necesaria: el empresarial, el estado y el de las universidades. Su participación comprende el emprendimiento de acciones e impactos positivos enfocados al restablecimiento del medio ambiente, disminución de la pobreza, la salud, el hambre y la educación de la población que en su conjunto pueden apoyar el avance y el desarrollo del país. Al hacer mención del sector universitario, Pérez (2009) señala los aspectos que la responsabilidad universitaria debe buscar: nuevos compromisos sociales; definir su posición estratégica ante la sociedad; aportar un valor agregado a sus actividades y funciones; incluir la excelencia y liderazgo cultural y científico; repensar la función y posición </w:t>
+        <w:t xml:space="preserve">En la búsqueda de resarcir una serie de afectaciones anteriormente creadas dentro del contexto social, la participación de tres sectores se hace necesaria: el empresarial, el estado y el de las universidades. Su participación comprende el emprendimiento de acciones e impactos positivos enfocados al restablecimiento del medio ambiente, disminución de la pobreza, la salud, el hambre y la educación de la población que en su conjunto pueden apoyar el avance y el desarrollo del país. Al hacer mención del sector universitario, Pérez (2009) señala los aspectos que la responsabilidad universitaria debe buscar: nuevos compromisos sociales; definir su posición estratégica ante la sociedad; aportar un valor agregado a sus actividades y </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>en la sociedad; ofrecer mejores servicios y elevar su exigencia y desempeño; adquirir nuevos roles y funciones; trabajo con otras instancias en el desarrollo de la ciencia y la tecnología y convertirse en una comunidad socialmente responsable.</w:t>
+        <w:t>funciones; incluir la excelencia y liderazgo cultural y científico; repensar la función y posición en la sociedad; ofrecer mejores servicios y elevar su exigencia y desempeño; adquirir nuevos roles y funciones; trabajo con otras instancias en el desarrollo de la ciencia y la tecnología y convertirse en una comunidad socialmente responsable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28BE3C53" w14:textId="77777777" w:rsidR="0073267A" w:rsidRPr="003E7A82" w:rsidRDefault="0073267A" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">De esta manera, la universidad tendrá un impacto directo a nivel académico, en la investigación y en la extensión, repercutiendo directamente en la formación de recursos humanos, creando nuevos conocimientos que se transfieran al contexto social y desarrollando una red con la cual interactuar con la sociedad, la empresa y el Estado. Actualmente, con la participación de foros nacionales, estatales y universitarios los especialistas, académicos, estudiantes y público en general se han generado propuestas que si bien marcan pautas de acción, se convierten en aspectos utópicos si se piensa en la aplicación de estos en el contexto social, tanto público como privado, sus interacciones, con instancias del exterior y un conjunto de agrupaciones que influyen en la </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
@@ -14724,73 +18113,81 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En el segundo eje, se propone observar detalladamente las políticas del empleo, generar nuevas políticas industriales, contemplar el desarrollo rural, el desarrollo científico, fomentar la economía digital, las tecnologías de la información y de la comunicación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39FCD0EF" w14:textId="77777777" w:rsidR="0073267A" w:rsidRPr="003E7A82" w:rsidRDefault="0073267A" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El tercer eje centra su atención en la urgencia de adecuar los procesos de producción y consumo, de ocupación territorial, del uso de la energía, de la generación de desechos, etc., mediante planes ambientales sustentables, buscando detener el deterioro de los ecosistemas y adoptar una economía verde.</w:t>
+        <w:t xml:space="preserve">El tercer eje centra su atención en la urgencia de adecuar los procesos de producción y consumo, de ocupación territorial, del uso de la energía, de la generación de desechos, etc., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mediante planes ambientales sustentables, buscando detener el deterioro de los ecosistemas y adoptar una economía verde.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32E82562" w14:textId="559A6372" w:rsidR="0073267A" w:rsidRPr="003E7A82" w:rsidRDefault="0073267A" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Por último, en el cuarto eje se busca reivindicar los derechos humanos atendiendo aspectos de inseguridad social, corrupción y opacidad sobre todo en las distintas instituciones públicas y privadas (</w:t>
       </w:r>
       <w:r w:rsidR="00AD1230" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">UNAM, 2019, </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pp. 22-25)</w:t>
       </w:r>
       <w:r w:rsidR="00AD1230" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -15303,50 +18700,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Castellanos-Ramírez y Niño Carrasco, 2022, pp. 399-400). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C96C453" w14:textId="7B2B94A9" w:rsidR="005218CF" w:rsidRPr="003E7A82" w:rsidRDefault="0090397C" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A continuación</w:t>
       </w:r>
       <w:r w:rsidR="00E87EC1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se aborda cada eje con el objeto de ver su importancia y validez en lo que respecta a</w:t>
       </w:r>
       <w:r w:rsidR="00E87EC1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">l compromiso social de la educación superior y como éste se fortalece al considerar la internacionalización de </w:t>
@@ -15357,51 +18755,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="079C2793" w14:textId="24DC880B" w:rsidR="00BE263A" w:rsidRPr="0028689B" w:rsidRDefault="00EF6A4A" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>En lo que se refiere al respecto a la autonomía y consenso entre las universidades</w:t>
       </w:r>
       <w:r w:rsidR="00BB54CF" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00065947" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Castellanos-Ramírez y Niño Carrasco</w:t>
       </w:r>
       <w:r w:rsidR="006F2F43" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -15859,55 +19256,55 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77F98">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21C09E59" wp14:editId="4D2DE751">
             <wp:extent cx="5544765" cy="2165299"/>
             <wp:effectExtent l="0" t="0" r="0" b="6985"/>
             <wp:docPr id="1977809610" name="Imagen 1" descr="Una captura de pantalla de una computadora&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1977809610" name="Imagen 1" descr="Una captura de pantalla de una computadora&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                           <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                            <a14:imgLayer r:embed="rId8">
+                            <a14:imgLayer r:embed="rId9">
                               <a14:imgEffect>
                                 <a14:sharpenSoften amount="25000"/>
                               </a14:imgEffect>
                             </a14:imgLayer>
                           </a14:imgProps>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="21275" t="43439" r="22418" b="17449"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5574426" cy="2176882"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
@@ -16223,60 +19620,52 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Algunos datos han sido revisados a partir de cifras publicadas anteriormente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FB07839" w14:textId="1207A425" w:rsidR="00534EB7" w:rsidRPr="003E7A82" w:rsidRDefault="00D7295A" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Los datos corresponden a los 50 estados y el Distrito de Columbia. Las categorías raciales excluyen a las personas de etnia hispana. Las categorías de raza/etnia excluyen a los no </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>residentes de Estados Unidos. Las instituciones que otorgan títulos de asociado o superiores y participan en programas de ayuda financiera federal del Título IV (IPEDS, 2024).</w:t>
+        <w:t>Los datos corresponden a los 50 estados y el Distrito de Columbia. Las categorías raciales excluyen a las personas de etnia hispana. Las categorías de raza/etnia excluyen a los no residentes de Estados Unidos. Las instituciones que otorgan títulos de asociado o superiores y participan en programas de ayuda financiera federal del Título IV (IPEDS, 2024).</w:t>
       </w:r>
       <w:r w:rsidR="00534EB7" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CEE1CA7" w14:textId="68CF15DD" w:rsidR="00534EB7" w:rsidRPr="003E7A82" w:rsidRDefault="00534EB7" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
@@ -16705,55 +20094,55 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EF3B396" wp14:editId="2CFCABA9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-32385</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>36195</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5802630" cy="2266950"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1143314978" name="Imagen 1" descr="Interfaz de usuario gráfica&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1143314978" name="Imagen 1" descr="Interfaz de usuario gráfica&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                           <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                            <a14:imgLayer r:embed="rId10">
+                            <a14:imgLayer r:embed="rId11">
                               <a14:imgEffect>
                                 <a14:sharpenSoften amount="50000"/>
                               </a14:imgEffect>
                               <a14:imgEffect>
                                 <a14:brightnessContrast contrast="-40000"/>
                               </a14:imgEffect>
                             </a14:imgLayer>
                           </a14:imgProps>
                         </a:ext>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="32079" t="29062" r="12664" b="32539"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5802630" cy="2266950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -17213,58 +20602,60 @@
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A este respecto se puede citar lo acontecido en los Estados Unidos, </w:t>
       </w:r>
       <w:r w:rsidR="001E3FD9" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">donde según </w:t>
       </w:r>
       <w:r w:rsidR="00DB3579" w:rsidRPr="00310679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">señala </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001E3FD9" w:rsidRPr="00310679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Japsen</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009C1C4A" w:rsidRPr="00310679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020), conforme aumentó </w:t>
       </w:r>
       <w:r w:rsidR="00BE6D56" w:rsidRPr="00310679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">el número de casos de contagio por el coronavirus COVID-19, </w:t>
       </w:r>
       <w:r w:rsidR="004234CC" w:rsidRPr="00310679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">la capacidad de los </w:t>
       </w:r>
       <w:r w:rsidRPr="00310679">
@@ -17339,92 +20730,92 @@
         </w:rPr>
         <w:t>ticamente</w:t>
       </w:r>
       <w:r w:rsidR="00EE2873" w:rsidRPr="00310679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, ya que</w:t>
       </w:r>
       <w:r w:rsidR="00EE2873" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> los hospitales</w:t>
       </w:r>
       <w:r w:rsidR="00F17CD1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> redujeron sus consultas en persona y los</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F17CD1" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>redujeron sus consultas en persona y los</w:t>
       </w:r>
       <w:r w:rsidR="0042624F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> centros de salud tuvieron que cerrar, por instrucciones</w:t>
       </w:r>
       <w:r w:rsidR="0071689F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de confinamiento</w:t>
       </w:r>
       <w:r w:rsidR="00180704" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, de manera que los médicos redujeron sus horas de servicio</w:t>
       </w:r>
       <w:r w:rsidR="00BE3BD7" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, perdieron sus </w:t>
-[...8 lines deleted...]
-        <w:t>empleos o inclusive fueron afectados por la enfermedad</w:t>
+        <w:t>, perdieron sus empleos o inclusive fueron afectados por la enfermedad</w:t>
       </w:r>
       <w:r w:rsidR="00F7020B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, por lo cual se redujo </w:t>
       </w:r>
       <w:r w:rsidR="00AE34D5" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>el reclutamiento de médicos y practicantes avanzados</w:t>
       </w:r>
       <w:r w:rsidR="00F7020B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Merritt Hawkins, 2020).</w:t>
       </w:r>
@@ -17624,55 +21015,73 @@
         </w:rPr>
         <w:t xml:space="preserve">un desafío y un tema </w:t>
       </w:r>
       <w:r w:rsidR="009C1258" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de gran </w:t>
       </w:r>
       <w:r w:rsidR="009802B6" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>controversia</w:t>
       </w:r>
       <w:r w:rsidR="009D0FEB" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Altbach </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009D0FEB" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Altbach</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009D0FEB" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D0FEB" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="009D0FEB" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009315A3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2021)</w:t>
       </w:r>
       <w:r w:rsidR="009802B6" w:rsidRPr="003E7A82">
         <w:rPr>
@@ -17802,55 +21211,73 @@
         </w:rPr>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidR="00F12F0D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>este</w:t>
       </w:r>
       <w:r w:rsidR="009802B6" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> siglo XXI</w:t>
       </w:r>
       <w:r w:rsidR="00F12F0D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, hay un consenso en cuanto a la asignación de recursos públicos y privados para su desarrollo, afirman Altbach </w:t>
-      </w:r>
+        <w:t xml:space="preserve">, hay un consenso en cuanto a la asignación de recursos públicos y privados para su desarrollo, afirman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F12F0D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Altbach</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F12F0D" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12F0D" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="00551E8E" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F12F0D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2021)</w:t>
       </w:r>
       <w:r w:rsidR="009802B6" w:rsidRPr="003E7A82">
         <w:rPr>
@@ -17932,63 +21359,99 @@
         </w:rPr>
         <w:t xml:space="preserve"> fuentes privadas</w:t>
       </w:r>
       <w:r w:rsidR="00257D49" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, ya sean lucrativas o </w:t>
       </w:r>
       <w:r w:rsidR="009802B6" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>filantrópicas (Johnstone y Marcucci, 2010</w:t>
       </w:r>
       <w:r w:rsidR="00DB3579" w:rsidRPr="00310679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, como se citó</w:t>
+        <w:t xml:space="preserve">, como se </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DB3579" w:rsidRPr="00310679">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>citó</w:t>
       </w:r>
       <w:r w:rsidR="0029405B" w:rsidRPr="00310679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  en Altbach </w:t>
-      </w:r>
+        <w:t xml:space="preserve">  en</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0029405B" w:rsidRPr="00310679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0029405B" w:rsidRPr="00310679">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Altbach</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0029405B" w:rsidRPr="00310679">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0029405B" w:rsidRPr="00310679">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="00551E8E" w:rsidRPr="00310679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0029405B" w:rsidRPr="00310679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2021</w:t>
       </w:r>
       <w:r w:rsidR="009802B6" w:rsidRPr="00310679">
         <w:rPr>
@@ -18072,57 +21535,67 @@
       </w:r>
       <w:r w:rsidR="00400017" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>para la educación superior cuenta con apoyo del Banco In</w:t>
       </w:r>
       <w:r w:rsidR="00C96B20" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00400017" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eramericano de Desarrollo (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A22135" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>BIDInvest, 20</w:t>
+        <w:t>BIDInvest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A22135" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="00990BDB" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="00A22135" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0468ED5A" w14:textId="74C0077D" w:rsidR="006A20B1" w:rsidRPr="003E7A82" w:rsidRDefault="00634EF7" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -18357,60 +21830,60 @@
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="006054BA" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">n particular citan </w:t>
       </w:r>
       <w:r w:rsidR="00C73E58" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a diez universidades al borde de la quiebra</w:t>
       </w:r>
       <w:r w:rsidR="00722F44" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Universidad Autónoma de Chiapas, Universidad Autónoma del Estado de México, Universidad Michoacana de San Nicolás de Hidalgo, Universidad Autónoma de Morelos, Universidad Autónoma de Nayarit, Universidad Autónoma Benito Juárez de Oaxaca, Universidad Autónoma de Sinaloa, Universidad Juárez </w:t>
+        <w:t xml:space="preserve"> (Universidad Autónoma de Chiapas, Universidad Autónoma del Estado de México, Universidad Michoacana de San Nicolás de Hidalgo, </w:t>
       </w:r>
       <w:r w:rsidR="00722F44" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Autónoma de Tabasco, Universidad Veracruzana y Universidad Autónoma de Zacatecas)</w:t>
+        <w:t>Universidad Autónoma de Morelos, Universidad Autónoma de Nayarit, Universidad Autónoma Benito Juárez de Oaxaca, Universidad Autónoma de Sinaloa, Universidad Juárez Autónoma de Tabasco, Universidad Veracruzana y Universidad Autónoma de Zacatecas)</w:t>
       </w:r>
       <w:r w:rsidR="00BD2E36" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE6DE5" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00722F44" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nte dichas circunstancia los programas educativos </w:t>
       </w:r>
@@ -19182,51 +22655,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49866F7A" w14:textId="00EF8DC4" w:rsidR="00C7485B" w:rsidRPr="003E7A82" w:rsidRDefault="00C7485B" w:rsidP="003470F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003470F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Población entre 25 a 34 años que cuenta con un título o grado de Educación Superior</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1486"/>
         <w:gridCol w:w="1487"/>
         <w:gridCol w:w="1487"/>
         <w:gridCol w:w="1487"/>
         <w:gridCol w:w="1487"/>
         <w:gridCol w:w="1487"/>
       </w:tblGrid>
@@ -20389,58 +23861,60 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA0CCB" w:rsidRPr="0028689B" w14:paraId="181F696A" w14:textId="77777777" w:rsidTr="00370D89">
         <w:trPr>
           <w:trHeight w:val="256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1486" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07FAE6A4" w14:textId="77923EDE" w:rsidR="00FA0CCB" w:rsidRPr="0028689B" w:rsidRDefault="004201D8" w:rsidP="00E77F98">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0028689B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Irlana</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F6ED7E7" w14:textId="35C8186C" w:rsidR="00FA0CCB" w:rsidRPr="0028689B" w:rsidRDefault="004304A7" w:rsidP="00E77F98">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0028689B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -22499,50 +25973,51 @@
           <w:trHeight w:val="256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1486" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43F333B5" w14:textId="5BC488E0" w:rsidR="00EC4655" w:rsidRPr="0028689B" w:rsidRDefault="00EC4655" w:rsidP="00E77F98">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0028689B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Noruega</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64136D7C" w14:textId="26D8B4C6" w:rsidR="00EC4655" w:rsidRPr="0028689B" w:rsidRDefault="00694FC0" w:rsidP="00E77F98">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0028689B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -22635,51 +26110,50 @@
           <w:trHeight w:val="256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1486" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41C91AC9" w14:textId="109EFE4B" w:rsidR="00EC4655" w:rsidRPr="0028689B" w:rsidRDefault="00EC4655" w:rsidP="00E77F98">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0028689B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Islandia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B1566E3" w14:textId="5392BB00" w:rsidR="00EC4655" w:rsidRPr="0028689B" w:rsidRDefault="00643E03" w:rsidP="00E77F98">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0028689B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -22989,70 +26463,72 @@
       </w:r>
       <w:r w:rsidR="00B15D29" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">l TMEC </w:t>
       </w:r>
       <w:r w:rsidR="001D1BCD" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">en combinación con </w:t>
       </w:r>
       <w:r w:rsidR="00B15D29" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">el </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000A1D18" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00B15D29" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>earshoring</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001D1BCD" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ya citado previamente); y el i</w:t>
       </w:r>
       <w:r w:rsidR="00B15D29" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ngres</w:t>
       </w:r>
       <w:r w:rsidR="001D1BCD" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00B15D29" w:rsidRPr="003E7A82">
@@ -23287,77 +26763,97 @@
       </w:r>
       <w:r w:rsidR="00DB3579" w:rsidRPr="004D6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00926B06" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> medir para el aprovechamiento de los recursos del país como lo son </w:t>
       </w:r>
       <w:r w:rsidR="00CC1C04" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">el </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E33D77" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00CC1C04" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>earshoring</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CC1C04" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y el bono demográfico; y el segundo en lo que se refiere a como enfrentar estas </w:t>
+        <w:t xml:space="preserve"> y el bono demográfico; y el segundo en lo que se refiere a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC1C04" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC1C04" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enfrentar estas </w:t>
       </w:r>
       <w:r w:rsidR="004E34E7" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">oportunidades. </w:t>
       </w:r>
       <w:r w:rsidR="008D1D9C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Una vez más los países escandinavos y los llamados desarrollados, </w:t>
       </w:r>
       <w:r w:rsidR="00947774" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">han sido muy creativos en los modelos </w:t>
       </w:r>
@@ -23409,51 +26905,69 @@
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00945ADD" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00A07429" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00595EEA" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">previamente director de Conacyt, </w:t>
+        <w:t xml:space="preserve">previamente director de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00595EEA" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Conacyt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00595EEA" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00BF65A3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">y actualmente </w:t>
       </w:r>
       <w:r w:rsidR="00595EEA" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">consejero y consultor en innovación </w:t>
       </w:r>
       <w:r w:rsidR="00A07429" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>concluye que p</w:t>
       </w:r>
@@ -23594,57 +27108,67 @@
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>estrategia</w:t>
       </w:r>
       <w:r w:rsidR="00876EC6" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se relaciona con el segundo aspecto señalado para el aprovechamiento de la internacionalización, y se refiere al tránsito hacia modelos educativos flexibles y el aprovechamiento de sistemas educativos en línea. </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Como ya se citó anteriormente se tiene el modelo de Formación Profesional finlandés, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D578B1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Infofinland (2023) </w:t>
+        <w:t>Infofinland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D578B1" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2023) </w:t>
       </w:r>
       <w:r w:rsidR="00262867" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">descrito y </w:t>
       </w:r>
       <w:r w:rsidR="00262867" w:rsidRPr="004D6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">promovido </w:t>
       </w:r>
       <w:r w:rsidR="00D578B1" w:rsidRPr="004D6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a través de </w:t>
       </w:r>
@@ -23756,51 +27280,50 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78C54D25" w14:textId="6940E832" w:rsidR="00AD457F" w:rsidRPr="003E7A82" w:rsidRDefault="00AD457F" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="065C5085" w14:textId="36C6733F" w:rsidR="00BA7EBC" w:rsidRPr="003E7A82" w:rsidRDefault="00AD457F" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Es evidente</w:t>
       </w:r>
       <w:r w:rsidR="00DB3579" w:rsidRPr="004D6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -23835,59 +27358,61 @@
       </w:r>
       <w:r w:rsidR="00DB3579" w:rsidRPr="004D6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">las </w:t>
       </w:r>
       <w:r w:rsidRPr="004D6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>resultantes de los comparativos con los sistemas de educación superior de otros países, c</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">omo la formalización profesional que tiene lugar en Finlandia y la identificación de nuevas vertientes educativas que atiendan al impacto del bono demográfico y el </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nearshoring</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> que ciertamente generarán diferencias relevantes en cuanto a las matrículas requeridas en la educación superior que pueda</w:t>
       </w:r>
       <w:r w:rsidR="00DB3579" w:rsidRPr="004D6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> atender esos eventos, así como las consecuencias que estas puedan tener en la atención de otros sectores de la economía que el día de hoy se encuentran sub atendidos como el sector salud. </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
@@ -24365,70 +27890,70 @@
       <w:r w:rsidR="00E953FA" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> educación superior</w:t>
       </w:r>
       <w:r w:rsidR="00E8522C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, en su afán por</w:t>
       </w:r>
       <w:r w:rsidR="0084115C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> cumplir con su compromiso social deberían considerar a la internacionalización como un insumo necesario para atender estas alteraciones sociales.</w:t>
+        <w:t xml:space="preserve"> cumplir con su compromiso social deberían considerar a la </w:t>
+      </w:r>
+      <w:r w:rsidR="0084115C" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>internacionalización como un insumo necesario para atender estas alteraciones sociales.</w:t>
       </w:r>
       <w:r w:rsidR="00842C26" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ante </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">esta situación, </w:t>
+        <w:t xml:space="preserve"> Ante esta situación, </w:t>
       </w:r>
       <w:r w:rsidR="001E3A5C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>se ha s</w:t>
       </w:r>
       <w:r w:rsidR="00DA4F3A" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eñala</w:t>
       </w:r>
       <w:r w:rsidR="001E3A5C" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -25150,68 +28675,70 @@
       </w:r>
       <w:r w:rsidR="00DE7220" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de definición para la atención de</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> problemáticas derivadas de </w:t>
       </w:r>
       <w:r w:rsidR="00CB39A8" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">conceptos tales como </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E6F2F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>near</w:t>
       </w:r>
       <w:r w:rsidR="00CB39A8" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>shoring</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CB39A8" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e impacto del bono demográfico</w:t>
       </w:r>
       <w:r w:rsidR="00726134" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, en cuanto a los cambios </w:t>
       </w:r>
       <w:r w:rsidR="00AA120D" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">poblacionales y de </w:t>
       </w:r>
       <w:r w:rsidR="00DE7220" w:rsidRPr="003E7A82">
@@ -25436,83 +28963,96 @@
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28C75C1E" w14:textId="77777777" w:rsidR="0028689B" w:rsidRDefault="0028689B" w:rsidP="003470F9">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7251F9AB" w14:textId="36080FB7" w:rsidR="00FC0B47" w:rsidRPr="00CE0131" w:rsidRDefault="00FC0B47" w:rsidP="0028689B">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CE0131">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="11C419A6" w14:textId="3BC1DB97" w:rsidR="009A669C" w:rsidRPr="003E7A82" w:rsidRDefault="009A669C" w:rsidP="002C50B4">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CE0131">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Altbach, P</w:t>
+        <w:t>Altbach</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE0131">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, P</w:t>
       </w:r>
       <w:r w:rsidR="00C37CD1" w:rsidRPr="00CE0131">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE0131">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> G</w:t>
       </w:r>
       <w:r w:rsidR="00C37CD1" w:rsidRPr="00CE0131">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
@@ -25548,52 +29088,64 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B1083C" w:rsidRPr="00CE0131">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE0131">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Woldegiyorgis</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE0131">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Woldegiyorgis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B1083C" w:rsidRPr="00CE0131">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE0131">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidR="00C37CD1" w:rsidRPr="00CE0131">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -25680,51 +29232,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">UNESDOC, Biblioteca Digital, </w:t>
       </w:r>
       <w:r w:rsidR="00812AB0" w:rsidRPr="00E77F98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UNESCO</w:t>
       </w:r>
       <w:r w:rsidR="00067B1A" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AA381F" w:rsidRPr="003E7A82">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="003F50E0" w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://unesdoc.unesco.org/ark:/48223/pf0000380071</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005E55FF" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B01F837" w14:textId="77777777" w:rsidR="003E7A82" w:rsidRPr="003E7A82" w:rsidRDefault="003E7A82" w:rsidP="003E7A82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
@@ -25764,51 +29316,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2018). </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Visión y acción 2030. Propuesta de la ANUIES para renovar la educación superior en México. Diseño y concertación de políticas públicas para impulsar el cambio institucional</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ciudad de México, México: ANUIES. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://visionyaccion2030.anuies.mx/Vision_accion2030.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="169CFDAF" w14:textId="675F04DB" w:rsidR="009306BF" w:rsidRPr="003E7A82" w:rsidRDefault="009306BF" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
@@ -25907,51 +29459,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>México Panorama General</w:t>
       </w:r>
       <w:r w:rsidR="00067B1A" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:anchor="2" w:history="1">
+      <w:hyperlink r:id="rId14" w:anchor="2" w:history="1">
         <w:r w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.bancomundial.org/es/country/mexico/overview#2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="591D6FAE" w14:textId="4A77AA9B" w:rsidR="00370F31" w:rsidRPr="003E7A82" w:rsidRDefault="00370F31" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
@@ -26146,51 +29698,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cecilia (2023). </w:t>
       </w:r>
       <w:r w:rsidR="00AC6AC9" w:rsidRPr="00AC6AC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesla llega a México: las ventajas del país para ser el mayor fabricante de autos eléctricos de América Latina (y qué gran obstáculo enfrenta), </w:t>
       </w:r>
       <w:r w:rsidR="00AC6AC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">BBC News, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="003E2332" w:rsidRPr="00DD17AE">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.bbc.com/mundo/noticias-america-latina-64819256</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003E2332">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DC93AD1" w14:textId="6FAFE885" w:rsidR="002870E6" w:rsidRPr="003E7A82" w:rsidRDefault="002870E6" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="993"/>
@@ -26240,106 +29792,117 @@
         <w:t xml:space="preserve">Ciudad de México, México: </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UAEM-Tirant lo Blanch.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F273061" w14:textId="251477C5" w:rsidR="00582738" w:rsidRPr="006053F1" w:rsidRDefault="00582738" w:rsidP="00E77F98">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E7A82">
-[...6 lines deleted...]
-        <w:t>BIDInvest. (</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BIDInvest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. (</w:t>
       </w:r>
       <w:r w:rsidR="000D4548" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2017</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Financiamiento de FINAE.</w:t>
       </w:r>
       <w:r w:rsidR="0050217E" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000776FE" w:rsidRPr="006053F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>BID Invest</w:t>
       </w:r>
       <w:r w:rsidR="000776FE" w:rsidRPr="006053F1">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="000776FE" w:rsidRPr="006053F1">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>https://www.idbinvest.org/es/projects/financiamiento-de-finae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007B325B" w:rsidRPr="006053F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05524B6F" w14:textId="12606727" w:rsidR="00F10D9C" w:rsidRPr="003E7A82" w:rsidRDefault="00F10D9C" w:rsidP="00E77F98">
       <w:pPr>
@@ -26466,51 +30029,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cámara Suizo Mexicana de Comercio e Industria</w:t>
       </w:r>
       <w:r w:rsidR="00283317" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00283317" w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://swisscham.mx/formacion-dual/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000D4548" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -26663,61 +30226,72 @@
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vinculación y pertinencia social</w:t>
       </w:r>
       <w:r w:rsidR="005A7A16" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>¿Por qué? y ¿para qué?</w:t>
+        <w:t xml:space="preserve">¿Por qué? y ¿para </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>qué?</w:t>
       </w:r>
       <w:r w:rsidR="001D6082" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B23B51" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F53BEA" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estudios sociales</w:t>
       </w:r>
       <w:r w:rsidR="00DF030B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -26809,61 +30383,73 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Casas, D. (2016). </w:t>
       </w:r>
       <w:r w:rsidRPr="004D6263">
         <w:rPr>
           <w:rStyle w:val="italica"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Los 4 pasos para una gestión del cambio organizacional efectiva</w:t>
       </w:r>
       <w:r w:rsidRPr="004D6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000C5764" w:rsidRPr="004D6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Glüky Group. </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId17" w:history="1">
+        <w:t>Glüky</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C5764" w:rsidRPr="004D6263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Group. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="000C5764" w:rsidRPr="004D6263">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>https://blog.acsendo.com/los-4-pasos-una-gestion-del-cambio-organizacional-efectiva/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CE0131">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9CAA2E" w14:textId="6ED3F51F" w:rsidR="00EB3F02" w:rsidRPr="003E7A82" w:rsidRDefault="00EB3F02" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
@@ -27019,51 +30605,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>97-100</w:t>
       </w:r>
       <w:r w:rsidR="00DF030B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0091365E" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="0091365E" w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.scielo.org.mx/pdf/resu/v45n178/0185-2760-resu-45-178-00097.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DF030B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C7570B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
@@ -27139,148 +30725,210 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C37CD1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Niño Carrasco, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00C37CD1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>h.</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>h</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C37CD1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37CD1" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="007E47C3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(2022)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007E47C3" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2022)</w:t>
       </w:r>
       <w:r w:rsidR="00BF4903" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009F35B0" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Educación Superior en México: los retos del gobierno presidencial en el periodo 2018-2024 en materia de cobertura</w:t>
       </w:r>
       <w:r w:rsidR="002A690B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009F35B0" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Avaliação e Políticas Públicas em Educação, 30</w:t>
+        <w:t>Avaliação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e Políticas Públicas em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Educação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 30</w:t>
       </w:r>
       <w:r w:rsidR="00DF030B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>115</w:t>
       </w:r>
       <w:r w:rsidR="00DF030B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -27389,51 +31037,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sistema Educativo de Noruega</w:t>
       </w:r>
       <w:r w:rsidR="00990BDB" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00497B11" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="008271FA" w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.centroestudioscervantinos.es/sistema-educativo-noruega/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008271FA" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF7FAB3" w14:textId="5C9799DC" w:rsidR="0063342E" w:rsidRPr="003E7A82" w:rsidRDefault="0063342E" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
@@ -27591,86 +31239,88 @@
       <w:r w:rsidR="00A127D3" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7554DB37" w14:textId="357EDB4F" w:rsidR="00F21B6E" w:rsidRPr="003E7A82" w:rsidRDefault="00D5347F" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Foleho</w:t>
       </w:r>
       <w:r w:rsidR="00BA57D1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ykole</w:t>
       </w:r>
       <w:r w:rsidR="00BA57D1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ne</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BE7F4F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2024)</w:t>
       </w:r>
       <w:r w:rsidR="00BF4903" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -27689,51 +31339,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Acerca de</w:t>
       </w:r>
       <w:r w:rsidR="00BE7F4F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BA57D1" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00433769" w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.folkehogskole.no/en/about</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00433769" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16D1C564" w14:textId="3FFE0C99" w:rsidR="004C7D44" w:rsidRPr="003E7A82" w:rsidRDefault="004C7D44" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
@@ -28254,51 +31904,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00C32676" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D52884" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00D52884" w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://hdl.handle.net/10553/20550</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0052624A" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18F5CC63" w14:textId="2DF038F4" w:rsidR="00392DD8" w:rsidRPr="003E7A82" w:rsidRDefault="00BD51ED" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
@@ -28797,97 +32447,99 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Caracoliris</w:t>
       </w:r>
       <w:r w:rsidR="00B02E7F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005865E9" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="005865E9" w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.imsc.es/noticias/modelo-educativo-finlandia/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005865E9" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EE6A3C8" w14:textId="332D5ABB" w:rsidR="00A03EED" w:rsidRPr="003E7A82" w:rsidRDefault="00A03EED" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Infofinland</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009513C6" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2023)</w:t>
       </w:r>
       <w:r w:rsidR="009513C6" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -28898,69 +32550,80 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Formación Profesional</w:t>
       </w:r>
       <w:r w:rsidR="00B02E7F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B02E7F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Infofinland.</w:t>
+        <w:t>Infofinland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B02E7F" w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.infofinland.fi/es/education/vocational-education-and-training</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33D19619" w14:textId="77777777" w:rsidR="00FF32F4" w:rsidRDefault="00FF32F4" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
@@ -29010,86 +32673,97 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB7C57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Compendio de Estadísticas de Educación 2022 tabla 303.70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00FF32F4">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://nces.ed.gov/programs/coe/indicator/cha/undergrad-enrollment</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="31930392" w14:textId="4D6842A5" w:rsidR="00226730" w:rsidRPr="003E7A82" w:rsidRDefault="00054664" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E7A82">
-[...6 lines deleted...]
-        <w:t>Japsen, B</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Japsen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, B</w:t>
       </w:r>
       <w:r w:rsidR="00E20573" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020)</w:t>
       </w:r>
       <w:r w:rsidR="00E20573" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -29137,51 +32811,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Forbes</w:t>
       </w:r>
       <w:r w:rsidR="00B02E7F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004E453F" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="004E453F" w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.forbes.com/sites/brucejapsen/2020/07/14/pandemic-turns-physician-job-market-to-dire-from-demand/?sh=51dc19cde9cd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A62714" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F669AD8" w14:textId="5A74D4BD" w:rsidR="002F2B98" w:rsidRPr="003E7A82" w:rsidRDefault="002F2B98" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
@@ -29414,98 +33088,118 @@
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2022)</w:t>
       </w:r>
       <w:r w:rsidR="00D92144" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ‘¿Qué es el Nearshoring?’</w:t>
+        <w:t xml:space="preserve"> ‘¿Qué es el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nearshoring</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?’</w:t>
       </w:r>
       <w:r w:rsidR="00065226" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El Economista</w:t>
       </w:r>
       <w:r w:rsidR="00065226" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00AB4CB9" w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.eleconomista.com.mx/empresas/Que-es-el-nearshoring-20221108-0093.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E5E4167" w14:textId="4B730CAC" w:rsidR="00FC1B29" w:rsidRPr="003E7A82" w:rsidRDefault="00FC1B29" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
@@ -30033,51 +33727,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El Universal</w:t>
       </w:r>
       <w:r w:rsidR="00E0652B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B533BA" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00CE66FA" w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.eluniversal.com.mx/opinion/jaime-parada/la-urgente-necesidad-de-invertir-en-ciencia-tecnologia-e-innovacion-para-el-desarrollo-economico-y-social-de-mexico/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CE66FA" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001817BF" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -30115,51 +33809,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6 modelos educativos que han marcado el rumbo de América Latina</w:t>
       </w:r>
       <w:r w:rsidR="00F30FF8" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://blog.pearsonlatam.com/ingles-para-todos/modelos-educativos-america-latina</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F30FF8" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
@@ -30234,51 +33928,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ventajas del aula invertida</w:t>
       </w:r>
       <w:r w:rsidR="00F30FF8" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://blog.pearsonlatam.com/en-el-aula/ventajas-aula-invertida</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F30FF8" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
@@ -30476,51 +34170,51 @@
       </w:r>
       <w:r w:rsidR="008F166B" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Huelva</w:t>
       </w:r>
       <w:r w:rsidR="00F30FF8" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://web.unican.es/unidades/igualdad/Documents/responsabilidadsocialuniversitaria_UHU.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D44921" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE97B9D" w14:textId="242ECCCD" w:rsidR="00FC5B34" w:rsidRPr="003E7A82" w:rsidRDefault="00FC5B34" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
@@ -30768,51 +34462,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enciclopedia Asigna</w:t>
       </w:r>
       <w:r w:rsidR="00392DD8" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Edición 16).</w:t>
       </w:r>
       <w:r w:rsidR="009A6269" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="009A6269" w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://enciclopedia.net/modelo-educativo/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009A6269" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DEDF60B" w14:textId="3D61D8FC" w:rsidR="003B0247" w:rsidRPr="003E7A82" w:rsidRDefault="003B0247" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
@@ -30903,51 +34597,71 @@
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00392DD8" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Princeton, Estados Unidos: </w:t>
       </w:r>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Princeton University Press.</w:t>
+        <w:t xml:space="preserve">Princeton </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Press.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B6D04F3" w14:textId="140512BC" w:rsidR="00392DD8" w:rsidRPr="003E7A82" w:rsidRDefault="008B2AC6" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rueda Galvis, J</w:t>
@@ -31207,51 +34921,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La industria automovilística en México–Datos estadísticos</w:t>
       </w:r>
       <w:r w:rsidR="00392DD8" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D16A02" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidR="00D16A02" w:rsidRPr="003E7A82">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://es.statista.com/temas/6404/la-industria-automotriz-en-mexico/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D16A02" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="517F7540" w14:textId="1C215366" w:rsidR="00066079" w:rsidRDefault="00066079" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
@@ -31454,51 +35168,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conferencia Mundial sobre Educación Superior 2009 - Las nuevas dinámicas de la educación superior y de la investigación para el cambio social y el desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="003E2332">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Paris, 2009</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E2332">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="00DD17AE">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://unesdoc.unesco.org/search/N-EXPLORE-071b9414-18cf-451a-9d55-22f1ab99669b</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A5A010C" w14:textId="1DEFC555" w:rsidR="00F83755" w:rsidRDefault="00423BF0" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
@@ -31599,51 +35313,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0048491F" w:rsidRPr="004D6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>), 90-100.</w:t>
       </w:r>
       <w:r w:rsidR="003A4CB8" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidR="001A3C83" w:rsidRPr="00955955">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/articulo.oa?id=572260832008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BC4494" w:rsidRPr="003E7A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="641FDE0A" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
@@ -31807,1115 +35521,1085 @@
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4285"/>
         <w:gridCol w:w="5075"/>
       </w:tblGrid>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="3D9255A0" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="17D2148E" w14:textId="77C66DA9" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_bkwyjpjjzcq0" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="716B546A" w14:textId="191E1E6B" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="189868D1" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="31EBC35A" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Conceptualización </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3CB22093" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ALFREDO HDEZ. Y JORGE ZARUR (IGUAL).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="310C0FB6" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="29F9E35B" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7293F432" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ALFREDO HDEZ. Y JORGE ZARUR (IGUAL).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="291028BB" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="36C3822C" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0565AFA6" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="6E6262DA" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6BF754F7" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Validación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0A836911" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="573EE5BC" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4F772F71" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A63F1C5" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="47493796" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="23004EF7" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigación </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5DE22242" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ALFREDO HDEZ. Y JORGE ZARUR (IGUAL).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="38DDD0A8" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5EE647C3" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="435BEE9D" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="4B436D25" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="309A8BC8" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="33F14DD3" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ALFREDO HDEZ. Y JORGE ZARUR (IGUAL).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="32B8B760" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="74BF07F1" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5FA0B125" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ALFREDO HDEZ. (PRINCIPAL). JORGE ZARUR (APOYA).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="50AE44DE" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="735FBD08" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3AE3CFF9" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ALFREDO HDEZ. Y JORGE ZARUR (IGUAL).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="64EE4BFB" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4894E871" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Visualización </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="13A61131" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ALFREDO HDEZ. (PRINCIPAL). JORGE ZARUR (APOYA).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="04B73252" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="24E5CB74" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Supervisión </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1EBAF0DE" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ALFREDO HDEZ. (PRINCIPAL). JORGE ZARUR (APOYA).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="58049FCD" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="031213B6" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="678AEF20" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ALFREDO HDEZ. (PRINCIPAL). JORGE ZARUR (APOYA).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3C83" w:rsidRPr="001A3C83" w14:paraId="6C6704CF" w14:textId="77777777" w:rsidTr="001A3C83">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="44737202" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1BE99E34" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="001A3C83" w:rsidRDefault="001A3C83" w:rsidP="00E67F9A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3C83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ALFREDO HDEZ. Y JORGE ZARUR (IGUAL).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2609FC29" w14:textId="77777777" w:rsidR="001A3C83" w:rsidRPr="003E7A82" w:rsidRDefault="001A3C83" w:rsidP="00E77F98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001A3C83" w:rsidRPr="003E7A82" w:rsidSect="00E77F98">
-      <w:headerReference w:type="default" r:id="rId35"/>
-      <w:footerReference w:type="default" r:id="rId36"/>
+      <w:headerReference w:type="default" r:id="rId36"/>
+      <w:footerReference w:type="default" r:id="rId37"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1135" w:right="1608" w:bottom="568" w:left="1701" w:header="142" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67210085" w14:textId="77777777" w:rsidR="008B73E7" w:rsidRDefault="008B73E7" w:rsidP="00551269">
+    <w:p w14:paraId="4E3B734C" w14:textId="77777777" w:rsidR="00887FD9" w:rsidRDefault="00887FD9" w:rsidP="00551269">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29C835E0" w14:textId="77777777" w:rsidR="008B73E7" w:rsidRDefault="008B73E7" w:rsidP="00551269">
+    <w:p w14:paraId="2AF2F16A" w14:textId="77777777" w:rsidR="00887FD9" w:rsidRDefault="00887FD9" w:rsidP="00551269">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -32938,155 +36622,177 @@
   </w:font>
   <w:font w:name="Roboto">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="103028CC" w14:textId="56C4F3D3" w:rsidR="00E77F98" w:rsidRDefault="00E77F98" w:rsidP="00E77F98">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">  Núm. </w:t>
+      <w:t xml:space="preserve">  Núm.</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B21D7C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>22</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Julio - Diciembre</w:t>
+      <w:t xml:space="preserve">Julio - </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00B21D7C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42CE4BE3" w14:textId="77777777" w:rsidR="008B73E7" w:rsidRDefault="008B73E7" w:rsidP="00551269">
+    <w:p w14:paraId="69B9EAC8" w14:textId="77777777" w:rsidR="00887FD9" w:rsidRDefault="00887FD9" w:rsidP="00551269">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24C75DE4" w14:textId="77777777" w:rsidR="008B73E7" w:rsidRDefault="008B73E7" w:rsidP="00551269">
+    <w:p w14:paraId="3485A4E8" w14:textId="77777777" w:rsidR="00887FD9" w:rsidRDefault="00887FD9" w:rsidP="00551269">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="53A02DAB" w14:textId="59008E9C" w:rsidR="00423BF0" w:rsidRPr="00125B8B" w:rsidRDefault="00423BF0" w:rsidP="00E77F98">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
@@ -33143,51 +36849,51 @@
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="002B2AF8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>e actualiza constantemente.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2037417707"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="0ACA27FA" w14:textId="11584577" w:rsidR="00423BF0" w:rsidRDefault="00E77F98" w:rsidP="00E77F98">
         <w:pPr>
           <w:pStyle w:val="Encabezado"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="026D9E81" wp14:editId="42667E26">
               <wp:extent cx="5612130" cy="608330"/>
               <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
               <wp:docPr id="297834232" name="Imagen 297834232"/>
               <wp:cNvGraphicFramePr>
@@ -33206,51 +36912,51 @@
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5612130" cy="608330"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="065801E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F182B448"/>
     <w:lvl w:ilvl="0" w:tplc="8288FB48">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -34778,52 +38484,53 @@
   <w:num w:numId="9" w16cid:durableId="1446924027">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1568492500">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="393164642">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="78674017">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1219896207">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="404183109">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1747874300">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00021371"/>
     <w:rsid w:val="00005246"/>
@@ -34875,50 +38582,51 @@
     <w:rsid w:val="00084312"/>
     <w:rsid w:val="00084C88"/>
     <w:rsid w:val="00086BF2"/>
     <w:rsid w:val="00090489"/>
     <w:rsid w:val="000906C5"/>
     <w:rsid w:val="00090EFA"/>
     <w:rsid w:val="000926AF"/>
     <w:rsid w:val="00093D4B"/>
     <w:rsid w:val="00094E5B"/>
     <w:rsid w:val="0009528E"/>
     <w:rsid w:val="000969AE"/>
     <w:rsid w:val="000970DE"/>
     <w:rsid w:val="00097260"/>
     <w:rsid w:val="000A07AD"/>
     <w:rsid w:val="000A0D06"/>
     <w:rsid w:val="000A13BE"/>
     <w:rsid w:val="000A1791"/>
     <w:rsid w:val="000A1D18"/>
     <w:rsid w:val="000A3153"/>
     <w:rsid w:val="000A6EE6"/>
     <w:rsid w:val="000B021B"/>
     <w:rsid w:val="000B1961"/>
     <w:rsid w:val="000B2816"/>
     <w:rsid w:val="000B2CB6"/>
     <w:rsid w:val="000B432E"/>
+    <w:rsid w:val="000B4BCA"/>
     <w:rsid w:val="000C11FE"/>
     <w:rsid w:val="000C3760"/>
     <w:rsid w:val="000C5764"/>
     <w:rsid w:val="000C6378"/>
     <w:rsid w:val="000D086F"/>
     <w:rsid w:val="000D102B"/>
     <w:rsid w:val="000D39D1"/>
     <w:rsid w:val="000D3B28"/>
     <w:rsid w:val="000D4548"/>
     <w:rsid w:val="000D4F1C"/>
     <w:rsid w:val="000D5D81"/>
     <w:rsid w:val="000D61C7"/>
     <w:rsid w:val="000D6A30"/>
     <w:rsid w:val="000D7EDB"/>
     <w:rsid w:val="000E0B37"/>
     <w:rsid w:val="000E1AE3"/>
     <w:rsid w:val="000E30C6"/>
     <w:rsid w:val="000E34C6"/>
     <w:rsid w:val="000E3B8B"/>
     <w:rsid w:val="000E4545"/>
     <w:rsid w:val="000E7DA2"/>
     <w:rsid w:val="000F13B8"/>
     <w:rsid w:val="000F25D4"/>
     <w:rsid w:val="000F3240"/>
     <w:rsid w:val="000F7472"/>
@@ -35173,50 +38881,51 @@
     <w:rsid w:val="0036362B"/>
     <w:rsid w:val="00365BBF"/>
     <w:rsid w:val="00366755"/>
     <w:rsid w:val="003677A7"/>
     <w:rsid w:val="0037071B"/>
     <w:rsid w:val="00370D89"/>
     <w:rsid w:val="00370E31"/>
     <w:rsid w:val="00370F31"/>
     <w:rsid w:val="0037290F"/>
     <w:rsid w:val="00375257"/>
     <w:rsid w:val="00375D37"/>
     <w:rsid w:val="0038249E"/>
     <w:rsid w:val="00385F93"/>
     <w:rsid w:val="003900E0"/>
     <w:rsid w:val="003906EB"/>
     <w:rsid w:val="00390DE0"/>
     <w:rsid w:val="00391D55"/>
     <w:rsid w:val="00392B7A"/>
     <w:rsid w:val="00392DD8"/>
     <w:rsid w:val="003944F7"/>
     <w:rsid w:val="00394824"/>
     <w:rsid w:val="003949FA"/>
     <w:rsid w:val="00395122"/>
     <w:rsid w:val="003965C3"/>
     <w:rsid w:val="003A05E1"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A2045"/>
     <w:rsid w:val="003A3102"/>
     <w:rsid w:val="003A42CC"/>
     <w:rsid w:val="003A4CB8"/>
     <w:rsid w:val="003A627E"/>
     <w:rsid w:val="003B0247"/>
     <w:rsid w:val="003B2A91"/>
     <w:rsid w:val="003B4351"/>
     <w:rsid w:val="003B4F3E"/>
     <w:rsid w:val="003B520E"/>
     <w:rsid w:val="003B5F2E"/>
     <w:rsid w:val="003B68FA"/>
     <w:rsid w:val="003B71F9"/>
     <w:rsid w:val="003C128E"/>
     <w:rsid w:val="003C12D5"/>
     <w:rsid w:val="003C31D7"/>
     <w:rsid w:val="003C35C9"/>
     <w:rsid w:val="003C435B"/>
     <w:rsid w:val="003C4772"/>
     <w:rsid w:val="003C603B"/>
     <w:rsid w:val="003C77D3"/>
     <w:rsid w:val="003D00C0"/>
     <w:rsid w:val="003D0C82"/>
     <w:rsid w:val="003D28FB"/>
     <w:rsid w:val="003D35B1"/>
@@ -35711,50 +39420,51 @@
     <w:rsid w:val="008448FB"/>
     <w:rsid w:val="00844F78"/>
     <w:rsid w:val="0084592F"/>
     <w:rsid w:val="00847CA2"/>
     <w:rsid w:val="00852E02"/>
     <w:rsid w:val="00854951"/>
     <w:rsid w:val="00855437"/>
     <w:rsid w:val="00855ED2"/>
     <w:rsid w:val="008563D2"/>
     <w:rsid w:val="0085660F"/>
     <w:rsid w:val="00856A21"/>
     <w:rsid w:val="008579C2"/>
     <w:rsid w:val="0086144A"/>
     <w:rsid w:val="008631A5"/>
     <w:rsid w:val="00867139"/>
     <w:rsid w:val="00871536"/>
     <w:rsid w:val="00871C0B"/>
     <w:rsid w:val="00874149"/>
     <w:rsid w:val="008760FF"/>
     <w:rsid w:val="0087631D"/>
     <w:rsid w:val="00876740"/>
     <w:rsid w:val="00876EC6"/>
     <w:rsid w:val="008770FE"/>
     <w:rsid w:val="00883530"/>
     <w:rsid w:val="0088408C"/>
+    <w:rsid w:val="00887FD9"/>
     <w:rsid w:val="00894039"/>
     <w:rsid w:val="0089508B"/>
     <w:rsid w:val="00897D34"/>
     <w:rsid w:val="008A0680"/>
     <w:rsid w:val="008A205D"/>
     <w:rsid w:val="008A2252"/>
     <w:rsid w:val="008A22AC"/>
     <w:rsid w:val="008A71A2"/>
     <w:rsid w:val="008A7FD7"/>
     <w:rsid w:val="008B0375"/>
     <w:rsid w:val="008B2AC6"/>
     <w:rsid w:val="008B3B34"/>
     <w:rsid w:val="008B456B"/>
     <w:rsid w:val="008B49C1"/>
     <w:rsid w:val="008B5E24"/>
     <w:rsid w:val="008B73E7"/>
     <w:rsid w:val="008B76B9"/>
     <w:rsid w:val="008C24E5"/>
     <w:rsid w:val="008C6A68"/>
     <w:rsid w:val="008C6E6E"/>
     <w:rsid w:val="008D0664"/>
     <w:rsid w:val="008D1B79"/>
     <w:rsid w:val="008D1D9C"/>
     <w:rsid w:val="008D295C"/>
     <w:rsid w:val="008D452E"/>
@@ -36498,51 +40208,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="11401D81"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C172FB1C-3015-458B-8B2A-4D6CBCF49616}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -36960,51 +40670,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00CA71D2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
@@ -37323,51 +41032,51 @@
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00810441"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver2">
     <w:name w:val="Mención sin resolver2"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B8487C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisin">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00301BD8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00D24000"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D52884"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
@@ -37577,51 +41286,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLconformatoprevioCar">
     <w:name w:val="HTML con formato previo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="HTMLconformatoprevio"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E77F98"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="60103389">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="512300526">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -37849,51 +41558,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="939989250">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bancomundial.org/es/country/mexico/overview" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.org.mx/pdf/resu/v45n178/0185-2760-resu-45-178-00097.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eleconomista.com.mx/empresas/Que-es-el-nearshoring-20221108-0093.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/10553/20550" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=572260832008" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://visionyaccion2030.anuies.mx/Vision_accion2030.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.acsendo.com/los-4-pasos-una-gestion-del-cambio-organizacional-efectiva/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forbes.com/sites/brucejapsen/2020/07/14/pandemic-turns-physician-job-market-to-dire-from-demand/?sh=51dc19cde9cd" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/search/N-EXPLORE-071b9414-18cf-451a-9d55-22f1ab99669b" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swisscham.mx/formacion-dual/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkehogskole.no/en/about" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.pearsonlatam.com/en-el-aula/ventajas-aula-invertida" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000380071" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/programs/coe/indicator/cha/undergrad-enrollment" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.statista.com/temas/6404/la-industria-automotriz-en-mexico/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idbinvest.org/es/projects/financiamiento-de-finae" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infofinland.fi/es/education/vocational-education-and-training" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.pearsonlatam.com/ingles-para-todos/modelos-educativos-america-latina" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto2.wdp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centroestudioscervantinos.es/sistema-educativo-noruega/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enciclopedia.net/modelo-educativo/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.com/mundo/noticias-america-latina-64819256" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imsc.es/noticias/modelo-educativo-finlandia/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eluniversal.com.mx/opinion/jaime-parada/la-urgente-necesidad-de-invertir-en-ciencia-tecnologia-e-innovacion-para-el-desarrollo-economico-y-social-de-mexico/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.unican.es/unidades/igualdad/Documents/responsabilidadsocialuniversitaria_UHU.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://visionyaccion2030.anuies.mx/Vision_accion2030.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.acsendo.com/los-4-pasos-una-gestion-del-cambio-organizacional-efectiva/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forbes.com/sites/brucejapsen/2020/07/14/pandemic-turns-physician-job-market-to-dire-from-demand/?sh=51dc19cde9cd" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkehogskole.no/en/about" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/search/N-EXPLORE-071b9414-18cf-451a-9d55-22f1ab99669b" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i22.930" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000380071" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://swisscham.mx/formacion-dual/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/programs/coe/indicator/cha/undergrad-enrollment" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.statista.com/temas/6404/la-industria-automotriz-en-mexico/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idbinvest.org/es/projects/financiamiento-de-finae" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centroestudioscervantinos.es/sistema-educativo-noruega/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.pearsonlatam.com/ingles-para-todos/modelos-educativos-america-latina" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto2.wdp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infofinland.fi/es/education/vocational-education-and-training" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enciclopedia.net/modelo-educativo/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.com/mundo/noticias-america-latina-64819256" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imsc.es/noticias/modelo-educativo-finlandia/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eluniversal.com.mx/opinion/jaime-parada/la-urgente-necesidad-de-invertir-en-ciencia-tecnologia-e-innovacion-para-el-desarrollo-economico-y-social-de-mexico/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.org.mx/pdf/resu/v45n178/0185-2760-resu-45-178-00097.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.unican.es/unidades/igualdad/Documents/responsabilidadsocialuniversitaria_UHU.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bancomundial.org/es/country/mexico/overview" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/10553/20550" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eleconomista.com.mx/empresas/Que-es-el-nearshoring-20221108-0093.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.pearsonlatam.com/en-el-aula/ventajas-aula-invertida" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=572260832008" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -38122,75 +41831,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>32</Pages>
-  <Words>11639</Words>
-  <Characters>64017</Characters>
+  <Words>11654</Words>
+  <Characters>64103</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>533</Lines>
+  <Lines>534</Lines>
   <Paragraphs>151</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>75505</CharactersWithSpaces>
+  <CharactersWithSpaces>75606</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>usuario</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>15362a0fa6eb261c58d71866bb76b00b09088856fa5644883f4b00262e91a775</vt:lpwstr>