--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -4,76 +4,143 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3E86BE4D" w14:textId="627288C6" w:rsidR="00526986" w:rsidRDefault="00526986" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4B00DE29" w14:textId="6C479A7D" w:rsidR="00F24087" w:rsidRDefault="00F24087" w:rsidP="00526986">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00F24087">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i22.932</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="47ABD3F5" w14:textId="77777777" w:rsidR="00F24087" w:rsidRPr="00F24087" w:rsidRDefault="00F24087" w:rsidP="00526986">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="4AD5FDEC" w14:textId="45A0A27F" w:rsidR="00B26053" w:rsidRPr="00526986" w:rsidRDefault="00B26053" w:rsidP="00074777">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
@@ -92,593 +159,576 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>importance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>importance</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>motivation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>motivation</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>the</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>learning</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>elementary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>elementary</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>school</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>school</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B26053" w:rsidRPr="00526986">
+        <w:t>students</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="52DBA1E5" w14:textId="3C8643C3" w:rsidR="00526986" w:rsidRPr="00526986" w:rsidRDefault="00526986" w:rsidP="00074777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>students</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:br/>
-      </w:r>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">A </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>importância</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>importância</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> da </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>motivação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>motivação</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>na</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>aprendizagem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>aprendizagem</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> dos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dos </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>alunos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>alunos</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> do </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>nível</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>nível</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> básico</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A33A76D" w14:textId="77777777" w:rsidR="00526986" w:rsidRDefault="00526986" w:rsidP="00A82027">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A6B3B02" w14:textId="05E26B1B" w:rsidR="00B26053" w:rsidRPr="00526986" w:rsidRDefault="00B26053" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -770,73 +820,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="158D5251" w14:textId="776E8A4F" w:rsidR="00B26053" w:rsidRPr="00526986" w:rsidRDefault="00B26053" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Doris </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Beatriz Dzib Moo</w:t>
+        <w:t>Doris Laury Beatriz Dzib Moo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="101DA167" w14:textId="4E61B7AF" w:rsidR="00B7118E" w:rsidRDefault="00B7118E" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Juárez Autónoma de Tabasco</w:t>
       </w:r>
       <w:r w:rsidR="00074777">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1040,73 +1068,81 @@
     </w:p>
     <w:p w14:paraId="08B497FD" w14:textId="4479AC89" w:rsidR="00DE3A10" w:rsidRPr="00E77217" w:rsidRDefault="00DE3A10" w:rsidP="00A82027">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El instrumento utilizado para la recopilación de datos en la investigación fue una revisión documental sistemática, que consistió en la búsqueda, selección y análisis de literatura académica relevante sobre la motivación en el aprendizaje de los alumnos de educación primaria.</w:t>
       </w:r>
       <w:r w:rsidR="00484E1A" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Dando como resultado que es importante fomentar estrategias que impulsen la motivación y el compromiso de los estudiantes en su aprendizaje, ya que la motivación es el impulso clave del proceso educativo. Aunque depende de varios factores, su existencia es esencial para lograr un aprendizaje exitoso y enriquecedor.</w:t>
+        <w:t xml:space="preserve"> Dando como resultado que es importante fomentar estrategias que impulsen la motivación y el compromiso de los estudiantes en su aprendizaje, ya que la motivación es </w:t>
+      </w:r>
+      <w:r w:rsidR="00484E1A" w:rsidRPr="00E77217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>el impulso clave del proceso educativo. Aunque depende de varios factores, su existencia es esencial para lograr un aprendizaje exitoso y enriquecedor.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="44EFAA66" w14:textId="4950B855" w:rsidR="009D4FE1" w:rsidRDefault="009D4FE1" w:rsidP="00A82027">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Palabras claves:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Motivación, importancia aprendizaje, estrategias </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C7247C" w14:textId="77777777" w:rsidR="00074777" w:rsidRDefault="00074777" w:rsidP="00A82027">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -2377,67 +2413,57 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>learned</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25AA6386" w14:textId="77777777" w:rsidR="00131BF3" w:rsidRPr="00E77217" w:rsidRDefault="00131BF3" w:rsidP="00A82027">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00E77217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>instrument</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3676,69 +3702,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> Motivation, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>importance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4927,50 +4935,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>comprometimento</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>alunos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -5044,60 +5053,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> é o motor principal do </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>processo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">educativo. </w:t>
+        <w:t xml:space="preserve"> educativo. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Embora</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dependa de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00526986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5709,61 +5709,61 @@
       <w:r w:rsidR="004F0302" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se han identificado</w:t>
       </w:r>
       <w:r w:rsidR="00664DDB" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> como</w:t>
       </w:r>
       <w:r w:rsidR="004F0302" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> factores que impiden el éxito del proceso de enseñanza y aprendizaje y deben considerarse para evitar impedir la mejora de la calidad de la educación. Además, la motivación se ve como un factor recíproco, en el que algunos individuos influyen en otros y los factores situacionales se vuelven más importantes que nunca, pero esto es más común y simple cuando los estudiantes no logran aprender debido a </w:t>
+        <w:t xml:space="preserve"> factores que impiden el éxito del proceso de enseñanza y aprendizaje y deben considerarse para evitar impedir la mejora de la calidad de la educación. Además, la motivación se ve como un factor recíproco, en el que algunos individuos influyen en otros y los factores situacionales se vuelven más importantes que </w:t>
       </w:r>
       <w:r w:rsidR="004F0302" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>la falta de motivación. Estudiantes</w:t>
+        <w:t>nunca, pero esto es más común y simple cuando los estudiantes no logran aprender debido a la falta de motivación. Estudiantes</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de cualquier edad y más aún si se trata de educación básica, en donde apenas están desarrollando las capacidades de socialización y adaptación en un grupo social mayor al que quizá estén en relación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7060853D" w14:textId="0D7285DB" w:rsidR="001944EB" w:rsidRPr="00E77217" w:rsidRDefault="00FD778D" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
@@ -6091,91 +6091,100 @@
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Los criterios de inclusión establecidos para la selección de los </w:t>
       </w:r>
       <w:r w:rsidR="0073294D" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>artículos</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> incluyeron la relevancia temática, es decir, aquellos estudios que abordaran la motivación en el contexto de la educación primaria, la disponibilidad de acceso completo al texto, la vigencia de l</w:t>
+        <w:t xml:space="preserve"> incluyeron la relevancia temática, es decir, aquellos estudios que abordaran la motivación en el contexto de la educación primaria, la disponibilidad de acceso completo al texto, la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>vigencia de l</w:t>
       </w:r>
       <w:r w:rsidR="003021E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">as publicaciones </w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>preferentemente de los últimos diez años y que estuvieran escritos en español o inglés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35E4D8DC" w14:textId="77777777" w:rsidR="00297A12" w:rsidRPr="00E77217" w:rsidRDefault="00297A12" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Una vez seleccionados los documentos, se llevó a cabo un análisis crítico de la literatura, evaluando la calidad metodológica de los estudios, la validez de sus resultados y su relevancia para los objetivos de la investigación. Este proceso permitió sintetizar los hallazgos más relevantes y comprender los factores motivacionales clave que influyen en el desempeño académico de los alumnos de nivel básico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D11AB80" w14:textId="00F44417" w:rsidR="00A168D5" w:rsidRPr="00E77217" w:rsidRDefault="00A168D5" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La investigación sobre la motivación en el aprendizaje de los alumnos de nivel básico, particularmente en el contexto de la educación primaria, requiere una metodología bien estructurada para asegurar la rigurosidad y relevancia de los resultados obtenidos. A continuación, se presenta una metodología detallada para llevar a cabo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="104EFE31" w14:textId="732E22AE" w:rsidR="00A168D5" w:rsidRPr="00E77217" w:rsidRDefault="00A168D5" w:rsidP="00526986">
       <w:pPr>
@@ -6471,60 +6480,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Interpretación y Discusión de los Resultados:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7288786C" w14:textId="77777777" w:rsidR="00A168D5" w:rsidRPr="00E77217" w:rsidRDefault="00A168D5" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se interpretan los resultados obtenidos a partir del análisis de la literatura, destacando las principales conclusiones, implicaciones y perspectivas relacionadas con el </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>tema de investigación. Se discuten los hallazgos en el contexto de investigaciones previas y teorías relevantes, señalando las contribuciones al conocimiento existente y las posibles limitaciones o áreas para futuras investigaciones.</w:t>
+        <w:t>Se interpretan los resultados obtenidos a partir del análisis de la literatura, destacando las principales conclusiones, implicaciones y perspectivas relacionadas con el tema de investigación. Se discuten los hallazgos en el contexto de investigaciones previas y teorías relevantes, señalando las contribuciones al conocimiento existente y las posibles limitaciones o áreas para futuras investigaciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D8A1B5D" w14:textId="455D8DF8" w:rsidR="00A168D5" w:rsidRPr="00E77217" w:rsidRDefault="00A168D5" w:rsidP="00526986">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Elaboración de</w:t>
@@ -6900,78 +6901,70 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La motivación, definida como el motor de la conducta humana, se considera esencial para impulsar a los individuos hacia la acción. Se distinguen dos dimensiones de la motivación: interna y externa, así como positiva y negativa, lo que da lugar a cuatro tipos de motivaciones. Estas pueden influir significativamente en el compromiso y la persistencia del estudiante en la consecución de metas educativas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A5AF68F" w14:textId="7884F5CB" w:rsidR="00AE4568" w:rsidRPr="00352506" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">La motivación, del latín </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>motivus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (relativo al movimiento), es aquello que mueve o tiene eficacia o virtud para mover; en este sentido, es el motor de la conducta humana. El interés por una actividad es “despertado” por una necesidad, la misma que es un </w:t>
-[...8 lines deleted...]
-        <w:t>mecanismo que incita a la persona a la acción, y que puede ser de origen fisiológico o psicológico</w:t>
+        <w:t xml:space="preserve"> (relativo al movimiento), es aquello que mueve o tiene eficacia o virtud para mover; en este sentido, es el motor de la conducta humana. El interés por una actividad es “despertado” por una necesidad, la misma que es un mecanismo que incita a la persona a la acción, y que puede ser de origen fisiológico o psicológico</w:t>
       </w:r>
       <w:r w:rsidR="0042762B" w:rsidRPr="00E77217">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00352506" w:rsidRPr="004161A4">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="0042762B" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Carrillo, Padilla</w:t>
       </w:r>
       <w:r w:rsidR="003021E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00352506" w:rsidRPr="004161A4">
         <w:rPr>
@@ -7187,50 +7180,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Se enfatiza que la motivación es el motor del aprendizaje, ya que energiza y dirige la conducta del estudiante. Sin embargo, su presencia no solo depende de las características individuales del estudiante, sino también de las relaciones entre estudiantes y profesores. Estas relaciones deben estar alineadas con el sentido del aprendizaje, guiando a los alumnos para que comprendan los objetivos y motivos detrás de lo que están aprendiendo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18FFE717" w14:textId="1FD66F80" w:rsidR="00AD1CEE" w:rsidRPr="00E77217" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Al abordar la motivación y su afinidad con él aprendizaje, específicamente lo </w:t>
       </w:r>
       <w:r w:rsidR="00C833EE" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>relacionado con</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darle a ésta una representación de doble vía, es necesario analizar los aspectos que inciden directamente en dicha relación </w:t>
       </w:r>
       <w:r w:rsidR="00352506">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
@@ -7271,60 +7265,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C511627" w14:textId="77777777" w:rsidR="00AD1CEE" w:rsidRPr="00E77217" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Distingue entre la motivación intrínseca y extrínseca. La motivación intrínseca surge del propio individuo y se basa en la curiosidad y el descubrimiento, donde el </w:t>
-[...8 lines deleted...]
-        <w:t>aprendizaje en sí mismo es la recompensa. En contraste, la motivación extrínseca proviene de factores externos y se centra en obtener recompensas externas o evitar consecuencias negativas.</w:t>
+        <w:t>Distingue entre la motivación intrínseca y extrínseca. La motivación intrínseca surge del propio individuo y se basa en la curiosidad y el descubrimiento, donde el aprendizaje en sí mismo es la recompensa. En contraste, la motivación extrínseca proviene de factores externos y se centra en obtener recompensas externas o evitar consecuencias negativas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DCBA3DE" w14:textId="77777777" w:rsidR="00AD1CEE" w:rsidRPr="00E77217" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Se subraya el papel del profesor en fomentar la motivación intrínseca del estudiante, creando un ambiente de aprendizaje donde se destaque el interés intrínseco, se establezcan expectativas realistas y se ofrezca apoyo adicional. También se menciona que la falta de coincidencia entre la motivación del profesor y la del estudiante puede llevar al estudiante a adoptar una motivación extrínseca, lo que resulta en un aprendizaje superficial.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="485A6359" w14:textId="77777777" w:rsidR="00AD1CEE" w:rsidRPr="00E77217" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -7421,124 +7406,96 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Vanesa A. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Lic. en Psicopedagogía. Universidad Nacional de Río Cuarto/CONICET. Río Cuarto. Argentina. </w:t>
+        <w:t xml:space="preserve">Vanesa A. Bonetto Lic. en Psicopedagogía. Universidad Nacional de Río Cuarto/CONICET. Río Cuarto. Argentina. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AD50802" w14:textId="4F0384AE" w:rsidR="00AD1CEE" w:rsidRPr="00E77217" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Luciana L. Calderón</w:t>
       </w:r>
       <w:r w:rsidR="00AC17E1" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t>. en Investigación Educativa. Universidad Nacional de Río Cuarto/CONICET. Río Cuarto. Argentina.</w:t>
+      <w:r w:rsidRPr="00E77217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mgter. en Investigación Educativa. Universidad Nacional de Río Cuarto/CONICET. Río Cuarto. Argentina.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A13F6B" w14:textId="70CF83ED" w:rsidR="00AD1CEE" w:rsidRPr="00E77217" w:rsidRDefault="00352506" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Este texto aborda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -7570,71 +7527,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Se resalta la relevancia del éxito académico en la sociedad actual y se reconoce que la falta de motivación para aprender y el bajo rendimiento académico son problemas significativos que requieren atención urgente por parte de padres, docentes, investigadores y la sociedad en su conjunto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B919A4E" w14:textId="77777777" w:rsidR="00AD1CEE" w:rsidRPr="00E77217" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>El análisis se adentra en las diferentes perspectivas teóricas sobre la motivación, destacando la importancia de considerar tanto los aspectos intrínsecos como extrínsecos que influyen en la motivación del estudiante. Se reconoce que la motivación influye en qué, cuándo y cómo aprendemos, y que tanto los factores externos como el contexto de aprendizaje como los factores internos del estudiante tienen un papel importante en este proceso.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BD97A88" w14:textId="77777777" w:rsidR="00AD1CEE" w:rsidRPr="00E77217" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Además, se señala la necesidad de que los docentes reflexionen sobre su propia práctica y su impacto en la motivación de los estudiantes. Se discuten ejemplos concretos de interacciones entre docentes y alumnos en un aula universitaria, donde se pone de manifiesto la importancia del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>feedback</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> positivo, la comprensión del contexto de aprendizaje y la promoción de la autonomía del alumno.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="313E5EDE" w14:textId="32D86C04" w:rsidR="00AD1CEE" w:rsidRPr="004161A4" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
@@ -7818,80 +7775,72 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Además, se cuestiona el papel del profesorado en la motivación de los alumnos, frente a las críticas generalizadas sobre el sistema educativo español. Se plantea la necesidad de comprender qué motiva a los estudiantes y cómo se puede mejorar su experiencia educativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6941152C" w14:textId="77777777" w:rsidR="00AD1CEE" w:rsidRPr="00E77217" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>El texto destaca la importancia de enseñar valores y habilidades emocionales en la escuela, así como la necesidad de adaptar las estrategias educativas al mundo cambiante en el que vivimos. Se subraya que la motivación es un aspecto complejo que depende de múltiples factores, y se propone una evaluación continua y sin exámenes como alternativa a la evaluación tradicional.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31044A29" w14:textId="1EDE66D7" w:rsidR="00AD1CEE" w:rsidRPr="00E77217" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Finalmente, se presenta una propuesta educativa centrada en el bienestar y el desarrollo integral de los alumnos, con énfasis en la diversión y el aprendizaje activo. Se </w:t>
-[...8 lines deleted...]
-        <w:t>destaca la importancia de la colaboración entre el profesorado y las familias, así como el papel del profesor como guía en el proceso de enseñanza-aprendizaj</w:t>
+        <w:t>Finalmente, se presenta una propuesta educativa centrada en el bienestar y el desarrollo integral de los alumnos, con énfasis en la diversión y el aprendizaje activo. Se destaca la importancia de la colaboración entre el profesorado y las familias, así como el papel del profesor como guía en el proceso de enseñanza-aprendizaj</w:t>
       </w:r>
       <w:r w:rsidR="00AC5076" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">es </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00AC5076" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se</w:t>
@@ -8045,69 +7994,51 @@
       <w:r w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> Lic. en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Psic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Mayra Alejandra </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> González</w:t>
+        <w:t>. Mayra Alejandra Abundez González</w:t>
       </w:r>
       <w:r w:rsidR="00352506" w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Preparatoria Universidad de Guadalajara</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FE8D82E" w14:textId="77777777" w:rsidR="00AD1CEE" w:rsidRPr="00E77217" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8159,133 +8090,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El diagnóstico presentado revela una serie de problemáticas en la Escuela Primaria José María Morelos y Pavón, donde se evidencia desmotivación por parte de los alumnos, lo que se traduce en bajo rendimiento y escasas expectativas de éxito. Además, se menciona la tendencia de algunos estudiantes a evitar el fracaso más que buscar el éxito, lo que se manifiesta en conductas como el incumplimiento o el estudio de última hora.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4226C76B" w14:textId="77777777" w:rsidR="00AD1CEE" w:rsidRPr="00E77217" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>El texto luego profundiza en el concepto de motivación, destacando su importancia en el proceso de enseñanza-aprendizaje y describiendo diferentes perspectivas psicológicas sobre la motivación, como la conductual, humanista, cognitiva y social. Se hace hincapié en la necesidad de considerar al estudiante como una entidad diversa, influenciada por múltiples factores personales y contextuales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A6C79FB" w14:textId="726BC0E6" w:rsidR="002E504B" w:rsidRDefault="00AD1CEE" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se abordan también los principios básicos de la motivación en el ámbito escolar, como la curiosidad, el interés y la creatividad, y se discuten diferentes teorías explicativas </w:t>
-[...8 lines deleted...]
-        <w:t>del proceso motivacional, como la motivación de logro. Se enfatiza la importancia de promover la motivación intrínseca en los estudiantes, así como de proporcionar oportunidades de elección y autodeterminación</w:t>
+        <w:t>Se abordan también los principios básicos de la motivación en el ámbito escolar, como la curiosidad, el interés y la creatividad, y se discuten diferentes teorías explicativas del proceso motivacional, como la motivación de logro. Se enfatiza la importancia de promover la motivación intrínseca en los estudiantes, así como de proporcionar oportunidades de elección y autodeterminación</w:t>
       </w:r>
       <w:r w:rsidR="002E504B" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00352506" w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="002E504B" w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Márquez </w:t>
       </w:r>
       <w:r w:rsidR="005F0F7D" w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="002E504B" w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Abundez</w:t>
+      </w:r>
       <w:r w:rsidR="00352506" w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002E504B" w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015).</w:t>
       </w:r>
       <w:r w:rsidR="002E504B" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -8756,69 +8669,51 @@
               </w:rPr>
               <w:t>La importancia de atender a la motivación en el aula</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1508BE2F" w14:textId="77777777" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E77217">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vanesa A. </w:t>
-[...17 lines deleted...]
-              <w:t>, Luciana L. Calderón</w:t>
+              <w:t>Vanesa A. Bonetto, Luciana L. Calderón</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2026" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B74CA8C" w14:textId="77777777" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E77217">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>La influencia de la motivación en la práctica docente y en el éxito académico; papel del docente en fomentar la motivación.</w:t>
             </w:r>
@@ -8890,350 +8785,311 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B26053" w:rsidRPr="00E77217" w14:paraId="16F5C2EE" w14:textId="77777777" w:rsidTr="00CA501C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1478" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1820CE55" w14:textId="77777777" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E77217">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>La motivación en los alumnos de Educación Primaria</w:t>
+              <w:t xml:space="preserve">La motivación en los alumnos de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E77217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Educación Primaria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D986021" w14:textId="77777777" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E77217">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Antonio Enrique Martínez Peñaranda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2026" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19ACB63F" w14:textId="77777777" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E77217">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Motivación de alumnos de primaria; desafíos de la sobrecarga de deberes; rol del profesorado en la motivación y enseñanza de habilidades emocionales.</w:t>
+              <w:t xml:space="preserve">Motivación de alumnos de primaria; desafíos de la sobrecarga </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E77217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>de deberes; rol del profesorado en la motivación y enseñanza de habilidades emocionales.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11D843B7" w14:textId="77777777" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2766" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30AA7921" w14:textId="77777777" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E77217">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Propuesta de intervención educativa que incluye proyectos cooperativos y desarrollo integral de los alumnos, enfatizando la diversión y la colaboración entre profesorado y familias.</w:t>
+              <w:t xml:space="preserve">Propuesta de intervención educativa que incluye proyectos cooperativos y desarrollo integral de los </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E77217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>alumnos, enfatizando la diversión y la colaboración entre profesorado y familias.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B26053" w:rsidRPr="00E77217" w14:paraId="2E34887B" w14:textId="77777777" w:rsidTr="00CA501C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1478" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D43D310" w14:textId="77777777" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E77217">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">La motivación en el aula: </w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>estrategia esencial para mejorar el aprendizaje en la escuela primaria</w:t>
+              <w:t>La motivación en el aula: estrategia esencial para mejorar el aprendizaje en la escuela primaria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E050C44" w14:textId="77777777" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E77217">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> González</w:t>
+              <w:t>Marcia Leticia Márquez Hernández, Mayra Alejandra Abundez González</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2026" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02B4657F" w14:textId="77777777" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E77217">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-              <w:t>en la escuela primaria; análisis de problemáticas como la desmotivación y el bajo rendimiento.</w:t>
+              <w:t>Relación entre la motivación y el proceso educativo en la escuela primaria; análisis de problemáticas como la desmotivación y el bajo rendimiento.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DA675FA" w14:textId="77777777" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E77217">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-              <w:t>social.</w:t>
+              <w:t>Conductual, humanista, cognitiva, social.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2766" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5608E48B" w14:textId="77777777" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E77217">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-              <w:t>educativo positivo, y estrategias para evitar la desmotivación.</w:t>
+              <w:t>Importancia de la motivación intrínseca, creación de un ambiente educativo positivo, y estrategias para evitar la desmotivación.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F060D1B" w14:textId="22BCF438" w:rsidR="00B26053" w:rsidRPr="00E77217" w:rsidRDefault="00B26053" w:rsidP="00A82027">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65F64660" w14:textId="13DC98B1" w:rsidR="003237AD" w:rsidRPr="00E77217" w:rsidRDefault="003021E1" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En la t</w:t>
       </w:r>
       <w:r w:rsidRPr="003021E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9404,69 +9260,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Al igual podemos encontrar diferencias ya que mientras que Carrillo</w:t>
       </w:r>
       <w:r w:rsidR="00630B23" w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2009) y Ospina (2006) ponen un fuerte énfasis en las teorías de la motivación y la distinción entre motivación interna y externa, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> y Calderón</w:t>
+        <w:t xml:space="preserve"> (2009) y Ospina (2006) ponen un fuerte énfasis en las teorías de la motivación y la distinción entre motivación interna y externa, Bonetto y Calderón</w:t>
       </w:r>
       <w:r w:rsidR="00352506" w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2016)</w:t>
       </w:r>
       <w:r w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y Martínez Peñaranda</w:t>
       </w:r>
       <w:r w:rsidR="00352506" w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2016) </w:t>
       </w:r>
@@ -9474,50 +9312,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>abordan más la práctica docente y la necesidad de reflexión por parte de los educadores.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F97E883" w14:textId="68FF852B" w:rsidR="00921D44" w:rsidRPr="00E77217" w:rsidRDefault="00C02F21" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Carrillo</w:t>
       </w:r>
       <w:r w:rsidR="00630B23" w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00921D44" w:rsidRPr="004161A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2009)</w:t>
@@ -9574,69 +9413,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Márquez </w:t>
       </w:r>
       <w:r w:rsidR="005F0F7D" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (2015) indican</w:t>
+        <w:t xml:space="preserve"> Abundez (2015) indican</w:t>
       </w:r>
       <w:r w:rsidR="002E504B" w:rsidRPr="00352506">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003021E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>específicamente</w:t>
       </w:r>
       <w:r w:rsidR="00921D44" w:rsidRPr="00352506">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9646,51 +9467,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>el entorno psicológico y su impacto en el aprendizaje, presentando un análisis detallado de las problemáticas de desmotivación y proponiendo estrategias para mejorar la motivación en el aula.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79740A29" w14:textId="1D6CCCE2" w:rsidR="00B0004A" w:rsidRPr="00E77217" w:rsidRDefault="00921D44" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Se puede afirmar que, aunque cada autor o grupo de autores aborda la motivación desde diferentes ángulos, todos reconocen su importancia fundamental en el proceso de aprendizaje y el papel crucial que desempeñan los educadores en fomentar un ambiente motivador y positivo para los estudiantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61ED6895" w14:textId="56684845" w:rsidR="000C095D" w:rsidRPr="00E77217" w:rsidRDefault="000C095D" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La motivación desempeña un papel fundamental en el desempeño académico de los estudiantes de nivel básico, como lo revelan numerosos estudios en el campo educativo. La investigación ha demostrado consistentemente que los estudiantes que están intrínsecamente motivados tienden a mostrar un mayor compromiso con el aprendizaje y a alcanzar niveles más altos de logro académico en comparación con aquellos cuya motivación es principalmente </w:t>
       </w:r>
       <w:r w:rsidR="00921D44" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9770,51 +9590,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La relación entre la motivación y el aprendizaje es un aspecto vital en el ámbito educativo, como revela el análisis detallado proporcionado. Se reconoce que tanto los conocimientos previos, las habilidades y los valores adquiridos por los estudiantes como la calidad del profesor desempeñan roles fundamentales en el proceso de aprendizaje. La motivación, considerada el motor de la conducta humana, impulsa a los individuos hacia la acción y se distingue en dimensiones internas y externas, así como positivas y negativas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="503767BF" w14:textId="77777777" w:rsidR="007835B3" w:rsidRPr="00E77217" w:rsidRDefault="007835B3" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Este complejo entramado de motivaciones influye significativamente en el compromiso y la persistencia del estudiante en la consecución de metas educativas. Desde las teorías clásicas como la Jerarquía de Necesidades de Maslow hasta enfoques contemporáneos como el conductista y el cognitivo, se destaca la importancia de comprender y fomentar la motivación intrínseca, basada en la curiosidad y el descubrimiento, para un aprendizaje significativo y duradero.</w:t>
+        <w:t xml:space="preserve">Este complejo entramado de motivaciones influye significativamente en el compromiso y la persistencia del estudiante en la consecución de metas educativas. Desde las teorías clásicas como la Jerarquía de Necesidades de Maslow hasta enfoques contemporáneos como el conductista y el cognitivo, se destaca la importancia de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>comprender y fomentar la motivación intrínseca, basada en la curiosidad y el descubrimiento, para un aprendizaje significativo y duradero.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D0ED216" w14:textId="77777777" w:rsidR="007835B3" w:rsidRPr="00E77217" w:rsidRDefault="007835B3" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El papel del profesor es esencial en este proceso, ya que su capacidad para crear un ambiente de aprendizaje estimulante y ofrecer apoyo adicional puede potenciar la motivación intrínseca de los estudiantes. La falta de coincidencia entre las motivaciones del profesor y del estudiante puede llevar a una motivación extrínseca, lo que resulta en un aprendizaje superficial y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9828,51 +9657,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C0A90AC" w14:textId="73D525AA" w:rsidR="00921D44" w:rsidRDefault="00AC5076" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Por último</w:t>
       </w:r>
       <w:r w:rsidR="007835B3" w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, se destaca la necesidad de promover estrategias que estimulen la motivación y el compromiso de los estudiantes en el aprendizaje, reconociendo que la motivación es el motor del aprendizaje y que su presencia, aunque depende de diversos factores, es fundamental para un proceso educativo exitoso y enriquecedor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="291F588C" w14:textId="77777777" w:rsidR="00526986" w:rsidRPr="00E77217" w:rsidRDefault="00526986" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="095B0A1A" w14:textId="3294CB47" w:rsidR="00921D44" w:rsidRPr="00526986" w:rsidRDefault="00921D44" w:rsidP="00526986">
       <w:pPr>
@@ -10072,142 +9900,114 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Referencias </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19D6BF2B" w14:textId="77777777" w:rsidR="00352506" w:rsidRPr="00E77217" w:rsidRDefault="00352506" w:rsidP="00A82027">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, V. A. y Calderón, L. L. (2016). La importancia de atender a la Motivación en el aula. </w:t>
+      <w:r w:rsidRPr="00E77217">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bonetto, V. A. y Calderón, L. L. (2016). La importancia de atender a la Motivación en el aula. </w:t>
       </w:r>
       <w:r w:rsidRPr="00352506">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Revista Interuniversitaria de Didáctica</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 1-16.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E709429" w14:textId="55DD2079" w:rsidR="00352506" w:rsidRPr="00E77217" w:rsidRDefault="00352506" w:rsidP="00A82027">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Carrera, B. y </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, C. (2001). Vygotsky: Enfoque sociocultural. </w:t>
+        <w:t xml:space="preserve">Carrera, B. y Mazzarella, C. (2001). Vygotsky: Enfoque sociocultural. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Educere, 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(13),41-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00E77217">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/articulo.oa?id=35601309</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="729975E6" w14:textId="6FDEEAA8" w:rsidR="00352506" w:rsidRPr="001664F8" w:rsidRDefault="00352506" w:rsidP="001664F8">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -10317,75 +10117,52 @@
         </w:rPr>
         <w:t>(1), 123-138.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5245A328" w14:textId="77777777" w:rsidR="00151540" w:rsidRDefault="00352506" w:rsidP="00151540">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Márquez, C. y </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">, M. (2015). La motivación en el aula: </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Márquez, C. y Abundez, M. (2015). La motivación en el aula: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">strategia esencial para mejorar el aprendizaje en la escuela primaria. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
@@ -10478,51 +10255,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 50 (4), 430-437.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51CD43F5" w14:textId="7A46BCA8" w:rsidR="00352506" w:rsidRPr="00E77217" w:rsidRDefault="00352506" w:rsidP="00A82027">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Martínez, A. (2016). La motivación en los alumnos de Educación Primaria. Un programa de intervención por proyectos y trabajos cooperativos, para un alumno autónomo. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Revista de Educación y Didáctica Rural</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77217">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 1-16.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AB4E572" w14:textId="0D8B114E" w:rsidR="00352506" w:rsidRDefault="00352506" w:rsidP="00A82027">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
@@ -10599,71 +10375,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A1FAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>society</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A1FAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A1FAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>development</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A1FAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A1FAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10745,229 +10501,250 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Press.        </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="704E8080" w14:textId="77777777" w:rsidR="00151540" w:rsidRPr="00151540" w:rsidRDefault="00151540">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00151540" w:rsidRPr="00151540" w:rsidSect="00526986">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1135" w:right="1701" w:bottom="567" w:left="1701" w:header="142" w:footer="259" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40C7033D" w14:textId="77777777" w:rsidR="00C92CE4" w:rsidRDefault="00C92CE4" w:rsidP="00526986">
+    <w:p w14:paraId="2050529C" w14:textId="77777777" w:rsidR="001C10A1" w:rsidRDefault="001C10A1" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B08A040" w14:textId="77777777" w:rsidR="00C92CE4" w:rsidRDefault="00C92CE4" w:rsidP="00526986">
+    <w:p w14:paraId="2CA33F43" w14:textId="77777777" w:rsidR="001C10A1" w:rsidRDefault="001C10A1" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72339D08" w14:textId="36634973" w:rsidR="00526986" w:rsidRPr="00526986" w:rsidRDefault="00526986" w:rsidP="00526986">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00526986">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00526986">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11  Núm.</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00526986">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 22                   Julio - Diciembre 2024                      PAG</w:t>
+      <w:t xml:space="preserve"> 22                   Julio - </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00526986">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00526986">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2024                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DB0CC2A" w14:textId="77777777" w:rsidR="00C92CE4" w:rsidRDefault="00C92CE4" w:rsidP="00526986">
+    <w:p w14:paraId="14B6DD46" w14:textId="77777777" w:rsidR="001C10A1" w:rsidRDefault="001C10A1" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="259B4F0D" w14:textId="77777777" w:rsidR="00C92CE4" w:rsidRDefault="00C92CE4" w:rsidP="00526986">
+    <w:p w14:paraId="0BC62777" w14:textId="77777777" w:rsidR="001C10A1" w:rsidRDefault="001C10A1" w:rsidP="00526986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64205599" w14:textId="728E3A82" w:rsidR="00526986" w:rsidRDefault="00526986" w:rsidP="00526986">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="556777D9" wp14:editId="44C16BAA">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="1398596312" name="Imagen 1398596312"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -10975,51 +10752,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1461092E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68CAA57E"/>
     <w:lvl w:ilvl="0" w:tplc="080A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11328,105 +11105,108 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="583732882">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="995885171">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="779691452">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00606FA1"/>
     <w:rsid w:val="0000311E"/>
     <w:rsid w:val="0001509D"/>
     <w:rsid w:val="00074777"/>
     <w:rsid w:val="000A7C29"/>
     <w:rsid w:val="000C095D"/>
     <w:rsid w:val="000D707F"/>
     <w:rsid w:val="000F2D67"/>
     <w:rsid w:val="00120066"/>
     <w:rsid w:val="00131BF3"/>
     <w:rsid w:val="00144A55"/>
     <w:rsid w:val="00151540"/>
     <w:rsid w:val="001664F8"/>
     <w:rsid w:val="00193F79"/>
     <w:rsid w:val="001944EB"/>
     <w:rsid w:val="001A782B"/>
     <w:rsid w:val="001B468D"/>
+    <w:rsid w:val="001C10A1"/>
     <w:rsid w:val="001D21EB"/>
     <w:rsid w:val="00265993"/>
     <w:rsid w:val="00297A12"/>
     <w:rsid w:val="002C3FEC"/>
     <w:rsid w:val="002D5408"/>
     <w:rsid w:val="002E504B"/>
     <w:rsid w:val="003021E1"/>
     <w:rsid w:val="00316E95"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="00343456"/>
     <w:rsid w:val="00346A29"/>
     <w:rsid w:val="00352506"/>
     <w:rsid w:val="003902EE"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003C330D"/>
     <w:rsid w:val="003C7136"/>
     <w:rsid w:val="003D176A"/>
     <w:rsid w:val="004161A4"/>
     <w:rsid w:val="004202BD"/>
     <w:rsid w:val="00421D0B"/>
     <w:rsid w:val="0042762B"/>
     <w:rsid w:val="00484E1A"/>
     <w:rsid w:val="004E6C20"/>
     <w:rsid w:val="004E7A66"/>
     <w:rsid w:val="004F0302"/>
     <w:rsid w:val="00505F3A"/>
     <w:rsid w:val="00521413"/>
     <w:rsid w:val="00526986"/>
     <w:rsid w:val="00526ADB"/>
     <w:rsid w:val="0054711C"/>
     <w:rsid w:val="00547694"/>
     <w:rsid w:val="00547F55"/>
     <w:rsid w:val="005820F5"/>
     <w:rsid w:val="00586ABB"/>
     <w:rsid w:val="005A1FAC"/>
     <w:rsid w:val="005A43F6"/>
     <w:rsid w:val="005B5CC1"/>
     <w:rsid w:val="005F0F7D"/>
     <w:rsid w:val="005F2074"/>
@@ -11511,91 +11291,92 @@
     <w:rsid w:val="00DD2A23"/>
     <w:rsid w:val="00DD5A8B"/>
     <w:rsid w:val="00DE30F2"/>
     <w:rsid w:val="00DE3A10"/>
     <w:rsid w:val="00DE444D"/>
     <w:rsid w:val="00E002A2"/>
     <w:rsid w:val="00E00F4B"/>
     <w:rsid w:val="00E1143B"/>
     <w:rsid w:val="00E1270A"/>
     <w:rsid w:val="00E25DBC"/>
     <w:rsid w:val="00E413BE"/>
     <w:rsid w:val="00E452AE"/>
     <w:rsid w:val="00E51A1B"/>
     <w:rsid w:val="00E56927"/>
     <w:rsid w:val="00E76AB0"/>
     <w:rsid w:val="00E77217"/>
     <w:rsid w:val="00E90E8B"/>
     <w:rsid w:val="00E92DF0"/>
     <w:rsid w:val="00EB5044"/>
     <w:rsid w:val="00EB5DCF"/>
     <w:rsid w:val="00EC4B67"/>
     <w:rsid w:val="00ED16F6"/>
     <w:rsid w:val="00ED1EFA"/>
     <w:rsid w:val="00F01F17"/>
     <w:rsid w:val="00F110F5"/>
+    <w:rsid w:val="00F24087"/>
     <w:rsid w:val="00F526A3"/>
     <w:rsid w:val="00F6038D"/>
     <w:rsid w:val="00F60C0C"/>
     <w:rsid w:val="00F6207B"/>
     <w:rsid w:val="00F938DA"/>
     <w:rsid w:val="00FD1CC7"/>
     <w:rsid w:val="00FD3467"/>
     <w:rsid w:val="00FD51B5"/>
     <w:rsid w:val="00FD778D"/>
     <w:rsid w:val="00FE4317"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="67825EC0"/>
   <w15:docId w15:val="{75B170B2-2685-8143-AC5B-51A5ECDB0E9D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12153,51 +11934,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00606FA1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -12766,58 +12546,58 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00526986"/>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B7118E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=35601309" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i22.932" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/articulo.oa?id=35601309" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -13096,70 +12876,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44CCD436-D835-4219-BD73-17B90AE8C30B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>5019</Words>
-  <Characters>27605</Characters>
+  <Words>5034</Words>
+  <Characters>27691</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>230</Lines>
   <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32559</CharactersWithSpaces>
+  <CharactersWithSpaces>32660</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>211J23074 DANIELA DEL CARMEN AGUIRRE LEAL</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>