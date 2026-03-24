--- v0 (2025-12-16)
+++ v1 (2026-03-24)
@@ -3,78 +3,135 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5FD8B3A3" w14:textId="17705CD1" w:rsidR="006E4F91" w:rsidRDefault="006E4F91" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="001D3D03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk169025395"/>
+      <w:r w:rsidRPr="001D3D03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0D132647" w14:textId="774305BF" w:rsidR="009234A4" w:rsidRDefault="009234A4" w:rsidP="006E4F91">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009234A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="009234A4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v11i22.933</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="33C83490" w14:textId="77777777" w:rsidR="009234A4" w:rsidRPr="009234A4" w:rsidRDefault="009234A4" w:rsidP="006E4F91">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="55F0B5BD" w14:textId="6A8A89E3" w:rsidR="00D84DD5" w:rsidRPr="006E4F91" w:rsidRDefault="006A7023" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Experiencias de estudiantes de secundaria </w:t>
       </w:r>
@@ -995,51 +1052,58 @@
         </w:rPr>
         <w:t xml:space="preserve"> de secundaria</w:t>
       </w:r>
       <w:r w:rsidR="00BB437E" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00684112" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> y de estos últimos, el descuido de los padres con relación a los sitios que visitan en Internet y el contenido de los mismos, asimismo, se </w:t>
       </w:r>
       <w:r w:rsidR="000B622C" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ve</w:t>
       </w:r>
       <w:r w:rsidR="00684112" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la participación de los adolescentes en los desafíos virales.</w:t>
+        <w:t xml:space="preserve"> la participación de los adolescentes en los </w:t>
+      </w:r>
+      <w:r w:rsidR="00684112" w:rsidRPr="00BC4F24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>desafíos virales.</w:t>
       </w:r>
       <w:r w:rsidR="009B2F3F" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B622C" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Dentro de las conclusiones, se constata que los </w:t>
       </w:r>
       <w:r w:rsidR="004A58E4" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>adolescentes</w:t>
       </w:r>
       <w:r w:rsidR="000B622C" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, en baja proporción, participan de juegos virales riesgosos y, que lo hacen, fundamentalmente, por invitación de </w:t>
       </w:r>
@@ -1067,51 +1131,50 @@
         </w:rPr>
         <w:t xml:space="preserve">uencers </w:t>
       </w:r>
       <w:r w:rsidR="000B622C" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>y plataformas digitales como TikTok.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EB24E30" w14:textId="6C0A06CC" w:rsidR="00BB5CBE" w:rsidRDefault="00A80D38" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidR="00BD6FC8" w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00BD6FC8" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> adolescencia</w:t>
       </w:r>
       <w:r w:rsidR="004A58E4" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00BD6FC8" w:rsidRPr="00BC4F24">
@@ -1481,51 +1544,67 @@
         </w:rPr>
         <w:t>instituições</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>como</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a UNESCO, a OCDE, o </w:t>
+        <w:t xml:space="preserve"> a UNESCO, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OCDE, o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Diário</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Oficial</w:t>
       </w:r>
@@ -1737,58 +1816,74 @@
         </w:rPr>
         <w:t>estudos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>recentes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>destacam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> as </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ameaças</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1945,58 +2040,74 @@
         </w:rPr>
         <w:t>nas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> redes </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sociais</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>podem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pôr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2217,1364 +2328,1435 @@
         </w:rPr>
         <w:t>foi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>desenvolvido</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>enunciado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>problema</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pesquisa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cujo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>objetivo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> é </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>identificar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adolescentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>participam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>desafios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>virais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>perigosos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A6A7DD9" w14:textId="77777777" w:rsidR="006E4F91" w:rsidRPr="006E4F91" w:rsidRDefault="006E4F91" w:rsidP="006E4F91">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quanto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>método</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>trabalhamos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> com </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>abordagem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>descritiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>utilizando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> um </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>desenho</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>baseado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>inquéritos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, com </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aplicação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>questionários</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>foram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>respondidos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>três</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>grupos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alunos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>secundário</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dois</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>grupos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alunos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ensino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> normal. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Os</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>resultados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>destacaram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>enunciado</w:t>
+        <w:t>elevado</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>número</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de horas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dedicadas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>às</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> redes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sociais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, tanto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alunos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>normais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adolescentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>problema</w:t>
+        <w:t>ensino</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>médio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>destes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>últimos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>descuido</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>relação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sites </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>visitam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Internet e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>conteúdo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mesmas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adolescentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>desafios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>virais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> é visto. Entre as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>conclusões</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>confirma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adolescentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>baixa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>proporção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>participam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E4F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>pesquisa</w:t>
+        <w:t>jogos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>cujo</w:t>
+        <w:t>virais</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>objetivo</w:t>
+        <w:t>arriscados</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> é </w:t>
+        <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>identificar</w:t>
+        <w:t>que</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...1215 lines deleted...]
-        <w:t xml:space="preserve"> e que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E4F91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>fazem</w:t>
       </w:r>
@@ -3874,65 +4056,75 @@
       <w:r w:rsidRPr="001D3D03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2024                                        </w:t>
       </w:r>
       <w:r w:rsidRPr="001D3D03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3D03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Diciem</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3D03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>bre 2024</w:t>
+        <w:t>bre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D3D03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43C6C7DA" w14:textId="77777777" w:rsidR="006E4F91" w:rsidRPr="001D3D03" w:rsidRDefault="00000000" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="7CA47404">
           <v:rect id="_x0000_i1025" style="width:441.9pt;height:.05pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0ACF53" w14:textId="0FF5AF22" w:rsidR="008E6FB9" w:rsidRPr="00BC4F24" w:rsidRDefault="008E6FB9" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4170,64 +4362,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Desde la Organización para la Cooperación y el Desarrollo Económico (OCDE, s</w:t>
       </w:r>
       <w:r w:rsidR="00141C8D" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>in fecha</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>), se reconoce que el bienestar de las infancias ha mejorado, pero siguen presentes, como consecuencia de la digitalización</w:t>
       </w:r>
       <w:r w:rsidR="00E47610" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>, problemas como el acoso que va desde el patio de la escuela y persigue, a los niños y adolescentes, hasta sus casas en su modalidad de ciberacoso, por lo que se recomienda atender el bienestar emocional de los niños y adolescentes</w:t>
+        <w:t xml:space="preserve">, problemas como el acoso que va desde el patio de la </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47610" w:rsidRPr="00BC4F24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>escuela y persigue, a los niños y adolescentes, hasta sus casas en su modalidad de ciberacoso, por lo que se recomienda atender el bienestar emocional de los niños y adolescentes</w:t>
       </w:r>
       <w:r w:rsidR="00141C8D" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">destacando que el uso de tecnologías digitales ofrece oportunidades, pero también implica riesgos. </w:t>
+        <w:t xml:space="preserve">, destacando que el uso de tecnologías digitales ofrece oportunidades, pero también implica riesgos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31DA3296" w14:textId="2E491EF8" w:rsidR="00FD387A" w:rsidRPr="00BC4F24" w:rsidRDefault="004E202B" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Por su parte, el</w:t>
       </w:r>
       <w:r w:rsidR="00FD387A" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Diario Oficial de la Unión Europea (UE, 30/12/2006), en la recomendación que hacen al Parlamento Europeo, se aborda la necesidad</w:t>
       </w:r>
       <w:r w:rsidR="00141C8D" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4548,64 +4740,58 @@
       </w:r>
       <w:r w:rsidR="00AF6966" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2022), </w:t>
       </w:r>
       <w:r w:rsidR="00A0456C" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>señalan</w:t>
       </w:r>
       <w:r w:rsidR="00151505" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> que los retos virales son cada vez más comunes entre los adolescentes, los cuales pueden ser inducidos por sus amigos o por </w:t>
       </w:r>
       <w:r w:rsidR="00151505" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>influencers.</w:t>
       </w:r>
       <w:r w:rsidR="00151505" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Los desafíos suelen ser breves (menos de un minuto) y fugaces, pues pasan de moda, pueden ser sociales o solidarios, pero también peligrosos, como el “48 horas” en el </w:t>
-[...6 lines deleted...]
-        <w:t>que se desaparece sin dejar rastro, por el tiempo fijado en el reto o el del “Cascaron” que implica comer alimentos con cascaron o envoltura</w:t>
+        <w:t xml:space="preserve"> Los desafíos suelen ser breves (menos de un minuto) y fugaces, pues pasan de moda, pueden ser sociales o solidarios, pero también peligrosos, como el “48 horas” en el que se desaparece sin dejar rastro, por el tiempo fijado en el reto o el del “Cascaron” que implica comer alimentos con cascaron o envoltura</w:t>
       </w:r>
       <w:r w:rsidR="00AF6966" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00151505" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40E4C12E" w14:textId="0F43A026" w:rsidR="00E0172A" w:rsidRDefault="004E202B" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
@@ -4615,51 +4801,51 @@
       </w:r>
       <w:r w:rsidR="00E0172A" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, refieren que, </w:t>
       </w:r>
       <w:r w:rsidR="00151505" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00643D7A" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00151505" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>egún </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00151505" w:rsidRPr="00BC4F24">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>datos de Statista (2021)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00151505" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, en TikTok, la plataforma online más prominente en la visualización y realización de retos virales en </w:t>
       </w:r>
       <w:r w:rsidR="00D70B22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00151505" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>nternet, un 25 % de los usuarios tienen entre 10 y 19 años</w:t>
       </w:r>
@@ -4683,51 +4869,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Además, escriben, </w:t>
       </w:r>
       <w:r w:rsidR="00E0172A" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">“no hay que subestimar la </w:t>
       </w:r>
       <w:r w:rsidR="003C781D" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>significativa</w:t>
       </w:r>
       <w:r w:rsidR="00E0172A" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> cifra de retos peligrosos realizados por adolescentes, ya que </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00E0172A" w:rsidRPr="00BC4F24">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t xml:space="preserve">casi un 8 % reconoce haberlos </w:t>
         </w:r>
         <w:r w:rsidR="003C781D" w:rsidRPr="00BC4F24">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>llevado a cabo</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E0172A" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, poniendo en riesgo su propia integridad o la de otra persona” </w:t>
       </w:r>
       <w:r w:rsidR="00643D7A" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5325,66 +5511,66 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>desafíos virales</w:t>
       </w:r>
       <w:r w:rsidR="009E5DEC" w:rsidRPr="000626D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D95CD7" w:rsidRPr="000626D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>que son desafíos</w:t>
       </w:r>
       <w:r w:rsidR="003357D9" w:rsidRPr="000626D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o pruebas populares en las redes sociales, que consisten en ejecutar una tarea que parece imposible, así que la persona que la completa recibe atención de sus amistades y de quienes la siguen</w:t>
+        <w:t xml:space="preserve"> o pruebas populares en las redes sociales, que </w:t>
+      </w:r>
+      <w:r w:rsidR="003357D9" w:rsidRPr="000626D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>consisten en ejecutar una tarea que parece imposible, así que la persona que la completa recibe atención de sus amistades y de quienes la siguen</w:t>
       </w:r>
       <w:r w:rsidR="000626D4" w:rsidRPr="000626D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Sistema Nacional de Protección de </w:t>
-[...7 lines deleted...]
-        <w:t>Niñas, Niños y Adolescentes, 2023)</w:t>
+        <w:t xml:space="preserve"> (Sistema Nacional de Protección de Niñas, Niños y Adolescentes, 2023)</w:t>
       </w:r>
       <w:r w:rsidR="003357D9" w:rsidRPr="000626D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, en su mayoría </w:t>
       </w:r>
       <w:r w:rsidR="000626D4" w:rsidRPr="000626D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">muy </w:t>
       </w:r>
       <w:r w:rsidR="003357D9" w:rsidRPr="000626D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">peligrosos y resultan </w:t>
       </w:r>
       <w:r w:rsidR="009E5DEC" w:rsidRPr="000626D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6032,51 +6218,50 @@
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D078931" w14:textId="5A8A410F" w:rsidR="003155CA" w:rsidRPr="00BC4F24" w:rsidRDefault="003155CA" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>El problema, la pregunta y objetivo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68064EE7" w14:textId="7AD5A9F3" w:rsidR="003155CA" w:rsidRPr="00BC4F24" w:rsidRDefault="003155CA" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Con base en</w:t>
       </w:r>
       <w:r w:rsidR="00336348" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> lo expuesto en la contextualización y los antecedentes del problema, </w:t>
       </w:r>
       <w:r w:rsidR="000829FC" w:rsidRPr="00BC4F24">
         <w:rPr>
@@ -6506,94 +6691,102 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE1B2E" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00AE1B2E" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
-        <w:t xml:space="preserve">n las redes sociales y organizativas los actores sociales, promoviendo sus valores e intereses interactuando con otros actores sociales, están en el origen de la creación y programación de las redes” (p. 45) actualizándose, reconstruyéndose, adaptándose, expandiéndose y </w:t>
+        <w:t xml:space="preserve">n las redes sociales y organizativas los actores sociales, promoviendo sus valores e intereses interactuando con otros actores sociales, están en el origen de la creación y programación de las redes” (p. 45) actualizándose, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1B2E" w:rsidRPr="00BC4F24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">reconstruyéndose, adaptándose, expandiéndose y </w:t>
       </w:r>
       <w:r w:rsidR="00EF6E11" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t xml:space="preserve">volviéndose más complejas </w:t>
       </w:r>
       <w:r w:rsidR="00AE1B2E" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>en función del uso y crecimiento de los actores sociales produciendo más interacciones</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B566A56" w14:textId="5D3F7D8C" w:rsidR="008724EC" w:rsidRPr="00BC4F24" w:rsidRDefault="00D4012A" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>En el mismo sentido,</w:t>
       </w:r>
       <w:r w:rsidR="00B80C57" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t xml:space="preserve"> las </w:t>
       </w:r>
       <w:r w:rsidR="00AE1B2E" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>redes perpetúan el poder que “permite a un actor social influir de forma asimétrica en las decisiones de otros actores sociales de modo que se le favorezcan la voluntad, los intereses y los valores del autor que tiene el poder” (</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t xml:space="preserve">Castells, 2009, </w:t>
@@ -7203,51 +7396,50 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74D52418" w14:textId="7B8A06D0" w:rsidR="00827252" w:rsidRPr="00BC4F24" w:rsidRDefault="00827252" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Diseño del instrumento</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F7A5238" w14:textId="2C04DF3A" w:rsidR="00BB7000" w:rsidRDefault="00BB7000" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">De acuerdo </w:t>
       </w:r>
       <w:r w:rsidR="00FD7035" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>con</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
@@ -7853,70 +8045,70 @@
         </w:rPr>
         <w:t>cuyo</w:t>
       </w:r>
       <w:r w:rsidR="00E754B7" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> criterio de </w:t>
       </w:r>
       <w:r w:rsidR="00C60765" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>selección</w:t>
       </w:r>
       <w:r w:rsidR="00E754B7" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> fue</w:t>
       </w:r>
       <w:r w:rsidR="009E0392" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ser estudiante de la ENSJ. En el caso del instrumento aplicado a los estudiantes de secundaria, se aplicó </w:t>
+        <w:t xml:space="preserve"> ser estudiante de la ENSJ. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0392" w:rsidRPr="00BC4F24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">En el caso del instrumento aplicado a los estudiantes de secundaria, se aplicó </w:t>
       </w:r>
       <w:r w:rsidR="00194150" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">al universo de las siguientes instituciones educativas, </w:t>
       </w:r>
       <w:r w:rsidR="00C60765" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">una Escuela Secundaria Técnica en turno vespertino, </w:t>
-[...6 lines deleted...]
-        <w:t>ubicada en el municipio de Tlaquepaque; una Escuela Secundaria General, también en turno vespertino, ubicada en el municipio de Guadalajara; y una Escuela Telesecundaria de sostenimiento estatal.</w:t>
+        <w:t>una Escuela Secundaria Técnica en turno vespertino, ubicada en el municipio de Tlaquepaque; una Escuela Secundaria General, también en turno vespertino, ubicada en el municipio de Guadalajara; y una Escuela Telesecundaria de sostenimiento estatal.</w:t>
       </w:r>
       <w:r w:rsidR="00194150" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB3369" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La muestra</w:t>
       </w:r>
       <w:r w:rsidR="00C60765" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> se seleccionó por</w:t>
       </w:r>
       <w:r w:rsidR="00BB3369" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> conveniencia</w:t>
       </w:r>
@@ -8600,51 +8792,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B51E029" w14:textId="10188FCA" w:rsidR="00827252" w:rsidRPr="00BC4F24" w:rsidRDefault="00827252" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Procesamiento de la información</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="683C3F65" w14:textId="7A6EEB68" w:rsidR="009F6B51" w:rsidRDefault="00DA3DBB" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">El procesamiento de los datos se </w:t>
       </w:r>
       <w:r w:rsidR="009F6B51" w:rsidRPr="00BC4F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>realizó</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4F24">
         <w:rPr>
@@ -9010,115 +9201,112 @@
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2942"/>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="4C697CDB" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="435E382A" w14:textId="2F111B3B" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="00B936D8" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tiempo</w:t>
             </w:r>
             <w:r w:rsidR="003B4D07" w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> de conexión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="109D74A2" w14:textId="68C992AD" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="003B4D07" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cantidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0390285F" w14:textId="3014E75D" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="003B4D07" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Porcentaje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -9189,101 +9377,98 @@
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="03280B67" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C0AD326" w14:textId="660CB504" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="003B4D07" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 a 2 horas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="065319FF" w14:textId="7F0340BC" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="003B4D07" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D190029" w14:textId="170B77F9" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="003B4D07" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="04998FD8" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
@@ -9350,101 +9535,98 @@
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>40%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="647288C4" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="123000AD" w14:textId="77F56F65" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="00B936D8" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 a 4 horas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5696B0F5" w14:textId="53D8B26C" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="00B936D8" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E0F851D" w14:textId="3620C888" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="00B936D8" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="313612D8" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
@@ -9511,101 +9693,98 @@
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="2A78C92C" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="027DBD84" w14:textId="535687B2" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="00B936D8" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6 o más horas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CDC2AA6" w14:textId="39A08E82" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="00B936D8" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="155CF6E7" w14:textId="79917C87" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="00B936D8" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2DF48D21" w14:textId="21E248D8" w:rsidR="003B4D07" w:rsidRPr="00BC4F24" w:rsidRDefault="00B936D8" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -10292,105 +10471,102 @@
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2942"/>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="3316FB54" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B544C51" w14:textId="6FB448D9" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>En que trabaja el papá</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C009BF6" w14:textId="66D5AFDB" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cantidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E6C12B9" w14:textId="2EC84B36" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Porcentaje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -10461,101 +10637,98 @@
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18,7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="49F637F3" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="297D0D38" w14:textId="586A76AD" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Empleado de oficina o comercio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D70D8EA" w14:textId="30D7C6F2" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D3E4BFF" w14:textId="3AEF0DC8" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="175D1D70" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
@@ -10622,101 +10795,98 @@
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6,7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="4A79D3A2" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A3F1053" w14:textId="7468E771" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comerciante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10623AAA" w14:textId="73C47B63" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23713E90" w14:textId="1BC32960" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22,7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="02D33566" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
@@ -10783,101 +10953,98 @@
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="7B421CFD" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BB433B6" w14:textId="6ECC1B2C" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No trabaja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B30CD06" w14:textId="71BC8311" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A362BFC" w14:textId="4FAC7FB7" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1,5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="02995ACF" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
@@ -10944,101 +11111,98 @@
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25,3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="63886B73" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="503D760F" w14:textId="6838A611" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vivo con mis abuelos o con otros parientes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60E6F360" w14:textId="6605EA52" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17138956" w14:textId="6253202B" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2,7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7DC39E4C" w14:textId="219B3F5E" w:rsidR="00E11900" w:rsidRPr="00BC4F24" w:rsidRDefault="007202BE" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -11221,114 +11385,111 @@
         <w:tblStyle w:val="Tablanormal1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2942"/>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="34CB1ADC" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A9916FD" w14:textId="61403E19" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">En que trabaja </w:t>
             </w:r>
             <w:r w:rsidR="001B47E3" w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>la mamá</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E13D1DB" w14:textId="3271671C" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cantidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3966B8C4" w14:textId="438D7AE8" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Porcentaje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -11404,119 +11565,116 @@
           <w:p w14:paraId="43933361" w14:textId="4B0795B0" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="001B47E3" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="33362812" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AAD0CEE" w14:textId="3A3729EF" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Emplead</w:t>
             </w:r>
             <w:r w:rsidR="001B47E3" w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> de oficina o comercio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BD5F68D" w14:textId="7B0E50D8" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="001B47E3" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A6080B4" w14:textId="3D0D9379" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="001B47E3" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29,3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="6E266A52" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -11597,101 +11755,98 @@
           <w:p w14:paraId="392F7EF6" w14:textId="6E8B646F" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="001B47E3" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10,7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="1979ACC4" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52C9CC84" w14:textId="77777777" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comerciante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22B7C031" w14:textId="2B4D69C2" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="001B47E3" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E54E247" w14:textId="26E0E6F1" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="001B47E3" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18,7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="1E54D638" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -11772,101 +11927,98 @@
           <w:p w14:paraId="76E084D5" w14:textId="0A53B9F6" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="001B47E3" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2,7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="08C341A1" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37AAD91E" w14:textId="77777777" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No trabaja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30582546" w14:textId="49DCE145" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="001B47E3" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="409AABF2" w14:textId="2D721A30" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="001B47E3" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25,3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="14A13E54" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -11947,101 +12099,98 @@
           <w:p w14:paraId="7EE7908C" w14:textId="3FB062AB" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="001B47E3" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="63B3523B" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08E0CC8C" w14:textId="77777777" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="007202BE" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vivo con mis abuelos o con otros parientes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3313DAE5" w14:textId="6CC61F6C" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="001B47E3" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BC15A56" w14:textId="0E39B5E2" w:rsidR="007202BE" w:rsidRPr="006E4F91" w:rsidRDefault="001B47E3" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1,3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77CB4A4A" w14:textId="518264E3" w:rsidR="007202BE" w:rsidRPr="00BC4F24" w:rsidRDefault="007202BE" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -12164,105 +12313,102 @@
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2942"/>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="488DEAA3" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BBA7DBF" w14:textId="16CC59B7" w:rsidR="00D6308C" w:rsidRPr="006E4F91" w:rsidRDefault="00D6308C" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Horas de conexión a redes sociales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C76F6AE" w14:textId="2A5351BE" w:rsidR="00D6308C" w:rsidRPr="006E4F91" w:rsidRDefault="00D6308C" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cantidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AE25970" w14:textId="5171D242" w:rsidR="00D6308C" w:rsidRPr="006E4F91" w:rsidRDefault="00D6308C" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Porcentaje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -12344,112 +12490,109 @@
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="60B1F319" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="231DFD73" w14:textId="77777777" w:rsidR="00D6308C" w:rsidRPr="006E4F91" w:rsidRDefault="00D6308C" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Entre 2 y 3 horas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A9E4D14" w14:textId="62CE65A3" w:rsidR="000C4359" w:rsidRPr="006E4F91" w:rsidRDefault="000C4359" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15FFC9DE" w14:textId="78EFC8F1" w:rsidR="00D6308C" w:rsidRPr="006E4F91" w:rsidRDefault="00D6308C" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10EFF5B6" w14:textId="0FBACCE6" w:rsidR="00D6308C" w:rsidRPr="006E4F91" w:rsidRDefault="00D6308C" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22,7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="75A0EBE4" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
@@ -12527,112 +12670,109 @@
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29,3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="4884AE2B" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="109606B3" w14:textId="77777777" w:rsidR="00D6308C" w:rsidRPr="006E4F91" w:rsidRDefault="00D6308C" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Entre 5 y 6 horas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39867114" w14:textId="788E9278" w:rsidR="000C4359" w:rsidRPr="006E4F91" w:rsidRDefault="000C4359" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75ACF1CA" w14:textId="6D5E3283" w:rsidR="00D6308C" w:rsidRPr="006E4F91" w:rsidRDefault="0031188F" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06C4D74F" w14:textId="5D726D26" w:rsidR="00D6308C" w:rsidRPr="006E4F91" w:rsidRDefault="0031188F" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10,7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="006E4F91" w14:paraId="429937B8" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
@@ -12992,106 +13132,103 @@
         <w:tblStyle w:val="Tablanormal1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2942"/>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="1FE4A51C" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E2698E1" w14:textId="42644C7E" w:rsidR="000C762E" w:rsidRPr="00BC4F24" w:rsidRDefault="000C762E" w:rsidP="008A4585">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vigilancia de los padres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09C3E707" w14:textId="0C5832C5" w:rsidR="000C762E" w:rsidRPr="00BC4F24" w:rsidRDefault="000C762E" w:rsidP="008A4585">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cantidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B82B19D" w14:textId="2F43430C" w:rsidR="000C762E" w:rsidRPr="00BC4F24" w:rsidRDefault="000C762E" w:rsidP="008A4585">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Porcentaje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -13165,101 +13302,98 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
             <w:r w:rsidR="00650BB4" w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="6694B85B" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B44D97A" w14:textId="193BFF5E" w:rsidR="000C762E" w:rsidRPr="00BC4F24" w:rsidRDefault="000C762E" w:rsidP="00650BB4">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B57F0CB" w14:textId="35705270" w:rsidR="000C762E" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="0016770E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67BD5C8F" w14:textId="334CCEFD" w:rsidR="000C762E" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="0016770E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50,7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="16AA6DDD" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -13527,106 +13661,103 @@
         <w:tblStyle w:val="Tablanormal1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2942"/>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="0647E391" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="411E6796" w14:textId="661C1824" w:rsidR="00650BB4" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Los que invitan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4678B883" w14:textId="09DFF3F3" w:rsidR="00650BB4" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cantidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="204B5D52" w14:textId="6F9E6A72" w:rsidR="00650BB4" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Porcentaje</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -13694,101 +13825,98 @@
           <w:p w14:paraId="2C13BA36" w14:textId="7988A903" w:rsidR="00650BB4" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9,3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="56A28761" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DD3823E" w14:textId="3A9CBAED" w:rsidR="00650BB4" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Los amigos del barrio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36388B2C" w14:textId="29BBF782" w:rsidR="00650BB4" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="323FDA32" w14:textId="4A380FC4" w:rsidR="00650BB4" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="312FEE9A" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -13851,51 +13979,50 @@
           <w:p w14:paraId="5A8EBE86" w14:textId="5FE14D0C" w:rsidR="00650BB4" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>45,3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="5359FC21" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16E14E35" w14:textId="3D519AD3" w:rsidR="00650BB4" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Los</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -13910,75 +14037,73 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C820CF0" w14:textId="61F613FD" w:rsidR="00650BB4" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04372A2F" w14:textId="6B8B0BB3" w:rsidR="00650BB4" w:rsidRPr="00BC4F24" w:rsidRDefault="00650BB4" w:rsidP="00D034D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>33,3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7AA33BD5" w14:textId="24C73E02" w:rsidR="00650BB4" w:rsidRPr="00BC4F24" w:rsidRDefault="00F671E5" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -14134,106 +14259,103 @@
         <w:tblStyle w:val="Tablanormal1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2942"/>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="49DE6433" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DCDA320" w14:textId="2B6687F5" w:rsidR="00216749" w:rsidRPr="00BC4F24" w:rsidRDefault="00216749" w:rsidP="008A4585">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Razones de la participación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44F7E156" w14:textId="677FAB1C" w:rsidR="00216749" w:rsidRPr="00BC4F24" w:rsidRDefault="00216749" w:rsidP="008A4585">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cantidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="748C6A7E" w14:textId="12AD1880" w:rsidR="00216749" w:rsidRPr="00BC4F24" w:rsidRDefault="00216749" w:rsidP="008A4585">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Porcentaje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -14309,123 +14431,120 @@
           <w:p w14:paraId="0B204407" w14:textId="2B5E16F1" w:rsidR="00216749" w:rsidRPr="00BC4F24" w:rsidRDefault="00216749" w:rsidP="008A4585">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14,7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="6D758F97" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32B8C046" w14:textId="77777777" w:rsidR="00216749" w:rsidRPr="00BC4F24" w:rsidRDefault="00216749" w:rsidP="00650BB4">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Para obtener </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“likes”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="429766B0" w14:textId="2E4BF312" w:rsidR="00D84DD5" w:rsidRPr="00BC4F24" w:rsidRDefault="00D84DD5" w:rsidP="00650BB4">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="454B526B" w14:textId="08706F38" w:rsidR="00216749" w:rsidRPr="00BC4F24" w:rsidRDefault="00216749" w:rsidP="008A4585">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75A59C99" w14:textId="5D11DD77" w:rsidR="00216749" w:rsidRPr="00BC4F24" w:rsidRDefault="00216749" w:rsidP="008A4585">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>37,3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="2FF70AB5" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -14497,110 +14616,107 @@
           <w:p w14:paraId="3407F2B6" w14:textId="4EEFB57A" w:rsidR="00216749" w:rsidRPr="00BC4F24" w:rsidRDefault="00216749" w:rsidP="008A4585">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21,3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="216D6C69" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2942" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00B4208A" w14:textId="77777777" w:rsidR="00216749" w:rsidRPr="00BC4F24" w:rsidRDefault="00216749" w:rsidP="00650BB4">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Para sentir la adrenalina</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33628C62" w14:textId="34DC40F1" w:rsidR="00D84DD5" w:rsidRPr="00BC4F24" w:rsidRDefault="00D84DD5" w:rsidP="00650BB4">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66B06224" w14:textId="7A64F472" w:rsidR="00216749" w:rsidRPr="00BC4F24" w:rsidRDefault="00216749" w:rsidP="008A4585">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17B1F76A" w14:textId="10BEB594" w:rsidR="00216749" w:rsidRPr="00BC4F24" w:rsidRDefault="00216749" w:rsidP="008A4585">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4F24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5,3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE38BC" w:rsidRPr="00BC4F24" w14:paraId="1D9F995C" w14:textId="77777777" w:rsidTr="006E4F91">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -16182,51 +16298,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t xml:space="preserve">Castells, M. (2009) </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>Comunicación y poder.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alianza y poder. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.felsemiotica.com/descargas/Castells-Manuel-Comunicación-y-poder.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A83DF7" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2B4347" w14:textId="48DD0E5D" w:rsidR="009F64DD" w:rsidRPr="00FF6E79" w:rsidRDefault="009F64DD" w:rsidP="006E4F91">
       <w:pPr>
@@ -16238,51 +16354,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Comisión Europea. (18 de diciembre de 2006). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Recomendación 2006/962/CE del Parlamento Europeo y del Consejo sobre las competencias clave para el aprendizaje permanente.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://eur-lex.europa.eu/legal-content/ES/TXT/PDF/?uri=CELEX:32006H0962&amp;from=CS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A83DF7" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -16312,79 +16428,95 @@
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Percepción de riesgo de las redes sociales en alumnado universitario</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Estudio de caso</w:t>
       </w:r>
       <w:r w:rsidR="00C51F2A" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> país Vasco-España. </w:t>
+        <w:t xml:space="preserve"> país </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF6E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vasco</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF6E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-España. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76B0E152" w14:textId="637CD056" w:rsidR="009F64DD" w:rsidRPr="00FF6E79" w:rsidRDefault="009F64DD" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DOF. (27/05/2024). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ley General de los Derechos de Niñas, Niños y Adolescentes. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.diputados.gob.mx/LeyesBiblio/pdf/LGDNNA.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A83DF7" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -16416,51 +16548,51 @@
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aylén, M. (2/12/2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Retos virales en internet ¿Un riesgo para los adolescentes? [Ponencia)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Les adolescentes, la escuela y las demandas de la sociedad. Actas de la I Jornada de la Catedra adolescencia, educación y cultura. Mar de la plata, Argentina (pp. 6-11). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>http://humadoc.mdp.edu.ar:8080/xmlui/bitstream/handle/123456789/861/LES%20ADOLESCENTES%20EN%20SU%20COTIDIANEIDAD%20Y%20EN%20LA%20ESCUELA.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AFF46F7" w14:textId="2E7671EC" w:rsidR="009F64DD" w:rsidRPr="00FF6E79" w:rsidRDefault="009F64DD" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16482,103 +16614,123 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Revista Cubana de Medicina General Integral.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021;37(3</w:t>
       </w:r>
       <w:r w:rsidR="00C51F2A" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>): e</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1442 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>http://scielo.sld.cu/pdf/mgi/v37n3/1561-3038-mgi-37-03-e1442.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E526499" w14:textId="77777777" w:rsidR="009F64DD" w:rsidRPr="00FF6E79" w:rsidRDefault="009F64DD" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Montenegro, J. (02/05/2024). Reto viral de TikTok provoca la muerte de dos niñas en México. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Independent en Español.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Independent en </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Español</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF6E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF6E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.independentespanol.com/noticias/blackout-challenge-muerte-ninas-zacatecas-tiktok-b2538768.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09EA0685" w14:textId="77777777" w:rsidR="009F64DD" w:rsidRPr="00FF6E79" w:rsidRDefault="009F64DD" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16586,51 +16738,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Morin, E. (1999). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Los siete saberes necesarios para la educación del futuro. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">UNESCO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://edgarmorinmultiversidad.org/images/descargas/libros/los7saberes.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7208D3FC" w14:textId="77777777" w:rsidR="009F64DD" w:rsidRPr="00FF6E79" w:rsidRDefault="009F64DD" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16638,51 +16790,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">MX24. (21/05/2024). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“¡Te puedes morir mija!” Joven casi se ahogó por reto viral de TikTok”.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.nmas.com.mx/tendencias/joven-casi-se-ahoga-muere-reto-viral-tiktok-challenge-debes-comer-mucho/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57B9692D" w14:textId="77777777" w:rsidR="009F64DD" w:rsidRPr="00FF6E79" w:rsidRDefault="009F64DD" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16690,98 +16842,98 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OCDE. (s/f). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Educación e infancia en el siglo XXI. El bienestar emocional en la era digital.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.oecd-ilibrary.org/docserver/95042119-</w:t>
         </w:r>
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:lastRenderedPageBreak/>
           <w:t>es.pdf?expires=1718047154&amp;id=id&amp;accname=guest&amp;checksum=CEB4497B2216C6B489AE2927B45292A3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E78C91" w14:textId="77777777" w:rsidR="004E202B" w:rsidRPr="00FF6E79" w:rsidRDefault="00643D7A" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ortega, J. González, C. y Machimbarrena, J. (14 de junio de 2022). Retos virales que ponen en riesgo a los adolescentes. The Conversation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://theconversation.com/retos-virales-que-ponen-en-peligro-a-los-adolescentes-181262</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BBC9105" w14:textId="77777777" w:rsidR="009F64DD" w:rsidRPr="00FF6E79" w:rsidRDefault="009F64DD" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16789,51 +16941,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sánchez, D. (28/02/2024). Un reto viral casi le cuesta la vida: “Me he quedado encerrado en la lavadora”. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ABC Recreo</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.abc.es/recreo/reto-viral-cuesta-vida-quedado-encerrado-lavadora-20240226132549-nt.html?ref=https%3A%2F%2Fwww.abc.es%2Frecreo%2Freto-viral-cuesta-vida-quedado-encerrado-lavadora-20240226132549-nt.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C146AED" w14:textId="5346E577" w:rsidR="009F64DD" w:rsidRPr="00FF6E79" w:rsidRDefault="009F64DD" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16869,51 +17021,51 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lineamientos Generales sobre la información y materiales para la difusión entre niñas, niños y adolescentes</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.gob.mx/cms/uploads/attachment/file/610061/Anexo_1_Lineamientos_Informacion_y__Difusion_NNA_SSO_SIPINNA.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="183C1E59" w14:textId="0200E295" w:rsidR="00930897" w:rsidRPr="00FF6E79" w:rsidRDefault="00930897" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16956,92 +17108,106 @@
         <w:t>iudadana</w:t>
       </w:r>
       <w:r w:rsidR="00C26BB6" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. (21 de mayo de 2021) </w:t>
       </w:r>
       <w:r w:rsidR="00C26BB6" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grooming</w:t>
       </w:r>
       <w:r w:rsidR="00C26BB6" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="000626D4" w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.gob.mx/sspc/es/articulos/grooming-272722</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="19A28987" w14:textId="5E149070" w:rsidR="000626D4" w:rsidRPr="00FF6E79" w:rsidRDefault="000626D4" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sistema Nacional de Protección de Niñas, Niños y Adolescentes. (Febrero, 2023). </w:t>
+        <w:t>Sistema Nacional de Protección de Niñas, Niños y Adolescentes. (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF6E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Febrero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF6E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2023). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Retos virales en redes sociales: evitar que este mal se propague entre niñas, niños y adolescentes</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.gob.mx/sipinna/articulos/retos-virales-en-redes-sociales-evitar-que-este-mal-se-propague-entre-ninas-ninos-y-adolescentes?idiom=es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0656AE30" w14:textId="77777777" w:rsidR="009F64DD" w:rsidRPr="00FF6E79" w:rsidRDefault="009F64DD" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -17100,51 +17266,51 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (03/11/2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Declaración de Seúl sobre la Alfabetización mediática e informacional Para Todos y Por Todos.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://en.unesco.org/sites/default/files/seoul_declaration_mil_disinfodemic_es.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DADB1BF" w14:textId="6C0EF86C" w:rsidR="009E192D" w:rsidRPr="00FF6E79" w:rsidRDefault="009E192D" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -17153,51 +17319,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">UNESCO. (06/02/2024). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Qué necesita saber acerca del aprendizaje digital y la transformación de la educación</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://www.unesco.org/es/digital-education/need-know</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10510F69" w14:textId="7CCFD37D" w:rsidR="00C229F0" w:rsidRPr="00FF6E79" w:rsidRDefault="00C229F0" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
@@ -17212,138 +17378,172 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>UNICEF</w:t>
       </w:r>
       <w:r w:rsidR="00C26BB6" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(Febrero, 2024)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF6E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Febrero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF6E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2024)</w:t>
       </w:r>
       <w:r w:rsidR="00C26BB6" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ciberacoso: qué es y cómo detenerlo. Lo que los adolescentes quieren saber acerca del ciberacoso</w:t>
       </w:r>
       <w:r w:rsidR="00C26BB6" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00D95CD7" w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.unicef.org/es/end-violence/ciberacoso-que-es-y-como-detenerlo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4BF16A68" w14:textId="78403BFD" w:rsidR="00A133CA" w:rsidRPr="00FF6E79" w:rsidRDefault="00A133CA" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">UNICEF. (2021)  </w:t>
+        <w:t>UNICEF. (2021</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF6E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Sharenting o compartir información sobre tus hijos en línea: lo que debes saber</w:t>
-      </w:r>
+        <w:t>Sharenting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o compartir información sobre tus hijos en línea: lo que debes saber</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF6E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.unicef.org/parenting/es/salud-mental/sharenting-compartir-informacion-sobre-hijos-en-linea</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09B33199" w14:textId="68BABCCA" w:rsidR="00D95CD7" w:rsidRPr="00FF6E79" w:rsidRDefault="00D95CD7" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -17379,102 +17579,102 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Recomendaciones para evitar ser victima del phishing</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00A133CA" w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.econo.unlp.edu.ar/detise/phishing-3923</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A133CA" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="382788B0" w14:textId="7FFCE9A1" w:rsidR="00E7547B" w:rsidRPr="00FF6E79" w:rsidRDefault="009F64DD" w:rsidP="006E4F91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vázquez, M. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Factores de riesgo en el uso de redes sociales en adolescentes</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Tesis de licenciatura, Universidad de Azuay]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00FF6E79">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://dspace.uazuay.edu.ec/bitstream/datos/11212/1/16749.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0085768D" w:rsidRPr="00FF6E79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71794B95" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00562BF2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -17486,1144 +17686,1158 @@
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="6315"/>
       </w:tblGrid>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="6E1FCEA8" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="71A29C29" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="064DB4DA" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="605E4924" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5547FD77" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="45D39094" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arturo Torres Mendoza</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="68AE927E" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C28DFF1" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6723EFAC" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arturo Torres Mendoza, Norma Lidia Díaz García (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="7919A892" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C36D307" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2E4A728F" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No aplica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="3269DB7A" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6864D3F6" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Validación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7F2465FF" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arturo Torres Mendoza, Norma Lidia Díaz García (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="75F0DD1F" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2215AA45" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3431CF77" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arturo Torres Mendoza, Norma Lidia Díaz García (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="27A90892" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="345FE6BF" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E240A39" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arturo Torres Mendoza (principal) y Norma Lidia Díaz García (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="780831CE" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1ABA970B" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="034137D9" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arturo Torres Mendoza, Norma Lidia Díaz García (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="56080854" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D6BB1F5" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5796FA2A" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arturo Torres Mendoza (principal) y Norma Lidia Díaz García (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="098BA5BA" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0D346E03" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2F6D275B" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Creación y / o presentación de la obra publicada, escribiendo específicamente el borrador inicial.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="6C001D36" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D6197FA" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34102FA2" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arturo Torres Mendoza (principal) y Norma Lidia Díaz García (apoya)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="240B48F8" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5B6D85C5" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Visualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="13B1B8CD" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arturo Torres Mendoza, Norma Lidia Díaz García (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="19BD64EF" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5FFB2A48" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Supervisión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41920457" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arturo Torres Mendoza</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="7FCF6552" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="11D5EACF" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="569DD3B3" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arturo Torres Mendoza</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A66E2" w:rsidRPr="003A66E2" w14:paraId="57312E0D" w14:textId="77777777" w:rsidTr="003A66E2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="526EFF30" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0740ACC8" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="003A66E2" w:rsidRDefault="003A66E2" w:rsidP="00FE3507">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A66E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Arturo Torres Mendoza, Norma Lidia Díaz García (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A1F6642" w14:textId="77777777" w:rsidR="003A66E2" w:rsidRPr="00FF6E79" w:rsidRDefault="003A66E2" w:rsidP="00562BF2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A66E2" w:rsidRPr="00FF6E79" w:rsidSect="00875125">
-      <w:headerReference w:type="default" r:id="rId29"/>
-      <w:footerReference w:type="default" r:id="rId30"/>
+      <w:headerReference w:type="default" r:id="rId30"/>
+      <w:footerReference w:type="default" r:id="rId31"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="568" w:left="1701" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61900893" w14:textId="77777777" w:rsidR="005D130D" w:rsidRDefault="005D130D" w:rsidP="000A01D9">
+    <w:p w14:paraId="10B22F3D" w14:textId="77777777" w:rsidR="00182C76" w:rsidRDefault="00182C76" w:rsidP="000A01D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FE63601" w14:textId="77777777" w:rsidR="005D130D" w:rsidRDefault="005D130D" w:rsidP="000A01D9">
+    <w:p w14:paraId="6875EDF2" w14:textId="77777777" w:rsidR="00182C76" w:rsidRDefault="00182C76" w:rsidP="000A01D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="33C5FABB" w14:textId="7141BD61" w:rsidR="006E4F91" w:rsidRPr="00875125" w:rsidRDefault="006E4F91">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r w:rsidR="00875125">
       <w:t xml:space="preserve">              </w:t>
     </w:r>
     <w:r w:rsidR="00875125" w:rsidRPr="00875125">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>Vol. 11  Núm. 22                   Julio - Diciembre 2024                      PAG</w:t>
+      <w:t xml:space="preserve">Vol. </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00875125" w:rsidRPr="00875125">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>11  Núm.</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00875125" w:rsidRPr="00875125">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 22                   Julio - </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00875125" w:rsidRPr="00875125">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00875125" w:rsidRPr="00875125">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2024                      PAG</w:t>
     </w:r>
     <w:r w:rsidRPr="00875125">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">          </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BE4CF04" w14:textId="77777777" w:rsidR="005D130D" w:rsidRDefault="005D130D" w:rsidP="000A01D9">
+    <w:p w14:paraId="773DAF29" w14:textId="77777777" w:rsidR="00182C76" w:rsidRDefault="00182C76" w:rsidP="000A01D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="149A24FF" w14:textId="77777777" w:rsidR="005D130D" w:rsidRDefault="005D130D" w:rsidP="000A01D9">
+    <w:p w14:paraId="001C4BC0" w14:textId="77777777" w:rsidR="00182C76" w:rsidRDefault="00182C76" w:rsidP="000A01D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E4FAE27" w14:textId="647A29EC" w:rsidR="000A01D9" w:rsidRDefault="00875125" w:rsidP="006E4F91">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DA72052" wp14:editId="7806A89E">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
           <wp:docPr id="337271957" name="Imagen 337271957"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -18635,53 +18849,53 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="6AA2EAC6" w14:textId="77777777" w:rsidR="000A01D9" w:rsidRDefault="000A01D9">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C586A"/>
     <w:rsid w:val="00014574"/>
@@ -18706,98 +18920,100 @@
     <w:rsid w:val="000C4935"/>
     <w:rsid w:val="000C762E"/>
     <w:rsid w:val="000D51E0"/>
     <w:rsid w:val="000E35A1"/>
     <w:rsid w:val="000E3AEF"/>
     <w:rsid w:val="000E5C34"/>
     <w:rsid w:val="00110286"/>
     <w:rsid w:val="001104CC"/>
     <w:rsid w:val="00110F23"/>
     <w:rsid w:val="00115212"/>
     <w:rsid w:val="00116850"/>
     <w:rsid w:val="0012137D"/>
     <w:rsid w:val="001229D2"/>
     <w:rsid w:val="00123BFC"/>
     <w:rsid w:val="00125939"/>
     <w:rsid w:val="00130464"/>
     <w:rsid w:val="00131BC4"/>
     <w:rsid w:val="0013539D"/>
     <w:rsid w:val="00141C8D"/>
     <w:rsid w:val="00151505"/>
     <w:rsid w:val="001655AD"/>
     <w:rsid w:val="00166740"/>
     <w:rsid w:val="0016770E"/>
     <w:rsid w:val="00172F59"/>
     <w:rsid w:val="0017435A"/>
+    <w:rsid w:val="00182C76"/>
     <w:rsid w:val="001873DC"/>
     <w:rsid w:val="001902DA"/>
     <w:rsid w:val="00194150"/>
     <w:rsid w:val="00196B09"/>
     <w:rsid w:val="001B2FC5"/>
     <w:rsid w:val="001B3E25"/>
     <w:rsid w:val="001B47E3"/>
     <w:rsid w:val="001B4D15"/>
     <w:rsid w:val="001D0DE4"/>
     <w:rsid w:val="001D3D6F"/>
     <w:rsid w:val="001F1F89"/>
     <w:rsid w:val="001F4C2E"/>
     <w:rsid w:val="00200511"/>
     <w:rsid w:val="00216749"/>
     <w:rsid w:val="002250B9"/>
     <w:rsid w:val="0022704E"/>
     <w:rsid w:val="00232C2D"/>
     <w:rsid w:val="002432F6"/>
     <w:rsid w:val="0025374A"/>
     <w:rsid w:val="002541D4"/>
     <w:rsid w:val="002757B9"/>
     <w:rsid w:val="00276157"/>
     <w:rsid w:val="00277F0D"/>
     <w:rsid w:val="00281BBC"/>
     <w:rsid w:val="002844D7"/>
     <w:rsid w:val="00292057"/>
     <w:rsid w:val="00294489"/>
     <w:rsid w:val="00297E15"/>
     <w:rsid w:val="002A2CE1"/>
     <w:rsid w:val="002B2050"/>
     <w:rsid w:val="002C462F"/>
     <w:rsid w:val="002C6E6E"/>
     <w:rsid w:val="002D5444"/>
     <w:rsid w:val="002D7D97"/>
     <w:rsid w:val="002E1855"/>
     <w:rsid w:val="0030598D"/>
     <w:rsid w:val="0031188F"/>
     <w:rsid w:val="003155CA"/>
     <w:rsid w:val="003357D9"/>
     <w:rsid w:val="00336348"/>
     <w:rsid w:val="00336599"/>
     <w:rsid w:val="00343CC7"/>
     <w:rsid w:val="00347E7F"/>
     <w:rsid w:val="00361556"/>
     <w:rsid w:val="00373C0E"/>
     <w:rsid w:val="00374745"/>
     <w:rsid w:val="003753A5"/>
     <w:rsid w:val="00393BD9"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A1D44"/>
     <w:rsid w:val="003A66E2"/>
     <w:rsid w:val="003A6911"/>
     <w:rsid w:val="003B4D07"/>
     <w:rsid w:val="003B7360"/>
     <w:rsid w:val="003C1F67"/>
     <w:rsid w:val="003C2CC9"/>
     <w:rsid w:val="003C563C"/>
     <w:rsid w:val="003C781D"/>
     <w:rsid w:val="003E2831"/>
     <w:rsid w:val="003E57C8"/>
     <w:rsid w:val="003F1147"/>
     <w:rsid w:val="003F1CBC"/>
     <w:rsid w:val="003F3773"/>
     <w:rsid w:val="00401013"/>
     <w:rsid w:val="00423A22"/>
     <w:rsid w:val="0043607E"/>
     <w:rsid w:val="00443BD2"/>
     <w:rsid w:val="00447165"/>
     <w:rsid w:val="00453A20"/>
     <w:rsid w:val="00461718"/>
     <w:rsid w:val="00485653"/>
     <w:rsid w:val="004933E3"/>
     <w:rsid w:val="0049424A"/>
     <w:rsid w:val="004A58E4"/>
@@ -18874,50 +19090,51 @@
     <w:rsid w:val="00814F3E"/>
     <w:rsid w:val="00817207"/>
     <w:rsid w:val="0082687D"/>
     <w:rsid w:val="0082711B"/>
     <w:rsid w:val="00827252"/>
     <w:rsid w:val="008361F9"/>
     <w:rsid w:val="00850D0D"/>
     <w:rsid w:val="00854230"/>
     <w:rsid w:val="00855614"/>
     <w:rsid w:val="0085768D"/>
     <w:rsid w:val="0086298A"/>
     <w:rsid w:val="008724EC"/>
     <w:rsid w:val="00875125"/>
     <w:rsid w:val="008765B2"/>
     <w:rsid w:val="008827AA"/>
     <w:rsid w:val="00890481"/>
     <w:rsid w:val="00894626"/>
     <w:rsid w:val="008961E8"/>
     <w:rsid w:val="008A07CC"/>
     <w:rsid w:val="008A4585"/>
     <w:rsid w:val="008C586A"/>
     <w:rsid w:val="008E6FB9"/>
     <w:rsid w:val="008F63D1"/>
     <w:rsid w:val="008F6A99"/>
     <w:rsid w:val="009226EB"/>
+    <w:rsid w:val="009234A4"/>
     <w:rsid w:val="00930897"/>
     <w:rsid w:val="009438FA"/>
     <w:rsid w:val="00960300"/>
     <w:rsid w:val="00971C56"/>
     <w:rsid w:val="00984DB4"/>
     <w:rsid w:val="0099564D"/>
     <w:rsid w:val="009B2F3F"/>
     <w:rsid w:val="009B3B91"/>
     <w:rsid w:val="009C2309"/>
     <w:rsid w:val="009D1EC4"/>
     <w:rsid w:val="009D555E"/>
     <w:rsid w:val="009E0392"/>
     <w:rsid w:val="009E192D"/>
     <w:rsid w:val="009E40DE"/>
     <w:rsid w:val="009E5DEC"/>
     <w:rsid w:val="009F64DD"/>
     <w:rsid w:val="009F6B51"/>
     <w:rsid w:val="00A0456C"/>
     <w:rsid w:val="00A133CA"/>
     <w:rsid w:val="00A1616E"/>
     <w:rsid w:val="00A16C39"/>
     <w:rsid w:val="00A17B37"/>
     <w:rsid w:val="00A21254"/>
     <w:rsid w:val="00A63F70"/>
     <w:rsid w:val="00A65599"/>
@@ -19059,51 +19276,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5FFC43B8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3D85A6E5-6165-4A5F-B308-2047C64FE4C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19539,51 +19756,50 @@
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00827252"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -19932,51 +20148,51 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-MX"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLconformatoprevioCar">
     <w:name w:val="HTML con formato previo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="HTMLconformatoprevio"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006E4F91"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-MX"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="320622973">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="379019394">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -20169,51 +20385,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2147039807">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007%2Fs12144-021-02692-6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/pdf/mgi/v37n3/1561-3038-mgi-37-03-e1442.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theconversation.com/retos-virales-que-ponen-en-peligro-a-los-adolescentes-181262" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unicef.org/parenting/es/salud-mental/sharenting-compartir-informacion-sobre-hijos-en-linea" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/sspc/es/articulos/grooming-272722" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statista.com/statistics/1095186/tiktok-us-users-age/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://humadoc.mdp.edu.ar:8080/xmlui/bitstream/handle/123456789/861/LES%20ADOLESCENTES%20EN%20SU%20COTIDIANEIDAD%20Y%20EN%20LA%20ESCUELA.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oecd-ilibrary.org/docserver/95042119-es.pdf?expires=1718047154&amp;id=id&amp;accname=guest&amp;checksum=CEB4497B2216C6B489AE2927B45292A3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unicef.org/es/end-violence/ciberacoso-que-es-y-como-detenerlo" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nmas.com.mx/tendencias/joven-casi-se-ahoga-muere-reto-viral-tiktok-challenge-debes-comer-mucho/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/610061/Anexo_1_Lineamientos_Informacion_y__Difusion_NNA_SSO_SIPINNA.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.diputados.gob.mx/LeyesBiblio/pdf/LGDNNA.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.org/es/digital-education/need-know" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgarmorinmultiversidad.org/images/descargas/libros/los7saberes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.unesco.org/sites/default/files/seoul_declaration_mil_disinfodemic_es.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dspace.uazuay.edu.ec/bitstream/datos/11212/1/16749.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/ES/TXT/PDF/?uri=CELEX:32006H0962&amp;from=CS" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abc.es/recreo/reto-viral-cuesta-vida-quedado-encerrado-lavadora-20240226132549-nt.html?ref=https%3A%2F%2Fwww.abc.es%2Frecreo%2Freto-viral-cuesta-vida-quedado-encerrado-lavadora-20240226132549-nt.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.felsemiotica.com/descargas/Castells-Manuel-Comunicaci&#243;n-y-poder.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.independentespanol.com/noticias/blackout-challenge-muerte-ninas-zacatecas-tiktok-b2538768.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/sipinna/articulos/retos-virales-en-redes-sociales-evitar-que-este-mal-se-propague-entre-ninas-ninos-y-adolescentes?idiom=es" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.econo.unlp.edu.ar/detise/phishing-3923" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://humadoc.mdp.edu.ar:8080/xmlui/bitstream/handle/123456789/861/LES%20ADOLESCENTES%20EN%20SU%20COTIDIANEIDAD%20Y%20EN%20LA%20ESCUELA.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oecd-ilibrary.org/docserver/95042119-es.pdf?expires=1718047154&amp;id=id&amp;accname=guest&amp;checksum=CEB4497B2216C6B489AE2927B45292A3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unicef.org/es/end-violence/ciberacoso-que-es-y-como-detenerlo" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/610061/Anexo_1_Lineamientos_Informacion_y__Difusion_NNA_SSO_SIPINNA.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v11i22.933" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.diputados.gob.mx/LeyesBiblio/pdf/LGDNNA.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nmas.com.mx/tendencias/joven-casi-se-ahoga-muere-reto-viral-tiktok-challenge-debes-comer-mucho/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.org/es/digital-education/need-know" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edgarmorinmultiversidad.org/images/descargas/libros/los7saberes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abc.es/recreo/reto-viral-cuesta-vida-quedado-encerrado-lavadora-20240226132549-nt.html?ref=https%3A%2F%2Fwww.abc.es%2Frecreo%2Freto-viral-cuesta-vida-quedado-encerrado-lavadora-20240226132549-nt.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dspace.uazuay.edu.ec/bitstream/datos/11212/1/16749.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/ES/TXT/PDF/?uri=CELEX:32006H0962&amp;from=CS" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.unesco.org/sites/default/files/seoul_declaration_mil_disinfodemic_es.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.independentespanol.com/noticias/blackout-challenge-muerte-ninas-zacatecas-tiktok-b2538768.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/sipinna/articulos/retos-virales-en-redes-sociales-evitar-que-este-mal-se-propague-entre-ninas-ninos-y-adolescentes?idiom=es" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.econo.unlp.edu.ar/detise/phishing-3923" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.felsemiotica.com/descargas/Castells-Manuel-Comunicaci&#243;n-y-poder.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theconversation.com/retos-virales-que-ponen-en-peligro-a-los-adolescentes-181262" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007%2Fs12144-021-02692-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/pdf/mgi/v37n3/1561-3038-mgi-37-03-e1442.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/sspc/es/articulos/grooming-272722" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unicef.org/parenting/es/salud-mental/sharenting-compartir-informacion-sobre-hijos-en-linea" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statista.com/statistics/1095186/tiktok-us-users-age/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -20492,69 +20708,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5202D8B-665E-4642-B931-1D1A2735A847}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>21</Pages>
-  <Words>7330</Words>
-  <Characters>40319</Characters>
+  <Words>7346</Words>
+  <Characters>40404</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>335</Lines>
+  <Lines>336</Lines>
   <Paragraphs>95</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>47554</CharactersWithSpaces>
+  <CharactersWithSpaces>47655</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Arturo Torres Mendoza</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>