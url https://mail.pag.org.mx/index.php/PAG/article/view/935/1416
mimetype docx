--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -14,66 +14,97 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="42D26E46" w14:textId="201DF508" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="23064451" w14:textId="19F46033" w:rsidR="003266C1" w:rsidRPr="003266C1" w:rsidRDefault="003266C1" w:rsidP="007D4151">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003266C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="003266C1">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:i/>
+            <w:color w:val="000000"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v12i23.935</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="33F883AD" w14:textId="356A1C74" w:rsidR="00166547" w:rsidRPr="007D4151" w:rsidRDefault="00101568" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -216,66 +247,64 @@
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005B4147" w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00101568" w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Study</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005B4147" w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fourier </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005B4147" w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
@@ -818,70 +847,72 @@
       </w:r>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003A3B42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Los escenarios se establecen con los </w:t>
       </w:r>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">parámetros de: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>frecuencia de muestreo, componentes frecuenciales de la señal, amplitudes de las componentes y tamaños de las ventanas de los datos para las cuales se aplica la transformada</w:t>
+        <w:t xml:space="preserve">frecuencia de muestreo, componentes frecuenciales de la señal, amplitudes de las componentes y tamaños de las </w:t>
       </w:r>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ventanas de los datos para las cuales se aplica la transformada</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F81832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B1178E" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Este estudio permite </w:t>
-[...6 lines deleted...]
-        <w:t>identificar y establecer los parámetros óptimos que garantizan resultados confiables de la Transformada de Fourier en escenarios con parámetros desconocidos</w:t>
+        <w:t>Este estudio permite identificar y establecer los parámetros óptimos que garantizan resultados confiables de la Transformada de Fourier en escenarios con parámetros desconocidos</w:t>
       </w:r>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="746AC922" w14:textId="0C34E978" w:rsidR="00EE7105" w:rsidRPr="00F81832" w:rsidRDefault="00EE7105" w:rsidP="00EE7105">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Palabras clave:</w:t>
       </w:r>
@@ -1188,209 +1219,201 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>emulated</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D13C91" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> temporal </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D13C91" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>signals</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Fourier </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>The</w:t>
+        <w:t>Transform</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fourier </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Transform</w:t>
+        <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>is</w:t>
+        <w:t>well-established</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>well-established</w:t>
+        <w:t>theory</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>theory</w:t>
+        <w:t>that</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> has </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>that</w:t>
+        <w:t>been</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> has </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>been</w:t>
+        <w:t>extensively</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>extensively</w:t>
+        <w:t>studied</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>studied</w:t>
+        <w:t>from</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>from</w:t>
+        <w:t>different</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD1387" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>different</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>perspectives</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00552143" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>This</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00552143" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00552143" w:rsidRPr="00F81832">
@@ -1524,63 +1547,55 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00552143" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fourier </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00552143" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Transform</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00774D67" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00774D67" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>results</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00774D67" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00774D67" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>facilitate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00774D67" w:rsidRPr="00F81832">
         <w:rPr>
@@ -3608,100 +3623,106 @@
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>tamanhos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> das </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>janelas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de dados para as </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4151">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">de dados para as </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>quais</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>transformação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> é aplicada. Este </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>estudo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> nos permite identificar e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>estabelecer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>parâmetros</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007D4151">
@@ -3954,51 +3975,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Diciembre</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F957D13" w14:textId="77777777" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
+    <w:p w14:paraId="1F957D13" w14:textId="77777777" w:rsidR="007D4151" w:rsidRDefault="00000000" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="2A6B5E73">
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="7124E296" w14:textId="0151C2FA" w:rsidR="005876A1" w:rsidRPr="00DB32F3" w:rsidRDefault="005876A1" w:rsidP="00DB32F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
@@ -4019,65 +4040,51 @@
         <w:ind w:firstLine="227"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La enseñanza y el aprendizaje de la Transformada de Fourier requieren conocimientos previos en disciplinas como matemáticas, física e ingeniería. Además, es fundamental comprender sus propiedades algebraicas, tales como linealidad, invarianza en el tiempo, causalidad, estabilidad, el teorema de muestreo y el ancho de banda, entre otras</w:t>
       </w:r>
       <w:r w:rsidR="00E13F4F" w:rsidRPr="00F81832">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E13F4F" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(Lewis, 2022</w:t>
       </w:r>
       <w:r w:rsidR="001E357C" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
-[...13 lines deleted...]
-        <w:t>, 2020</w:t>
+        <w:t>; Abood, 2020</w:t>
       </w:r>
       <w:r w:rsidR="00E13F4F" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F76BA4" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005F7CDA" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">También es necesario conocer los conceptos de “Transformada de Fourier en tiempo continuo”, “Transformada de Fourier en tiempo discreto” y “Transformada </w:t>
       </w:r>
       <w:r w:rsidR="000F2A5C" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
@@ -4105,63 +4112,55 @@
         </w:rPr>
         <w:t>y las características operativas de cada una de ellas</w:t>
       </w:r>
       <w:r w:rsidR="00DB32F3" w:rsidRPr="00F81832">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB32F3" w:rsidRPr="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">(Oppenheim </w:t>
       </w:r>
       <w:r w:rsidR="00020FFA" w:rsidRPr="00435D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="00967EDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DB32F3" w:rsidRPr="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Schafer</w:t>
-[...6 lines deleted...]
-        <w:t>, 2011</w:t>
+        <w:t>Schafer, 2011</w:t>
       </w:r>
       <w:r w:rsidR="00DB32F3" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidR="002938D3" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Sin embargo, esperar que el estudiante infiera automáticamente la utilidad de la Transformada de Fourier y sus implicaciones en las aplicaciones a partir de expresiones algebraicas, teoremas y postulados es una expectativa poco realista</w:t>
       </w:r>
       <w:r w:rsidR="00E13FC3" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00030B08" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4398,51 +4397,51 @@
               <wp:posOffset>41910</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1744345" cy="402590"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="20442"/>
                 <wp:lineTo x="21466" y="20442"/>
                 <wp:lineTo x="21466" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="447908553" name="Imagen 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="447908553" name="Imagen 447908553"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1744345" cy="402590"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -4566,90 +4565,90 @@
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r w:rsidR="00DB32F3" w:rsidRPr="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, 2017)</w:t>
       </w:r>
       <w:r w:rsidR="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00281974">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>En esto radica la importancia de la transformada de Fourier.</w:t>
       </w:r>
       <w:r w:rsidR="00761B3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Como ejemplo, se tiene que en la práctica el ancho de banda para voz </w:t>
+        <w:t xml:space="preserve"> Como </w:t>
+      </w:r>
+      <w:r w:rsidR="00761B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ejemplo, se tiene que en la práctica el ancho de banda para voz </w:t>
       </w:r>
       <w:r w:rsidR="00967EDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">es </w:t>
       </w:r>
       <w:r w:rsidR="00761B3A" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="006153A4" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           </w:rPr>
           <m:t>4.4 kHz</m:t>
         </m:r>
       </m:oMath>
       <w:r w:rsidR="00761B3A" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, mientras que </w:t>
-[...6 lines deleted...]
-        <w:t>para música es de</w:t>
+        <w:t>, mientras que para música es de</w:t>
       </w:r>
       <w:r w:rsidR="006153A4" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           </w:rPr>
           <m:t>15 kHz</m:t>
         </m:r>
       </m:oMath>
       <w:r w:rsidR="00761B3A" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, a lo más</w:t>
       </w:r>
       <w:r w:rsidR="009B6ED8" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -4723,91 +4722,63 @@
         </w:rPr>
         <w:t>nto</w:t>
       </w:r>
       <w:r w:rsidR="000406F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, surgen preguntas, que no solo deben quedar resueltas por la teoría, sino que también deben ser validadas por escenarios prácticos controlados.</w:t>
       </w:r>
       <w:r w:rsidR="00627BE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Preguntas como: ¿es suficiente muestrear a 8800 muestras por segundo?, en conversaciones fluidas, ¿de que tamaño deber ser la ventana óptima de estudio para aplicar la transformada de Fourier?</w:t>
       </w:r>
       <w:r w:rsidR="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB32F3" w:rsidRPr="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">(Rabiner </w:t>
+      </w:r>
+      <w:r w:rsidR="00020FFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
       <w:r w:rsidR="00DB32F3" w:rsidRPr="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Rabiner</w:t>
-[...32 lines deleted...]
-        <w:t>, 2007)</w:t>
+        <w:t xml:space="preserve"> Schafer, 2007)</w:t>
       </w:r>
       <w:r w:rsidR="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00627BE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>¿de qu</w:t>
       </w:r>
       <w:r w:rsidR="00967EDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
       <w:r w:rsidR="00627BE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> depende la calidad de l</w:t>
       </w:r>
@@ -6214,78 +6185,78 @@
       </w:r>
       <w:r w:rsidR="00DC5737">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D51589">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">analizado y se denotará por </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           </w:rPr>
           <m:t>W</m:t>
         </m:r>
       </m:oMath>
       <w:r w:rsidR="00D51589">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>. Se estudiarán dos tipos de ventanas: Ventanas cuyo número de datos sean potencia de 2 (</w:t>
+        <w:t xml:space="preserve">. Se estudiarán dos tipos de ventanas: Ventanas cuyo número </w:t>
+      </w:r>
+      <w:r w:rsidR="00D51589">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de datos sean potencia de 2 (</w:t>
       </w:r>
       <w:r w:rsidR="00F34695">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">escenario </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D51589">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>xIVA</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D51589">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">) y ventanas cuyo número de datos no sean </w:t>
-[...6 lines deleted...]
-        <w:t>potencia de 2 (</w:t>
+        <w:t>) y ventanas cuyo número de datos no sean potencia de 2 (</w:t>
       </w:r>
       <w:r w:rsidR="00F34695">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">escenario </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D51589">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>xVB</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D51589">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="0001145C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -6481,79 +6452,67 @@
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>t</m:t>
                 </m:r>
               </m:e>
               <m:sub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>n</m:t>
                 </m:r>
               </m:sub>
             </m:sSub>
           </m:e>
         </m:d>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           </w:rPr>
-          <m:t>=2.5</m:t>
-[...5 lines deleted...]
-          <m:t>sen</m:t>
+          <m:t>=2.5sen</m:t>
         </m:r>
         <m:d>
           <m:dPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
               </w:rPr>
-              <m:t>2</m:t>
-[...5 lines deleted...]
-              <m:t>π</m:t>
+              <m:t>2π</m:t>
             </m:r>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>f</m:t>
                 </m:r>
               </m:e>
               <m:sub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>a</m:t>
                 </m:r>
@@ -6693,79 +6652,67 @@
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>t</m:t>
                 </m:r>
               </m:e>
               <m:sub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>n</m:t>
                 </m:r>
               </m:sub>
             </m:sSub>
           </m:e>
         </m:d>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           </w:rPr>
-          <m:t>=2.5</m:t>
-[...5 lines deleted...]
-          <m:t>sen</m:t>
+          <m:t>=2.5sen</m:t>
         </m:r>
         <m:d>
           <m:dPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
               </w:rPr>
-              <m:t>2</m:t>
-[...5 lines deleted...]
-              <m:t>π</m:t>
+              <m:t>2π</m:t>
             </m:r>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>f</m:t>
                 </m:r>
               </m:e>
               <m:sub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>b</m:t>
                 </m:r>
@@ -6905,79 +6852,67 @@
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>t</m:t>
                 </m:r>
               </m:e>
               <m:sub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>n</m:t>
                 </m:r>
               </m:sub>
             </m:sSub>
           </m:e>
         </m:d>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           </w:rPr>
-          <m:t>=2.5</m:t>
-[...5 lines deleted...]
-          <m:t>sen</m:t>
+          <m:t>=2.5sen</m:t>
         </m:r>
         <m:d>
           <m:dPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
               </w:rPr>
-              <m:t>2</m:t>
-[...5 lines deleted...]
-              <m:t>π</m:t>
+              <m:t>2π</m:t>
             </m:r>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>f</m:t>
                 </m:r>
               </m:e>
               <m:sub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>c</m:t>
                 </m:r>
@@ -7831,51 +7766,51 @@
               <wp:posOffset>5080</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2815356" cy="1704535"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21246"/>
                 <wp:lineTo x="21488" y="21246"/>
                 <wp:lineTo x="21488" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="1444134459" name="Imagen 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1444134459" name="Imagen 1444134459"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2815356" cy="1704535"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -8162,65 +8097,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> de Nyquist-Shannon</w:t>
       </w:r>
       <w:r w:rsidR="004C5026" w:rsidRPr="00CE2898">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00CE2898" w:rsidRPr="00CE2898">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Oppenheim </w:t>
       </w:r>
       <w:r w:rsidR="00020FFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="00CE2898" w:rsidRPr="00CE2898">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t>, 2011</w:t>
+        <w:t xml:space="preserve"> Schafer, 2011</w:t>
       </w:r>
       <w:r w:rsidR="004C5026" w:rsidRPr="00CE2898">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003127DB" w:rsidRPr="00CE2898">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="372EA836" w14:textId="77777777" w:rsidR="002771A5" w:rsidRDefault="002771A5" w:rsidP="00F0240B">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="787D695A" w14:textId="401523F9" w:rsidR="004F637A" w:rsidRPr="007D4151" w:rsidRDefault="002419A1" w:rsidP="007D4151">
       <w:pPr>
@@ -8247,65 +8168,51 @@
     </w:p>
     <w:p w14:paraId="6B7AE378" w14:textId="48C50536" w:rsidR="002419A1" w:rsidRDefault="002419A1" w:rsidP="00814ACA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="227"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>En esta subsección se presentan expresiones de la Transformada Discreta de Fourier</w:t>
       </w:r>
       <w:r w:rsidR="003127DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DFT)</w:t>
       </w:r>
       <w:r w:rsidR="00727CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, 2021; </w:t>
+        <w:t xml:space="preserve"> (Sundararajan, 2021; </w:t>
       </w:r>
       <w:r w:rsidR="00727CFF" w:rsidRPr="00727CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ingle </w:t>
       </w:r>
       <w:r w:rsidR="00020FFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="00727CFF" w:rsidRPr="00727CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00727CFF" w:rsidRPr="00727CFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Proakis</w:t>
@@ -8329,51 +8236,50 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77926B8E" w14:textId="77777777" w:rsidR="007D4151" w:rsidRPr="00B554BB" w:rsidRDefault="007D4151" w:rsidP="00814ACA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="227"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F624FAF" w14:textId="4494FF98" w:rsidR="00697B81" w:rsidRPr="00B554BB" w:rsidRDefault="00697B81" w:rsidP="00697B81">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B554BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52F12950" wp14:editId="18B7B697">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1890542</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>90023</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3397853" cy="1007007"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="223694601" name="CuadroTexto 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3397853" cy="1007007"/>
                         </a:xfrm>
@@ -10086,58 +9992,56 @@
       </w:r>
       <w:r w:rsidR="009751BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La ventana de análisis será sobre la cual se aplicará la transformada</w:t>
       </w:r>
       <w:r w:rsidR="00814ACA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> FFT</w:t>
       </w:r>
       <w:r w:rsidR="00A26BAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DB32F3" w:rsidRPr="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Sundararajan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DB32F3" w:rsidRPr="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidR="00D37E4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00D37E4D" w:rsidRPr="00D37E4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ingle </w:t>
       </w:r>
       <w:r w:rsidR="00020FFA">
@@ -10400,65 +10304,51 @@
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
                                             <m:t>X</m:t>
                                           </m:r>
                                           <m:d>
                                             <m:dPr>
                                               <m:begChr m:val="["/>
                                               <m:endChr m:val="]"/>
                                               <m:ctrlPr>
                                                 <w:rPr>
                                                   <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                   <w:i/>
                                                   <w:iCs/>
                                                   <w:kern w:val="24"/>
                                                 </w:rPr>
                                               </m:ctrlPr>
                                             </m:dPr>
                                             <m:e>
                                               <m:r>
                                                 <w:rPr>
                                                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                   <w:kern w:val="24"/>
                                                 </w:rPr>
-                                                <m:t>N</m:t>
-[...13 lines deleted...]
-                                                <m:t>1</m:t>
+                                                <m:t>N-1</m:t>
                                               </m:r>
                                             </m:e>
                                           </m:d>
                                         </m:e>
                                       </m:mr>
                                     </m:m>
                                   </m:e>
                                 </m:d>
                                 <m:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                     <w:kern w:val="24"/>
                                   </w:rPr>
                                   <m:t>=</m:t>
                                 </m:r>
                                 <m:d>
                                   <m:dPr>
                                     <m:begChr m:val="["/>
                                     <m:endChr m:val="]"/>
                                     <m:ctrlPr>
                                       <w:rPr>
                                         <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                         <w:i/>
                                         <w:iCs/>
                                         <w:kern w:val="24"/>
@@ -10635,65 +10525,51 @@
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                               <m:t>N</m:t>
                                             </m:r>
                                           </m:sub>
                                           <m:sup>
                                             <m:d>
                                               <m:dPr>
                                                 <m:ctrlPr>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                     <w:i/>
                                                     <w:iCs/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
                                                 </m:ctrlPr>
                                               </m:dPr>
                                               <m:e>
                                                 <m:r>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
-                                                  <m:t>N</m:t>
-[...13 lines deleted...]
-                                                  <m:t>1</m:t>
+                                                  <m:t>N-1</m:t>
                                                 </m:r>
                                               </m:e>
                                             </m:d>
                                             <m:r>
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                               <m:t>0</m:t>
                                             </m:r>
                                           </m:sup>
                                         </m:sSubSup>
                                       </m:e>
                                     </m:eqArr>
                                     <m:eqArr>
                                       <m:eqArrPr>
                                         <m:ctrlPr>
                                           <w:rPr>
                                             <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                             <w:i/>
                                             <w:iCs/>
                                             <w:kern w:val="24"/>
                                           </w:rPr>
                                         </m:ctrlPr>
                                       </m:eqArrPr>
@@ -10862,65 +10738,51 @@
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                               <m:t>N</m:t>
                                             </m:r>
                                           </m:sub>
                                           <m:sup>
                                             <m:d>
                                               <m:dPr>
                                                 <m:ctrlPr>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                     <w:i/>
                                                     <w:iCs/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
                                                 </m:ctrlPr>
                                               </m:dPr>
                                               <m:e>
                                                 <m:r>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
-                                                  <m:t>N</m:t>
-[...13 lines deleted...]
-                                                  <m:t>1</m:t>
+                                                  <m:t>N-1</m:t>
                                                 </m:r>
                                               </m:e>
                                             </m:d>
                                             <m:r>
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                               <m:t>1</m:t>
                                             </m:r>
                                           </m:sup>
                                         </m:sSubSup>
                                       </m:e>
                                     </m:eqArr>
                                     <m:eqArr>
                                       <m:eqArrPr>
                                         <m:ctrlPr>
                                           <w:rPr>
                                             <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                             <w:i/>
                                             <w:iCs/>
                                             <w:kern w:val="24"/>
                                           </w:rPr>
                                         </m:ctrlPr>
                                       </m:eqArrPr>
@@ -11071,65 +10933,51 @@
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                               <m:t>N</m:t>
                                             </m:r>
                                           </m:sub>
                                           <m:sup>
                                             <m:d>
                                               <m:dPr>
                                                 <m:ctrlPr>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                     <w:i/>
                                                     <w:iCs/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
                                                 </m:ctrlPr>
                                               </m:dPr>
                                               <m:e>
                                                 <m:r>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
-                                                  <m:t>N</m:t>
-[...13 lines deleted...]
-                                                  <m:t>1</m:t>
+                                                  <m:t>N-1</m:t>
                                                 </m:r>
                                               </m:e>
                                             </m:d>
                                             <m:r>
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                               <m:t>2</m:t>
                                             </m:r>
                                           </m:sup>
                                         </m:sSubSup>
                                         <m:r>
                                           <w:rPr>
                                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                             <w:kern w:val="24"/>
                                           </w:rPr>
                                           <m:t xml:space="preserve">    </m:t>
                                         </m:r>
                                       </m:e>
                                     </m:eqArr>
                                     <m:eqArr>
                                       <m:eqArrPr>
                                         <m:ctrlPr>
                                           <w:rPr>
@@ -11230,65 +11078,51 @@
                                           <m:sup>
                                             <m:r>
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                               <m:t>0</m:t>
                                             </m:r>
                                             <m:d>
                                               <m:dPr>
                                                 <m:ctrlPr>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                     <w:i/>
                                                     <w:iCs/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
                                                 </m:ctrlPr>
                                               </m:dPr>
                                               <m:e>
                                                 <m:r>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
-                                                  <m:t>N</m:t>
-[...13 lines deleted...]
-                                                  <m:t>1</m:t>
+                                                  <m:t>N-1</m:t>
                                                 </m:r>
                                               </m:e>
                                             </m:d>
                                           </m:sup>
                                         </m:sSubSup>
                                       </m:e>
                                       <m:e>
                                         <m:sSubSup>
                                           <m:sSubSupPr>
                                             <m:ctrlPr>
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                 <w:i/>
                                                 <w:iCs/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                             </m:ctrlPr>
                                           </m:sSubSupPr>
                                           <m:e>
                                             <m:r>
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                               <m:t>W</m:t>
@@ -11306,65 +11140,51 @@
                                           <m:sup>
                                             <m:r>
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                               <m:t>1</m:t>
                                             </m:r>
                                             <m:d>
                                               <m:dPr>
                                                 <m:ctrlPr>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                     <w:i/>
                                                     <w:iCs/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
                                                 </m:ctrlPr>
                                               </m:dPr>
                                               <m:e>
                                                 <m:r>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
-                                                  <m:t>N</m:t>
-[...13 lines deleted...]
-                                                  <m:t>1</m:t>
+                                                  <m:t>N-1</m:t>
                                                 </m:r>
                                               </m:e>
                                             </m:d>
                                           </m:sup>
                                         </m:sSubSup>
                                       </m:e>
                                       <m:e>
                                         <m:sSubSup>
                                           <m:sSubSupPr>
                                             <m:ctrlPr>
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                 <w:i/>
                                                 <w:iCs/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                             </m:ctrlPr>
                                           </m:sSubSupPr>
                                           <m:e>
                                             <m:r>
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                               <m:t>W</m:t>
@@ -11382,65 +11202,51 @@
                                           <m:sup>
                                             <m:r>
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                               <m:t>2</m:t>
                                             </m:r>
                                             <m:d>
                                               <m:dPr>
                                                 <m:ctrlPr>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                     <w:i/>
                                                     <w:iCs/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
                                                 </m:ctrlPr>
                                               </m:dPr>
                                               <m:e>
                                                 <m:r>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
-                                                  <m:t>N</m:t>
-[...13 lines deleted...]
-                                                  <m:t>1</m:t>
+                                                  <m:t>N-1</m:t>
                                                 </m:r>
                                               </m:e>
                                             </m:d>
                                           </m:sup>
                                         </m:sSubSup>
                                       </m:e>
                                       <m:e>
                                         <m:r>
                                           <w:rPr>
                                             <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math"/>
                                             <w:kern w:val="24"/>
                                           </w:rPr>
                                           <m:t>⋮</m:t>
                                         </m:r>
                                       </m:e>
                                       <m:e>
                                         <m:sSubSup>
                                           <m:sSubSupPr>
                                             <m:ctrlPr>
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                 <w:i/>
                                                 <w:iCs/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
@@ -11460,100 +11266,72 @@
                                               <w:rPr>
                                                 <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                 <w:kern w:val="24"/>
                                               </w:rPr>
                                               <m:t>N</m:t>
                                             </m:r>
                                           </m:sub>
                                           <m:sup>
                                             <m:d>
                                               <m:dPr>
                                                 <m:ctrlPr>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                     <w:i/>
                                                     <w:iCs/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
                                                 </m:ctrlPr>
                                               </m:dPr>
                                               <m:e>
                                                 <m:r>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
-                                                  <m:t>N</m:t>
-[...13 lines deleted...]
-                                                  <m:t>1</m:t>
+                                                  <m:t>N-1</m:t>
                                                 </m:r>
                                               </m:e>
                                             </m:d>
                                             <m:d>
                                               <m:dPr>
                                                 <m:ctrlPr>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                     <w:i/>
                                                     <w:iCs/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
                                                 </m:ctrlPr>
                                               </m:dPr>
                                               <m:e>
                                                 <m:r>
                                                   <w:rPr>
                                                     <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                     <w:kern w:val="24"/>
                                                   </w:rPr>
-                                                  <m:t>N</m:t>
-[...13 lines deleted...]
-                                                  <m:t>1</m:t>
+                                                  <m:t>N-1</m:t>
                                                 </m:r>
                                               </m:e>
                                             </m:d>
                                           </m:sup>
                                         </m:sSubSup>
                                       </m:e>
                                     </m:eqArr>
                                   </m:e>
                                 </m:d>
                                 <m:d>
                                   <m:dPr>
                                     <m:begChr m:val="["/>
                                     <m:endChr m:val="]"/>
                                     <m:ctrlPr>
                                       <w:rPr>
                                         <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                         <w:i/>
                                         <w:iCs/>
                                         <w:kern w:val="24"/>
                                       </w:rPr>
                                     </m:ctrlPr>
                                   </m:dPr>
                                   <m:e>
                                     <m:m>
                                       <m:mPr>
@@ -11703,65 +11481,51 @@
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
                                             <m:t>x</m:t>
                                           </m:r>
                                           <m:d>
                                             <m:dPr>
                                               <m:begChr m:val="["/>
                                               <m:endChr m:val="]"/>
                                               <m:ctrlPr>
                                                 <w:rPr>
                                                   <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                                   <w:i/>
                                                   <w:iCs/>
                                                   <w:kern w:val="24"/>
                                                 </w:rPr>
                                               </m:ctrlPr>
                                             </m:dPr>
                                             <m:e>
                                               <m:r>
                                                 <w:rPr>
                                                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                                   <w:kern w:val="24"/>
                                                 </w:rPr>
-                                                <m:t>N</m:t>
-[...13 lines deleted...]
-                                                <m:t>1</m:t>
+                                                <m:t>N-1</m:t>
                                               </m:r>
                                             </m:e>
                                           </m:d>
                                         </m:e>
                                       </m:mr>
                                     </m:m>
                                   </m:e>
                                 </m:d>
                               </m:oMath>
                             </m:oMathPara>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="0F268385" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:43.35pt;margin-top:11pt;width:804.1pt;height:164.75pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5TgFikQEAABQDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/YPwi6N3bcreiMOEW7osOA&#10;ohvQ9QMUWYoFSKIgqrHz96OUOBnWW9ELRZHS4+MjVzeTs2ynIhrwHV8uas6Ul9Abv+34y5+Hi2vO&#10;MAnfCwtedXyvkN+sP39ajaFVDQxgexUZgXhsx9DxIaXQVhXKQTmBCwjKU1JDdCLRNW6rPoqR0J2t&#10;mrq+qkaIfYggFSJF7w9Jvi74WiuZfmmNKjHbceKWio3FbrKt1ivRbqMIg5FHGuIdLJwwnoqeoO5F&#10;Euw1mjdQzsgICDotJLgKtDZSlR6om2X9XzfPgwiq9ELiYDjJhB8HK592z+F3ZGm6g4kGmAUZA7ZI&#10;wdzPpKPLJzFllCcJ9yfZ1JSYzJ/qZtk015ecSUo29bfmy2WTgarz/xAx/VDgWHY6HmkwRS+xe8R0&#10;eDo/yeU8PBhrc/xMJntp2kzM9B3/OhPdQL8n/iONsOOedowz+9OTQnnasxNnZzM7MdnvUHYil8Nw&#10;+5qoZGGS6xxQj+VJ+tLLcU3ybP+9l1fnZV7/BQAA//8DAFBLAwQUAAYACAAAACEA/ZDjCN4AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjTQNM0zaZClbhwoyAkbm68jaP6&#10;J7LdNHl73BMcRzOa+abeTUazkXzonUVYLjJgZFsne9shfH2+PZXAQhRWCu0sIcwUYNfc39Wiku5q&#10;P2g8xI6lEhsqgaBiHCrOQ6vIiLBwA9nknZw3IibpOy69uKZyo3meZQU3ordpQYmB9ora8+FiENbT&#10;t6Mh0J5+TmPrVT+X+n1GfHyYXrfAIk3xLww3/IQOTWI6uouVgWmEslinJEKep0s3v9i8bIAdEZ5X&#10;yxXwpub/LzS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALlOAWKRAQAAFAMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP2Q4wjeAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAA6wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD2BAAAAAA=&#10;" filled="f" stroked="f">
@@ -11944,65 +11708,51 @@
                                       <w:rPr>
                                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                         <w:kern w:val="24"/>
                                       </w:rPr>
                                       <m:t>X</m:t>
                                     </m:r>
                                     <m:d>
                                       <m:dPr>
                                         <m:begChr m:val="["/>
                                         <m:endChr m:val="]"/>
                                         <m:ctrlPr>
                                           <w:rPr>
                                             <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                             <w:i/>
                                             <w:iCs/>
                                             <w:kern w:val="24"/>
                                           </w:rPr>
                                         </m:ctrlPr>
                                       </m:dPr>
                                       <m:e>
                                         <m:r>
                                           <w:rPr>
                                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                             <w:kern w:val="24"/>
                                           </w:rPr>
-                                          <m:t>N</m:t>
-[...13 lines deleted...]
-                                          <m:t>1</m:t>
+                                          <m:t>N-1</m:t>
                                         </m:r>
                                       </m:e>
                                     </m:d>
                                   </m:e>
                                 </m:mr>
                               </m:m>
                             </m:e>
                           </m:d>
                           <m:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                               <w:kern w:val="24"/>
                             </w:rPr>
                             <m:t>=</m:t>
                           </m:r>
                           <m:d>
                             <m:dPr>
                               <m:begChr m:val="["/>
                               <m:endChr m:val="]"/>
                               <m:ctrlPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                   <w:i/>
                                   <w:iCs/>
                                   <w:kern w:val="24"/>
@@ -12179,65 +11929,51 @@
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                         <m:t>N</m:t>
                                       </m:r>
                                     </m:sub>
                                     <m:sup>
                                       <m:d>
                                         <m:dPr>
                                           <m:ctrlPr>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                               <w:i/>
                                               <w:iCs/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
                                           </m:ctrlPr>
                                         </m:dPr>
                                         <m:e>
                                           <m:r>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
-                                            <m:t>N</m:t>
-[...13 lines deleted...]
-                                            <m:t>1</m:t>
+                                            <m:t>N-1</m:t>
                                           </m:r>
                                         </m:e>
                                       </m:d>
                                       <m:r>
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                         <m:t>0</m:t>
                                       </m:r>
                                     </m:sup>
                                   </m:sSubSup>
                                 </m:e>
                               </m:eqArr>
                               <m:eqArr>
                                 <m:eqArrPr>
                                   <m:ctrlPr>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                       <w:i/>
                                       <w:iCs/>
                                       <w:kern w:val="24"/>
                                     </w:rPr>
                                   </m:ctrlPr>
                                 </m:eqArrPr>
@@ -12406,65 +12142,51 @@
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                         <m:t>N</m:t>
                                       </m:r>
                                     </m:sub>
                                     <m:sup>
                                       <m:d>
                                         <m:dPr>
                                           <m:ctrlPr>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                               <w:i/>
                                               <w:iCs/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
                                           </m:ctrlPr>
                                         </m:dPr>
                                         <m:e>
                                           <m:r>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
-                                            <m:t>N</m:t>
-[...13 lines deleted...]
-                                            <m:t>1</m:t>
+                                            <m:t>N-1</m:t>
                                           </m:r>
                                         </m:e>
                                       </m:d>
                                       <m:r>
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                         <m:t>1</m:t>
                                       </m:r>
                                     </m:sup>
                                   </m:sSubSup>
                                 </m:e>
                               </m:eqArr>
                               <m:eqArr>
                                 <m:eqArrPr>
                                   <m:ctrlPr>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                       <w:i/>
                                       <w:iCs/>
                                       <w:kern w:val="24"/>
                                     </w:rPr>
                                   </m:ctrlPr>
                                 </m:eqArrPr>
@@ -12615,65 +12337,51 @@
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                         <m:t>N</m:t>
                                       </m:r>
                                     </m:sub>
                                     <m:sup>
                                       <m:d>
                                         <m:dPr>
                                           <m:ctrlPr>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                               <w:i/>
                                               <w:iCs/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
                                           </m:ctrlPr>
                                         </m:dPr>
                                         <m:e>
                                           <m:r>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
-                                            <m:t>N</m:t>
-[...13 lines deleted...]
-                                            <m:t>1</m:t>
+                                            <m:t>N-1</m:t>
                                           </m:r>
                                         </m:e>
                                       </m:d>
                                       <m:r>
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                         <m:t>2</m:t>
                                       </m:r>
                                     </m:sup>
                                   </m:sSubSup>
                                   <m:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                       <w:kern w:val="24"/>
                                     </w:rPr>
                                     <m:t xml:space="preserve">    </m:t>
                                   </m:r>
                                 </m:e>
                               </m:eqArr>
                               <m:eqArr>
                                 <m:eqArrPr>
                                   <m:ctrlPr>
                                     <w:rPr>
@@ -12774,65 +12482,51 @@
                                     <m:sup>
                                       <m:r>
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                         <m:t>0</m:t>
                                       </m:r>
                                       <m:d>
                                         <m:dPr>
                                           <m:ctrlPr>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                               <w:i/>
                                               <w:iCs/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
                                           </m:ctrlPr>
                                         </m:dPr>
                                         <m:e>
                                           <m:r>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
-                                            <m:t>N</m:t>
-[...13 lines deleted...]
-                                            <m:t>1</m:t>
+                                            <m:t>N-1</m:t>
                                           </m:r>
                                         </m:e>
                                       </m:d>
                                     </m:sup>
                                   </m:sSubSup>
                                 </m:e>
                                 <m:e>
                                   <m:sSubSup>
                                     <m:sSubSupPr>
                                       <m:ctrlPr>
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                           <w:i/>
                                           <w:iCs/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                       </m:ctrlPr>
                                     </m:sSubSupPr>
                                     <m:e>
                                       <m:r>
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                         <m:t>W</m:t>
@@ -12850,65 +12544,51 @@
                                     <m:sup>
                                       <m:r>
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                         <m:t>1</m:t>
                                       </m:r>
                                       <m:d>
                                         <m:dPr>
                                           <m:ctrlPr>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                               <w:i/>
                                               <w:iCs/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
                                           </m:ctrlPr>
                                         </m:dPr>
                                         <m:e>
                                           <m:r>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
-                                            <m:t>N</m:t>
-[...13 lines deleted...]
-                                            <m:t>1</m:t>
+                                            <m:t>N-1</m:t>
                                           </m:r>
                                         </m:e>
                                       </m:d>
                                     </m:sup>
                                   </m:sSubSup>
                                 </m:e>
                                 <m:e>
                                   <m:sSubSup>
                                     <m:sSubSupPr>
                                       <m:ctrlPr>
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                           <w:i/>
                                           <w:iCs/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                       </m:ctrlPr>
                                     </m:sSubSupPr>
                                     <m:e>
                                       <m:r>
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                         <m:t>W</m:t>
@@ -12926,65 +12606,51 @@
                                     <m:sup>
                                       <m:r>
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                         <m:t>2</m:t>
                                       </m:r>
                                       <m:d>
                                         <m:dPr>
                                           <m:ctrlPr>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                               <w:i/>
                                               <w:iCs/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
                                           </m:ctrlPr>
                                         </m:dPr>
                                         <m:e>
                                           <m:r>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
-                                            <m:t>N</m:t>
-[...13 lines deleted...]
-                                            <m:t>1</m:t>
+                                            <m:t>N-1</m:t>
                                           </m:r>
                                         </m:e>
                                       </m:d>
                                     </m:sup>
                                   </m:sSubSup>
                                 </m:e>
                                 <m:e>
                                   <m:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Cambria Math" w:eastAsia="Cambria Math" w:hAnsi="Cambria Math"/>
                                       <w:kern w:val="24"/>
                                     </w:rPr>
                                     <m:t>⋮</m:t>
                                   </m:r>
                                 </m:e>
                                 <m:e>
                                   <m:sSubSup>
                                     <m:sSubSupPr>
                                       <m:ctrlPr>
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                           <w:i/>
                                           <w:iCs/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
@@ -13004,100 +12670,72 @@
                                         <w:rPr>
                                           <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                           <w:kern w:val="24"/>
                                         </w:rPr>
                                         <m:t>N</m:t>
                                       </m:r>
                                     </m:sub>
                                     <m:sup>
                                       <m:d>
                                         <m:dPr>
                                           <m:ctrlPr>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                               <w:i/>
                                               <w:iCs/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
                                           </m:ctrlPr>
                                         </m:dPr>
                                         <m:e>
                                           <m:r>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
-                                            <m:t>N</m:t>
-[...13 lines deleted...]
-                                            <m:t>1</m:t>
+                                            <m:t>N-1</m:t>
                                           </m:r>
                                         </m:e>
                                       </m:d>
                                       <m:d>
                                         <m:dPr>
                                           <m:ctrlPr>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                               <w:i/>
                                               <w:iCs/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
                                           </m:ctrlPr>
                                         </m:dPr>
                                         <m:e>
                                           <m:r>
                                             <w:rPr>
                                               <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                               <w:kern w:val="24"/>
                                             </w:rPr>
-                                            <m:t>N</m:t>
-[...13 lines deleted...]
-                                            <m:t>1</m:t>
+                                            <m:t>N-1</m:t>
                                           </m:r>
                                         </m:e>
                                       </m:d>
                                     </m:sup>
                                   </m:sSubSup>
                                 </m:e>
                               </m:eqArr>
                             </m:e>
                           </m:d>
                           <m:d>
                             <m:dPr>
                               <m:begChr m:val="["/>
                               <m:endChr m:val="]"/>
                               <m:ctrlPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                   <w:i/>
                                   <w:iCs/>
                                   <w:kern w:val="24"/>
                                 </w:rPr>
                               </m:ctrlPr>
                             </m:dPr>
                             <m:e>
                               <m:m>
                                 <m:mPr>
@@ -13247,65 +12885,51 @@
                                       <w:rPr>
                                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                         <w:kern w:val="24"/>
                                       </w:rPr>
                                       <m:t>x</m:t>
                                     </m:r>
                                     <m:d>
                                       <m:dPr>
                                         <m:begChr m:val="["/>
                                         <m:endChr m:val="]"/>
                                         <m:ctrlPr>
                                           <w:rPr>
                                             <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                                             <w:i/>
                                             <w:iCs/>
                                             <w:kern w:val="24"/>
                                           </w:rPr>
                                         </m:ctrlPr>
                                       </m:dPr>
                                       <m:e>
                                         <m:r>
                                           <w:rPr>
                                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                                             <w:kern w:val="24"/>
                                           </w:rPr>
-                                          <m:t>N</m:t>
-[...13 lines deleted...]
-                                          <m:t>1</m:t>
+                                          <m:t>N-1</m:t>
                                         </m:r>
                                       </m:e>
                                     </m:d>
                                   </m:e>
                                 </m:mr>
                               </m:m>
                             </m:e>
                           </m:d>
                         </m:oMath>
                       </m:oMathPara>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="70885028" w14:textId="7008B959" w:rsidR="000E0EE4" w:rsidRDefault="009751BA" w:rsidP="009751BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -13510,65 +13134,51 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DB32F3" w:rsidRPr="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Deergha</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DB32F3" w:rsidRPr="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rao </w:t>
       </w:r>
       <w:r w:rsidR="00E85CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="00DB32F3" w:rsidRPr="00DB32F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t>, 2018</w:t>
+        <w:t xml:space="preserve"> Swamy, 2018</w:t>
       </w:r>
       <w:r w:rsidR="007B35BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="007B35BF" w:rsidRPr="007B35BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ingle </w:t>
       </w:r>
       <w:r w:rsidR="00E85CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="007B35BF" w:rsidRPr="007B35BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -13752,51 +13362,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C0088CD" w14:textId="45AE83F9" w:rsidR="00014245" w:rsidRPr="00F81832" w:rsidRDefault="00651C2B" w:rsidP="00F125F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Resultados </w:t>
       </w:r>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">por </w:t>
       </w:r>
       <w:r w:rsidR="00885DAD" w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -14642,113 +14251,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=4 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=4 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2018" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DE90F3E" w14:textId="6A83EA8A" w:rsidR="00693162" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00F34B66">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=100 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=100 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1B492BAF" w14:textId="77777777" w:rsidR="00693162" w:rsidRDefault="00693162" w:rsidP="00F34B66">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693162" w14:paraId="13FF723F" w14:textId="611DA0E1" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -14856,113 +14453,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=8 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=8 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2018" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42D1E36D" w14:textId="2A89169E" w:rsidR="00693162" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00F34B66">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=100 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=100 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="48B1BC71" w14:textId="77777777" w:rsidR="00693162" w:rsidRDefault="00693162" w:rsidP="00F34B66">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693162" w14:paraId="6488A398" w14:textId="659719AF" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -15070,113 +14655,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=12 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=12 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2018" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DB11C3B" w14:textId="60E52035" w:rsidR="00693162" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00F34B66">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=100 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=100 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="70C13838" w14:textId="77777777" w:rsidR="00693162" w:rsidRDefault="00693162" w:rsidP="00F34B66">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="066230F3" w14:textId="046D7279" w:rsidR="0025672F" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -15488,57 +15061,51 @@
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
               </w:rPr>
               <m:t>ω</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
               </w:rPr>
               <m:t>a</m:t>
             </m:r>
           </m:sub>
         </m:sSub>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           </w:rPr>
-          <m:t>=2</m:t>
-[...5 lines deleted...]
-          <m:t>π</m:t>
+          <m:t>=2π</m:t>
         </m:r>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
               </w:rPr>
               <m:t>f</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
               </w:rPr>
               <m:t>a</m:t>
             </m:r>
@@ -15668,57 +15235,51 @@
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>t</m:t>
                 </m:r>
               </m:e>
               <m:sub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>n</m:t>
                 </m:r>
               </m:sub>
             </m:sSub>
           </m:e>
         </m:d>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           </w:rPr>
-          <m:t>=2.5</m:t>
-[...5 lines deleted...]
-          <m:t>sen</m:t>
+          <m:t>=2.5sen</m:t>
         </m:r>
         <m:d>
           <m:dPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
@@ -15874,57 +15435,51 @@
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>t</m:t>
                 </m:r>
               </m:e>
               <m:sub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>n</m:t>
                 </m:r>
               </m:sub>
             </m:sSub>
           </m:e>
         </m:d>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           </w:rPr>
-          <m:t>=2.5</m:t>
-[...5 lines deleted...]
-          <m:t>sen</m:t>
+          <m:t>=2.5sen</m:t>
         </m:r>
         <m:d>
           <m:dPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
@@ -16080,57 +15635,51 @@
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>t</m:t>
                 </m:r>
               </m:e>
               <m:sub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>n</m:t>
                 </m:r>
               </m:sub>
             </m:sSub>
           </m:e>
         </m:d>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           </w:rPr>
-          <m:t>=2.5</m:t>
-[...5 lines deleted...]
-          <m:t>sen</m:t>
+          <m:t>=2.5sen</m:t>
         </m:r>
         <m:d>
           <m:dPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
@@ -16585,51 +16134,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67453109" w14:textId="77777777" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="009B6ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4648CCF4" w14:textId="32251D30" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Transformada de Fourier, Escenario 1IA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C7ADA1A" w14:textId="085BC81B" w:rsidR="002464CB" w:rsidRDefault="004C59F5" w:rsidP="009B6ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C59F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16645,51 +16193,51 @@
               <wp:posOffset>3175</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3972560" cy="2214245"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21371"/>
                 <wp:lineTo x="21545" y="21371"/>
                 <wp:lineTo x="21545" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="1801563461" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1801563461" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3972560" cy="2214245"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -17510,113 +17058,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=4 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=4 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="574AF395" w14:textId="34AE28C4" w:rsidR="0083182D" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00714B95">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=100 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=100 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="716F88BF" w14:textId="77777777" w:rsidR="0083182D" w:rsidRDefault="0083182D" w:rsidP="00714B95">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0083182D" w14:paraId="2E3ECBFB" w14:textId="77777777" w:rsidTr="00D33FA0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -17724,113 +17260,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=8 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=8 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21CD825D" w14:textId="02300FCB" w:rsidR="0083182D" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00714B95">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=100 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=100 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="640EFE4D" w14:textId="77777777" w:rsidR="0083182D" w:rsidRDefault="0083182D" w:rsidP="00714B95">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0083182D" w14:paraId="639B17E7" w14:textId="77777777" w:rsidTr="00D33FA0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -17938,113 +17462,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=12 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=12 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="486FE920" w14:textId="0D1CDD28" w:rsidR="0083182D" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00714B95">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=100 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=100 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="084F41C7" w14:textId="77777777" w:rsidR="0083182D" w:rsidRDefault="0083182D" w:rsidP="00714B95">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="580FD530" w14:textId="01F36614" w:rsidR="00E2106C" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -18124,51 +17636,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41AB269F" w14:textId="77777777" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AB3B5BA" w14:textId="4B4F66C7" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>- Transformada de Fourier, Escenario 1IB</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67675067" w14:textId="3B08ECD9" w:rsidR="0083182D" w:rsidRDefault="005E0F40" w:rsidP="009B6ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0F40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0929A128" wp14:editId="51B83449">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
@@ -18178,51 +17689,51 @@
               <wp:posOffset>138430</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4536440" cy="2338070"/>
             <wp:effectExtent l="0" t="0" r="0" b="5080"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21471"/>
                 <wp:lineTo x="21497" y="21471"/>
                 <wp:lineTo x="21497" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="589596266" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="589596266" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13">
+                    <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4536440" cy="2338070"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -19121,113 +18632,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=4 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=4 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F899A15" w14:textId="0FBE76A5" w:rsidR="00C96B5E" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00B777DA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=128 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=128 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2CE8C38A" w14:textId="77777777" w:rsidR="00C96B5E" w:rsidRDefault="00C96B5E" w:rsidP="00B777DA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C96B5E" w14:paraId="035A8AC4" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -19335,113 +18834,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=8 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=8 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="440C1298" w14:textId="6D6690E4" w:rsidR="00C96B5E" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00B777DA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=128 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=128 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1E321BA0" w14:textId="77777777" w:rsidR="00C96B5E" w:rsidRDefault="00C96B5E" w:rsidP="00B777DA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C96B5E" w14:paraId="29CDCCE5" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -19549,113 +19036,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=12 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=12 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="728F30EE" w14:textId="328DF43B" w:rsidR="00C96B5E" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00B777DA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=128 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=128 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7A54FF29" w14:textId="77777777" w:rsidR="00C96B5E" w:rsidRDefault="00C96B5E" w:rsidP="00B777DA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E086CB5" w14:textId="23AAA2E5" w:rsidR="00F22D24" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -19672,111 +19147,104 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="44CFF37E" w14:textId="77777777" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05C0F6B8" w14:textId="28869378" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>Transformada de Fourier, escenario 2IA</w:t>
+        <w:t xml:space="preserve"> Transformada de Fourier, escenario 2IA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BCB47D0" w14:textId="7235EF9F" w:rsidR="0025672F" w:rsidRDefault="00E23EE4" w:rsidP="009B6ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E23EE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A368DCA" wp14:editId="5BB65DF1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>42545</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3814080" cy="2388870"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21359"/>
                 <wp:lineTo x="21471" y="21359"/>
                 <wp:lineTo x="21471" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="1040618101" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1040618101" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14">
+                    <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3814080" cy="2388870"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -20657,113 +20125,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=4 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=4 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="080052FC" w14:textId="7D2B69CC" w:rsidR="00790C04" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00714B95">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=128 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=128 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2600" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0F7C3B08" w14:textId="77777777" w:rsidR="00790C04" w:rsidRDefault="00790C04" w:rsidP="00714B95">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00790C04" w14:paraId="3D6C357A" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -20871,113 +20327,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=8 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=8 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="646B8113" w14:textId="30C10830" w:rsidR="00790C04" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00714B95">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=128 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=128 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2600" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0B43A70C" w14:textId="77777777" w:rsidR="00790C04" w:rsidRDefault="00790C04" w:rsidP="00714B95">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00790C04" w14:paraId="34684BBA" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -21085,113 +20529,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=12 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=12 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3577BEA6" w14:textId="1ADA1EB4" w:rsidR="00790C04" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00714B95">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=128 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=128 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2600" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4DD9B7AD" w14:textId="77777777" w:rsidR="00790C04" w:rsidRDefault="00790C04" w:rsidP="00714B95">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10AC9ACE" w14:textId="7AAE4AFE" w:rsidR="006B3DD2" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -21217,117 +20649,116 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="041C84DD" w14:textId="77777777" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C9E10A7" w14:textId="26F188CC" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001543EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">- Transformada de Fourier, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F81832">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Escenario </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2IB</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CE9A192" w14:textId="4EBE8DCF" w:rsidR="006B3DD2" w:rsidRDefault="00661228" w:rsidP="009B6ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00661228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696128" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26E07BFD" wp14:editId="3DE5C075">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696128" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26E07BFD" wp14:editId="48BF5921">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>999490</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>66040</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3733800" cy="2145030"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21485"/>
                 <wp:lineTo x="21490" y="21485"/>
                 <wp:lineTo x="21490" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="944005131" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="944005131" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15" cstate="print">
+                    <a:blip r:embed="rId16" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3733800" cy="2145030"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -22202,113 +21633,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=4 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=4 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65A2102E" w14:textId="6B51BACC" w:rsidR="007D4401" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00F075DE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=512 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=512 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2600" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1553B451" w14:textId="77777777" w:rsidR="007D4401" w:rsidRDefault="007D4401" w:rsidP="00F075DE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D4401" w14:paraId="60E9D1DC" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -22416,113 +21835,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=8 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=8 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04AE6CCA" w14:textId="7F7A4F8C" w:rsidR="007D4401" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00F075DE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=512 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=512 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2600" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="32903263" w14:textId="77777777" w:rsidR="007D4401" w:rsidRDefault="007D4401" w:rsidP="00F075DE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D4401" w14:paraId="2F7FEC60" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -22630,57 +22037,51 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=12 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=12 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2721" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C183722" w14:textId="550F6FC0" w:rsidR="007D4401" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="00F075DE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
@@ -22692,57 +22093,51 @@
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
                   <m:t>=512</m:t>
                 </m:r>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve"> </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t xml:space="preserve"> Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2600" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0807D4EB" w14:textId="77777777" w:rsidR="007D4401" w:rsidRDefault="007D4401" w:rsidP="00F075DE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="599BF0C5" w14:textId="04067FB4" w:rsidR="007D4401" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -22777,51 +22172,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A001340" w14:textId="77777777" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E8E7F73" w14:textId="422AB45D" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Transformada de Fourier, Escenario 2IC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7186EB3E" w14:textId="41E27879" w:rsidR="007D4401" w:rsidRDefault="00733A3C" w:rsidP="009B6ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00733A3C">
@@ -22839,51 +22233,51 @@
               <wp:posOffset>24130</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4302760" cy="2401570"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21417"/>
                 <wp:lineTo x="21517" y="21417"/>
                 <wp:lineTo x="21517" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="755284281" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="755284281" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16">
+                    <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4302760" cy="2401570"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -23513,51 +22907,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78702EDB" w14:textId="77777777" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="002F5B6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="528D9D20" w14:textId="114941B9" w:rsidR="002F5B6F" w:rsidRDefault="002F5B6F" w:rsidP="002F5B6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla </w:t>
       </w:r>
       <w:r w:rsidR="003002A7" w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Escenario 3IA</w:t>
       </w:r>
     </w:p>
@@ -23919,113 +23312,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=37 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=37 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1811" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27B6D19D" w14:textId="1D4B20CC" w:rsidR="002F5B6F" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=1024 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=1024 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2598" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2B9443C3" w14:textId="77777777" w:rsidR="002F5B6F" w:rsidRDefault="002F5B6F" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F5B6F" w14:paraId="00A1AE6C" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -24133,113 +23514,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=90 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=90 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1811" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CF12F81" w14:textId="052C4AA6" w:rsidR="002F5B6F" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=1024 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=1024 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2598" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1BB818F2" w14:textId="77777777" w:rsidR="002F5B6F" w:rsidRDefault="002F5B6F" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F5B6F" w14:paraId="04B4A813" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -24347,113 +23716,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=170 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=170 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1811" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EE7C162" w14:textId="0C2C09C0" w:rsidR="002F5B6F" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=1024 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=1024 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2598" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5BF297C1" w14:textId="77777777" w:rsidR="002F5B6F" w:rsidRDefault="002F5B6F" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3424D0F0" w14:textId="77777777" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -24534,51 +23891,51 @@
               <wp:posOffset>43815</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4627880" cy="2313940"/>
             <wp:effectExtent l="0" t="0" r="1270" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21339"/>
                 <wp:lineTo x="21517" y="21339"/>
                 <wp:lineTo x="21517" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="376257934" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="376257934" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
+                    <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4627880" cy="2313940"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -25053,51 +24410,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68926F63" w14:textId="77777777" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="001361E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56E97E8B" w14:textId="1B81A395" w:rsidR="001361E6" w:rsidRDefault="001361E6" w:rsidP="001361E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla </w:t>
       </w:r>
       <w:r w:rsidR="003002A7" w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Escenario 3IB</w:t>
       </w:r>
     </w:p>
@@ -25439,113 +24795,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=37 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=37 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A63E1F3" w14:textId="47DD82A2" w:rsidR="001361E6" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=1024 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=1024 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2677" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="54DFDE46" w14:textId="77777777" w:rsidR="001361E6" w:rsidRDefault="001361E6" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001361E6" w14:paraId="50C6E63E" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -25653,113 +24997,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=90 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=90 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="044117B0" w14:textId="4B79730D" w:rsidR="001361E6" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=1024 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=1024 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2677" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="50365E27" w14:textId="77777777" w:rsidR="001361E6" w:rsidRDefault="001361E6" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001361E6" w14:paraId="299B78F9" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -25867,113 +25199,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=170 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=170 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="571A8A3D" w14:textId="03719C78" w:rsidR="001361E6" w:rsidRPr="00F81832" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=1024 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=1024 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2677" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="30362E50" w14:textId="77777777" w:rsidR="001361E6" w:rsidRDefault="001361E6" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7E57DCB3" w14:textId="18CA86A9" w:rsidR="00776359" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -26049,51 +25369,51 @@
               <wp:posOffset>87630</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4511040" cy="2369820"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21357"/>
                 <wp:lineTo x="21527" y="21357"/>
                 <wp:lineTo x="21527" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="1754737528" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1754737528" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18">
+                    <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4511040" cy="2369820"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -26595,51 +25915,50 @@
         <w:t>es potencia de 2.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F745E89" w14:textId="77777777" w:rsidR="003E62BC" w:rsidRDefault="003E62BC" w:rsidP="001510D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78B7DD3D" w14:textId="430316B7" w:rsidR="001510D7" w:rsidRDefault="001510D7" w:rsidP="001510D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla </w:t>
       </w:r>
       <w:r w:rsidR="003002A7" w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Escenario 3IC</w:t>
       </w:r>
     </w:p>
@@ -26989,113 +26308,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=37 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=37 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26DE7B8C" w14:textId="4BE0C52D" w:rsidR="001510D7" w:rsidRPr="00DC0920" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=1024 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=1024 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2512" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="40365E89" w14:textId="77777777" w:rsidR="001510D7" w:rsidRDefault="001510D7" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001510D7" w14:paraId="732BF644" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -27203,113 +26510,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=90 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=90 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C119D51" w14:textId="58F030A5" w:rsidR="001510D7" w:rsidRPr="00DC0920" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=1024 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=1024 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2512" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0ACCF050" w14:textId="77777777" w:rsidR="001510D7" w:rsidRDefault="001510D7" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001510D7" w14:paraId="4FCA6185" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -27417,113 +26712,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=170 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=170 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23A5492D" w14:textId="041BDC29" w:rsidR="001510D7" w:rsidRPr="00DC0920" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=1024 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=1024 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2512" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="16F4FE3E" w14:textId="77777777" w:rsidR="001510D7" w:rsidRDefault="001510D7" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0C1A3335" w14:textId="347BDE0C" w:rsidR="003E62BC" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -27599,51 +26882,51 @@
               <wp:posOffset>91440</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4688840" cy="2444115"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21381"/>
                 <wp:lineTo x="21501" y="21381"/>
                 <wp:lineTo x="21501" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="962156063" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="962156063" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19">
+                    <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4688840" cy="2444115"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -28135,98 +27418,98 @@
       </w:r>
       <w:r w:rsidR="00D85D93" w:rsidRPr="00DC0920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">4.- </w:t>
       </w:r>
       <w:r w:rsidR="00D85D93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La frecuencia de muestreo es potencia de 2.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="235481B0" w14:textId="21E4707F" w:rsidR="00D85D93" w:rsidRDefault="00484A8B" w:rsidP="00D85D93">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC0920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00A7629B" w:rsidRPr="00DC0920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D85D93" w:rsidRPr="00DC0920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">5.- </w:t>
       </w:r>
       <w:r w:rsidR="00D85D93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">La ventana de análisis sobre la que se aplica </w:t>
       </w:r>
       <w:r w:rsidR="00D85D93" w:rsidRPr="00DC0920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">la Transformada de Fourier </w:t>
       </w:r>
       <w:r w:rsidR="00D85D93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>es potencia de 2.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C675E1D" w14:textId="45DFF318" w:rsidR="00790FFD" w:rsidRDefault="00790FFD" w:rsidP="00790FFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla </w:t>
       </w:r>
       <w:r w:rsidR="003002A7" w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="007D4151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Escenario 3ID</w:t>
       </w:r>
     </w:p>
@@ -28576,113 +27859,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=37 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=37 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D4CCB5E" w14:textId="66F404AA" w:rsidR="00790FFD" w:rsidRPr="00DC0920" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=1024 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=1024 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="26229058" w14:textId="77777777" w:rsidR="00790FFD" w:rsidRDefault="00790FFD" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00790FFD" w14:paraId="74B36F85" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -28790,113 +28061,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=90 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=90 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3634E055" w14:textId="1E884757" w:rsidR="00790FFD" w:rsidRPr="00DC0920" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=1024 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=1024 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="258EDCA5" w14:textId="77777777" w:rsidR="00790FFD" w:rsidRDefault="00790FFD" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00790FFD" w14:paraId="7FEDBAAA" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -29004,113 +28263,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=170 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=170 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FADDE61" w14:textId="5EEA20D7" w:rsidR="00790FFD" w:rsidRPr="00DC0920" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=1024 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=1024 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0C38F3CD" w14:textId="77777777" w:rsidR="00790FFD" w:rsidRDefault="00790FFD" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5E1EF8A1" w14:textId="40528DA4" w:rsidR="00790FFD" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -29186,51 +28433,51 @@
               <wp:posOffset>53340</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4553781" cy="2626995"/>
             <wp:effectExtent l="0" t="0" r="0" b="1905"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21459"/>
                 <wp:lineTo x="21507" y="21459"/>
                 <wp:lineTo x="21507" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="902198975" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="902198975" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20">
+                    <a:blip r:embed="rId21">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4553781" cy="2626995"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -29725,51 +28972,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23A53053" w14:textId="50282199" w:rsidR="009461E1" w:rsidRDefault="000A7A31" w:rsidP="00F125F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B7B1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Escenarios </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F215EBF" w14:textId="77777777" w:rsidR="007D4151" w:rsidRPr="00F125F7" w:rsidRDefault="007D4151" w:rsidP="00F125F7">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -30159,113 +29405,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=90 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=90 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01833E07" w14:textId="76707A2D" w:rsidR="009461E1" w:rsidRPr="00824EF4" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=16384 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=16384 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="22EF4FFC" w14:textId="77777777" w:rsidR="009461E1" w:rsidRDefault="009461E1" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009461E1" w14:paraId="0440BE52" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -30373,113 +29607,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=150 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=150 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36BF6E23" w14:textId="7CC81CD1" w:rsidR="009461E1" w:rsidRPr="00824EF4" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=16384 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=16384 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="68F1185E" w14:textId="77777777" w:rsidR="009461E1" w:rsidRDefault="009461E1" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009461E1" w14:paraId="7A952858" w14:textId="77777777" w:rsidTr="007D4151">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -30587,113 +29809,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=250 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=250 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="170A87F8" w14:textId="43035C2C" w:rsidR="009461E1" w:rsidRPr="00824EF4" w:rsidRDefault="00000000" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=16348 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=16348 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0A0EF337" w14:textId="77777777" w:rsidR="009461E1" w:rsidRDefault="009461E1" w:rsidP="003D1A4F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36E9CAB8" w14:textId="24A31907" w:rsidR="000A7A31" w:rsidRDefault="007D4151" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -30769,51 +29979,51 @@
               <wp:posOffset>64135</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4876800" cy="2486025"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21517"/>
                 <wp:lineTo x="21516" y="21517"/>
                 <wp:lineTo x="21516" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="170059902" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="170059902" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21">
+                    <a:blip r:embed="rId22">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4876800" cy="2486025"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -31149,50 +30359,51 @@
       <w:r w:rsidR="00F93B48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.7%.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="688407BB" w14:textId="57A9E4D3" w:rsidR="003E62BC" w:rsidRPr="00824EF4" w:rsidRDefault="0061057E" w:rsidP="00EC162A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00824EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00484A8B" w:rsidRPr="00824EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="000F6204" w:rsidRPr="00824EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00824EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">2.- </w:t>
       </w:r>
       <w:r w:rsidR="00672A65" w:rsidRPr="00824EF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Las magnitudes presentan valores arbitrarios distintos de 2.5</w:t>
@@ -31246,51 +30457,50 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F983592" w14:textId="77777777" w:rsidR="003E62BC" w:rsidRDefault="003E62BC" w:rsidP="00BD1F61">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A6D5EF1" w14:textId="6473DA0F" w:rsidR="00BD1F61" w:rsidRDefault="00BD1F61" w:rsidP="00BD1F61">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F30D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 1</w:t>
       </w:r>
       <w:r w:rsidR="003002A7" w:rsidRPr="000F30D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="000F30D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Escenario 4IB</w:t>
       </w:r>
     </w:p>
@@ -31640,113 +30850,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=90 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=90 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AEF77B4" w14:textId="4ED9E574" w:rsidR="00BD1F61" w:rsidRPr="00824EF4" w:rsidRDefault="00000000" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=16384 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=16384 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4FD01D71" w14:textId="77777777" w:rsidR="00BD1F61" w:rsidRDefault="00BD1F61" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD1F61" w14:paraId="1C34E195" w14:textId="77777777" w:rsidTr="000F30D2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -31854,113 +31052,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=150 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=150 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33F2D1EB" w14:textId="1C39F3A0" w:rsidR="00BD1F61" w:rsidRPr="00824EF4" w:rsidRDefault="00000000" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=16384 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=16384 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="056C0628" w14:textId="77777777" w:rsidR="00BD1F61" w:rsidRDefault="00BD1F61" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD1F61" w14:paraId="02904BE5" w14:textId="77777777" w:rsidTr="000F30D2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -32068,113 +31254,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=250 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=250 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="311FBFE6" w14:textId="1D989ABB" w:rsidR="00BD1F61" w:rsidRPr="00824EF4" w:rsidRDefault="00000000" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=16384 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=16384 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2A11A915" w14:textId="77777777" w:rsidR="00BD1F61" w:rsidRDefault="00BD1F61" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="74BC4BAE" w14:textId="4B8155B4" w:rsidR="00BD1F61" w:rsidRDefault="000F30D2" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -32250,51 +31424,51 @@
               <wp:posOffset>82550</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4853305" cy="2562225"/>
             <wp:effectExtent l="0" t="0" r="4445" b="9525"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21520"/>
                 <wp:lineTo x="21535" y="21520"/>
                 <wp:lineTo x="21535" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="349953578" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="349953578" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22">
+                    <a:blip r:embed="rId23">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4853305" cy="2562225"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -32763,51 +31937,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6789E213" w14:textId="77777777" w:rsidR="000F30D2" w:rsidRDefault="000F30D2" w:rsidP="00600706">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F1C70A3" w14:textId="0E402442" w:rsidR="00600706" w:rsidRDefault="00600706" w:rsidP="00600706">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F30D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 1</w:t>
       </w:r>
       <w:r w:rsidR="003002A7" w:rsidRPr="000F30D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="000F30D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Escenario 4IC</w:t>
       </w:r>
     </w:p>
@@ -33157,113 +32330,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=90 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=90 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="664E964A" w14:textId="2ADEC316" w:rsidR="00600706" w:rsidRPr="00824EF4" w:rsidRDefault="00000000" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=16384 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=16384 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6FE87C5B" w14:textId="77777777" w:rsidR="00600706" w:rsidRDefault="00600706" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00600706" w14:paraId="42E69834" w14:textId="77777777" w:rsidTr="000F30D2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -33371,113 +32532,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=150 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=150 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="439C400A" w14:textId="0A514FB0" w:rsidR="00600706" w:rsidRPr="00824EF4" w:rsidRDefault="00000000" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=16384 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=16384 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5C51A2FC" w14:textId="77777777" w:rsidR="00600706" w:rsidRDefault="00600706" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00600706" w14:paraId="33A5A8AE" w14:textId="77777777" w:rsidTr="000F30D2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -33585,113 +32734,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=250 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=250 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="611D2158" w14:textId="211C4504" w:rsidR="00600706" w:rsidRPr="00824EF4" w:rsidRDefault="00000000" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=16384 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=16384 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="35951725" w14:textId="77777777" w:rsidR="00600706" w:rsidRDefault="00600706" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7544E490" w14:textId="1B1094BE" w:rsidR="00600706" w:rsidRDefault="000F30D2" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -33767,51 +32904,51 @@
               <wp:posOffset>51435</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4699000" cy="2671794"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21410"/>
                 <wp:lineTo x="21542" y="21410"/>
                 <wp:lineTo x="21542" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="1193126824" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1193126824" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23">
+                    <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4699000" cy="2671794"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -34252,51 +33389,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B84C5F0" w14:textId="77777777" w:rsidR="000F30D2" w:rsidRDefault="000F30D2" w:rsidP="00EE6669">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56F2B1D0" w14:textId="0FAA5E0F" w:rsidR="00EE6669" w:rsidRDefault="00EE6669" w:rsidP="00EE6669">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F30D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 1</w:t>
       </w:r>
       <w:r w:rsidR="003002A7" w:rsidRPr="000F30D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="000F30D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Escenario 4ID</w:t>
       </w:r>
     </w:p>
@@ -34646,113 +33782,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=90 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=90 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DA38BDD" w14:textId="3DABFA97" w:rsidR="00EE6669" w:rsidRPr="00824EF4" w:rsidRDefault="00000000" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=16384 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=16384 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="46396BA9" w14:textId="77777777" w:rsidR="00EE6669" w:rsidRDefault="00EE6669" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE6669" w14:paraId="7AB93CA0" w14:textId="77777777" w:rsidTr="000F30D2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -34860,113 +33984,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>b</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=150 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=150 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="120BB872" w14:textId="1E7A3BF9" w:rsidR="00EE6669" w:rsidRPr="00824EF4" w:rsidRDefault="00000000" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=16384 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=16384 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="66AFA0D0" w14:textId="77777777" w:rsidR="00EE6669" w:rsidRDefault="00EE6669" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE6669" w14:paraId="31123E5C" w14:textId="77777777" w:rsidTr="000F30D2">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -35074,113 +34186,101 @@
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>c</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=250 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=250 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07518D79" w14:textId="235D5B65" w:rsidR="00EE6669" w:rsidRPr="00824EF4" w:rsidRDefault="00000000" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>f</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       </w:rPr>
                       <m:t>s</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   </w:rPr>
-                  <m:t xml:space="preserve">=16384 </m:t>
-[...5 lines deleted...]
-                  <m:t>Hz</m:t>
+                  <m:t>=16384 Hz</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2511" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5EAD152D" w14:textId="77777777" w:rsidR="00EE6669" w:rsidRDefault="00EE6669" w:rsidP="00034FBD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23EF0F30" w14:textId="320F02FE" w:rsidR="00EE6669" w:rsidRDefault="000F30D2" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -35250,51 +34350,51 @@
               <wp:posOffset>50800</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4790440" cy="2632075"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21418"/>
                 <wp:lineTo x="21474" y="21418"/>
                 <wp:lineTo x="21474" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="306816143" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="306816143" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24">
+                    <a:blip r:embed="rId25">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4790440" cy="2632075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -35712,51 +34812,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A182FC9" w14:textId="571DEB53" w:rsidR="00BA1FA4" w:rsidRPr="000F30D2" w:rsidRDefault="00651C2B" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk179580117"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Discu</w:t>
       </w:r>
       <w:r w:rsidRPr="00116BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
       <w:r w:rsidRPr="00116BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -35775,65 +34874,51 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> de resultados</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="42B3C2C8" w14:textId="423755D9" w:rsidR="00466DAC" w:rsidRDefault="001A4F95" w:rsidP="00466DAC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La teoría de Fourier se aplica en numerosos campos de la ingeniería y desde diferentes perspectivas</w:t>
       </w:r>
       <w:r w:rsidR="006C6BEC" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, 2019), </w:t>
+        <w:t xml:space="preserve"> (Bahoura, 2019), </w:t>
       </w:r>
       <w:r w:rsidR="00A40C2A" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>lo que justifica el desarrollo de diversos escenarios de estudio en carreras de educación superior</w:t>
       </w:r>
       <w:r w:rsidR="006C6BEC" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F0735F" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">El concepto de </w:t>
       </w:r>
       <w:r w:rsidR="00F0735F" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -35893,129 +34978,107 @@
         </w:rPr>
         <w:t>En este estudio se analiza el origen del error desde una perspectiva más amplia, pues, como se observa en los escenarios analizados: (a) en todos los casos, la frecuencia de muestreo cumple con las condiciones del teorema de muestreo, y (b) los ejemplos muestran que el error es menor cuando tanto las ventanas como el muestreo son potencias de dos</w:t>
       </w:r>
       <w:r w:rsidR="00466DAC" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00411FEA" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Un análisis similar es presentado por</w:t>
       </w:r>
       <w:r w:rsidR="00466DAC" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00466DAC" w:rsidRPr="00DA78BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Meyer-</w:t>
+        <w:t>Meyer-Baese</w:t>
+      </w:r>
+      <w:r w:rsidR="00466DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00466DAC" w:rsidRPr="002312B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="00411FEA" w:rsidRPr="002312B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>quien se centra únicamente en el error debido al ventaneo</w:t>
+      </w:r>
+      <w:r w:rsidR="00466DAC" w:rsidRPr="002312B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00512DCF" w:rsidRPr="002312B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Esto último es relevante por dos razones: (1) en el desarrollo del algoritmo de la Transformada Rápida</w:t>
+      </w:r>
+      <w:r w:rsidR="00466DAC" w:rsidRPr="002312B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00466DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00466DAC" w:rsidRPr="00DA78BB">
-[...3 lines deleted...]
-        <w:t>Baese</w:t>
+      <w:r w:rsidR="00466DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Deergha</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00466DAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2021</w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> 2021, Tan 2013</w:t>
+        <w:t xml:space="preserve"> 2018, Sundararajan 2021, Tan 2013</w:t>
       </w:r>
       <w:r w:rsidR="00466DAC" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidR="00512DCF" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>se requiere que las ventanas de análisis sean potencias de dos; (2) en el desarrollo de la matriz de la Transformada Discreta (Ecuación 8), dicho requisito no es necesario</w:t>
       </w:r>
       <w:r w:rsidR="00466DAC" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00466DAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>En cuanto a la aplicación de la matriz de la Transformada Discreta y de la Transformada Rápida, el escenario 1IA fue realizado con la matriz de la Transformada Discreta</w:t>
       </w:r>
@@ -36217,64 +35280,64 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A1BAC" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>en banda limitada, el error de la transformada es mayor a 10, lo que se interpreta como una pérdida de información en la señal (interpretación propia)</w:t>
       </w:r>
       <w:r w:rsidR="00466DAC" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A17D84" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Se sugiere tomar precauciones para filtrar y ventanear adecuadamente la señal en un escenario real antes de aplicar la Transformada de Fourier</w:t>
       </w:r>
       <w:r w:rsidR="00466DAC" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Oppenheim 2011). En este trabajo no se ha mencionado el error originado por el uso incorrecto del teorema de muestreo, pues en todos los escenarios, aquí expuestos su uso fue el correcto. </w:t>
+        <w:t xml:space="preserve"> (Oppenheim 2011). En este trabajo no se ha mencionado el error originado por el uso </w:t>
+      </w:r>
+      <w:r w:rsidR="00466DAC" w:rsidRPr="002312B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">incorrecto del teorema de muestreo, pues en todos los escenarios, aquí expuestos su uso fue el correcto. </w:t>
       </w:r>
       <w:r w:rsidR="00EA6294" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">En los libros de texto se discuten las condiciones de aplicación de la </w:t>
-[...6 lines deleted...]
-        <w:t>Transformada de Fourier desde una perspectiva completamente teórica</w:t>
+        <w:t>En los libros de texto se discuten las condiciones de aplicación de la Transformada de Fourier desde una perspectiva completamente teórica</w:t>
       </w:r>
       <w:r w:rsidR="0013618C" w:rsidRPr="002312B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0013618C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0013618C" w:rsidRPr="0013618C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Fadali</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0013618C" w:rsidRPr="0013618C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -36282,65 +35345,51 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0013618C" w:rsidRPr="0013618C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Visioli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0013618C" w:rsidRPr="0013618C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, 2013</w:t>
       </w:r>
       <w:r w:rsidR="0013618C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="0013618C" w:rsidRPr="0013618C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Meyer-</w:t>
-[...13 lines deleted...]
-        <w:t>, 2021</w:t>
+        <w:t>Meyer-Baese, 2021</w:t>
       </w:r>
       <w:r w:rsidR="0013618C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00466DAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06ECD7BB" w14:textId="77777777" w:rsidR="00651C2B" w:rsidRPr="003933D9" w:rsidRDefault="00651C2B" w:rsidP="009B6ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13E8FDED" w14:textId="67EA5C63" w:rsidR="00294EA9" w:rsidRPr="000F30D2" w:rsidRDefault="00F63E41" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -36529,119 +35578,91 @@
       <w:r w:rsidR="00D57FC0" w:rsidRPr="003933D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008632F7" w:rsidRPr="003933D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Esto resalta la importancia de seleccionar tamaños de ventana óptimos y una frecuencia de muestreo adecuada para evitar distorsiones en la interpretación del espectro de frecuencias</w:t>
       </w:r>
       <w:r w:rsidR="00D57FC0" w:rsidRPr="003933D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. El espectro de frecuencias es básico en el estudio de señales biométricas</w:t>
       </w:r>
       <w:r w:rsidR="00093118" w:rsidRPr="003933D9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00093118" w:rsidRPr="00093118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve">(Ngozichukwuka </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00093118" w:rsidRPr="00093118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Ngozichukwuka</w:t>
+        <w:t>Uwaechia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00093118" w:rsidRPr="00093118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00431B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00093118" w:rsidRPr="00093118">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00093118" w:rsidRPr="00093118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Uwaechia</w:t>
+        <w:t>Athiar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00093118" w:rsidRPr="00093118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-        <w:t>, 2021</w:t>
+        <w:t xml:space="preserve"> Ramli, 2021</w:t>
       </w:r>
       <w:r w:rsidR="009D5921">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="009D5921" w:rsidRPr="009D5921">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Wang, Yin, Zhu, </w:t>
       </w:r>
       <w:r w:rsidR="00431B95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="009D5921" w:rsidRPr="009D5921">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -36757,1455 +35778,1149 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="483F727D" w14:textId="533C0753" w:rsidR="005C5AD9" w:rsidRPr="000F30D2" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F30D2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B92400A" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abood, S. I. (2020). Digital Signal Processing A Primer With MATLAB®. Boca </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Abood</w:t>
+        <w:t>Raton</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, S. I. (2020). Digital </w:t>
+        <w:t>, FL 33487-2742: CRC Press Taylor &amp; Francis Group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AF9BA6" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bahoura, M. (2019). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Signal</w:t>
+        <w:t>Efficient</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Processing A Primer </w:t>
+        <w:t xml:space="preserve"> FPGA-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>With</w:t>
+        <w:t>Based</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MATLAB®. Boca </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Raton</w:t>
+        <w:t>Architecture</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, FL 33487-2742: CRC </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Press</w:t>
+        <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Taylor &amp; Francis </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Group</w:t>
+        <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="24AF9BA6" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Overlap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Add Method </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Short-Time Fourier </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Analysis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Synthesis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Electronics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, MDPI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF2E4E0" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bertrand Alberti, E. (2006). Procesado Digital de Señales Fundamentos para comunicaciones y control-II. Barcelona: </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Bahoura</w:t>
+        <w:t>Edicions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, M. (2019). </w:t>
+        <w:t xml:space="preserve"> de la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Efficient</w:t>
+        <w:t>Universitat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> FPGA-</w:t>
+        <w:t xml:space="preserve"> Politécnica de Catalunya, SL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244360B6" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cabrero Sañudo, D., Contreras Echebarria, A., &amp; Rodríguez Gallego, R. (18 de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Noviembre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 2014). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Based</w:t>
+        <w:t>MateWiki</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>. Obtenido de Caminos: https://mat.caminos.upm.es/wiki/Transformada_de_Fourier_y_muestreo_de_señales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E1D8FE" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Architecture</w:t>
+        <w:t>Deergha</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Rao, K., &amp; Swamy, M. (2018). Digital Signal Processing. Theory and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>of</w:t>
+        <w:t>Practice</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>the</w:t>
+        <w:t>Singapore</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>: Springer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4E6EED" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Overlap-Add</w:t>
+        <w:t>Fadali</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, M. S., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Method</w:t>
+        <w:t>Visioli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, A. (2013). Digital control </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>for</w:t>
+        <w:t>engineering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Short-Time Fourier </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Analysis</w:t>
+        <w:t>analysis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Synthesis</w:t>
+        <w:t>design</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>. Waltham, MA 02451 USA: Elsevier.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62024E17" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ingle, V. K., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Electronics</w:t>
+        <w:t>Proakis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>, MDPI.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7FF2E4E0" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+        <w:t xml:space="preserve">, J. G. (2010). Digital Signal Processing </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Using</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MATLAB. Stamford: Cengage </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7AB9F3" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bertrand Alberti, E. (2006). Procesado Digital de Señales Fundamentos para comunicaciones y control-II. Barcelona: </w:t>
+        <w:t xml:space="preserve">Lewis, A. D. (2022). A </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Edicions</w:t>
+        <w:t>Mathematical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de la </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Universitat</w:t>
+        <w:t>Introduction</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Politécnica de Catalunya, SL.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="244360B6" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Signals</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Systems</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Volume</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>System</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Theory. Canada: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Queen's</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383C60D7" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cabrero Sañudo, D., Contreras Echebarria, A., &amp; Rodríguez Gallego, R. (18 de </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> de 2014). </w:t>
+        <w:t xml:space="preserve">Mata </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>MateWiki</w:t>
+        <w:t>Hernandez</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>. Obtenido de Caminos: https://mat.caminos.upm.es/wiki/Transformada_de_Fourier_y_muestreo_de_señales</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="47E1D8FE" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+        <w:t xml:space="preserve">, G., Sánchez Esquivel, V. M., &amp; Gómez González, J. M. (2017). Análisis de sistemas y señales con cómputo avanzado. CDMX: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Córima</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Books S.A. de C.V.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5BEF78" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Meyer-Baese, U. (2021). Digital Signal Processing </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Deergha</w:t>
+        <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Rao, K., &amp; </w:t>
+        <w:t xml:space="preserve"> Field </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Swamy</w:t>
+        <w:t>Programmable</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, M. (2018). Digital </w:t>
+        <w:t xml:space="preserve"> Gate </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Signal</w:t>
+        <w:t>Arrays</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Processing. </w:t>
+        <w:t>. Tallahassee, Florida: Springer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04FEC6DC" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ngozichukwuka </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Theory</w:t>
+        <w:t>Uwaechia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve">, A., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Practice</w:t>
+        <w:t>Athiar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> Ramli, D. (2021). A Comprehensive </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Singapore</w:t>
+        <w:t>Survey</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>: Springer.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3E4E6EED" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ECG </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Signals</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as New </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Biometric</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Modality</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Human </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Authentication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Recent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Advances</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Future </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Challenges</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. IEEE Access, 97760 -97802.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D1F8791" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Oppenheim, A. V., &amp; Schafer, R. W. (2011). Tratamiento de señales en tiempo discreto. Madrid: Pearson Educación S. A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA08E81" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rabiner, L. R., &amp; Schafer, R. W. (2007). </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Fadali</w:t>
+        <w:t>Introduction</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, M. S., &amp; </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Visioli</w:t>
+        <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, A. (2013). Digital control </w:t>
+        <w:t xml:space="preserve"> digital </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>engineering</w:t>
+        <w:t>speech</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>analysis</w:t>
+        <w:t>processing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve">. Hanover, MA 02339, USA: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>design</w:t>
+        <w:t>Publishers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>. Waltham, MA 02451 USA: Elsevier.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="62024E17" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+        <w:t xml:space="preserve"> Inc. PO Box 1024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1387D9FC" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ingle, V. K., &amp; </w:t>
+        <w:t xml:space="preserve">Sundararajan, D. (2021). Digital Signal Processing. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Proakis</w:t>
+        <w:t>An</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, J. G. (2010). Digital </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Signal</w:t>
+        <w:t>Introduction</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Processing </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Using</w:t>
+        <w:t>Switzerland</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MATLAB. Stamford: Cengage </w:t>
+        <w:t>: Springer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC25A68" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C5AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tan, L., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Learning</w:t>
+        <w:t>Jiang</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0D7AB9F3" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRPr="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
+        <w:t>, J. (2013). Digital Signal Processing. Waltham: Elsevier.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04133B06" w14:textId="77777777" w:rsidR="005C5AD9" w:rsidRDefault="005C5AD9" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lewis, A. D. (2022). A </w:t>
-[...780 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Wang, M., Yin, X., Zhu, Y., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Hu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, J. (2022). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C5AD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Representation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C5AD9">
@@ -38313,331 +37028,320 @@
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="6315"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="252FE5D6" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D912AEA" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00E30E3F">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="752846C5" w14:textId="5D1981D0" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00E30E3F">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="36C20AA0" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3990F65E" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="094853C3" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Gelacio Castillo Cabrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="403D8CA9" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D1E6B19" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="22FF8928" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Martha Patricia Jiménez Villanueva</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="0426A93E" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="144A1407" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="78EF01D8" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>No aplica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="564E8F9F" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5A37670B" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Validación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1A7901B1" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Gelacio Castillo Cabrera (Igual)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F429DF9" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -38655,78 +37359,76 @@
           </w:p>
           <w:p w14:paraId="29B3158D" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Maribel Aragón García (Igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="2F4ECD59" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1EE8B8F4" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="610C3B96" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Gelacio Castillo Cabrera (Igual)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D56C641" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -38744,78 +37446,76 @@
           </w:p>
           <w:p w14:paraId="75008081" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Maribel Aragón García (Igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="6BC59A4F" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D28AC2A" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C61C97C" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Gelacio Castillo Cabrera (Igual)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E7B6832" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -38833,78 +37533,76 @@
           </w:p>
           <w:p w14:paraId="0F593151" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Maribel Aragón García (Igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="053054C7" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16BDB725" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0727D665" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Gelacio Castillo Cabrera (Igual)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E588CE7" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -38937,226 +37635,220 @@
           </w:p>
           <w:p w14:paraId="292B823E" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Instituto Politécnico Nacional, Escuela Superior de Cómputo (igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="347D1465" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A30F803" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="33A75AE4" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Martha Patricia Jiménez Villanueva (Igual)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3656A177" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Maribel Aragón García (Igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="63F6AECA" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3D842914" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1228BB8F" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Martha Patricia Jiménez Villanueva (Igual)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FB027E1" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Maribel Aragón García (Igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="525D233C" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="099C633D" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4F97C532" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Gelacio Castillo Cabrera (Igual)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C74E52F" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -39174,270 +37866,262 @@
           </w:p>
           <w:p w14:paraId="7B8903A1" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Maribel Aragón García (Igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="3B89F1DF" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5A1D966D" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Visualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3C20C770" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Martha Patricia Jiménez Villanueva (Igual)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="508FE67C" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Maribel Aragón García (Igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="7BB77639" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3610D526" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Supervisión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3ECDE42D" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Gelacio Castillo Cabrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="32C9D3B6" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="483F6DC8" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="44635BE9" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Gelacio Castillo Cabrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25007" w:rsidRPr="00A25007" w14:paraId="2CFE9786" w14:textId="77777777" w:rsidTr="00A25007">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="03CBAD56" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="37C562E8" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Gelacio Castillo Cabrera (igual)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A702DA2" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="00A25007" w:rsidRDefault="00A25007" w:rsidP="00A25007">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -39468,102 +38152,103 @@
               <w:t>Maribel Aragón García (Igual)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1CDD36EF" w14:textId="77777777" w:rsidR="00A25007" w:rsidRPr="005C5AD9" w:rsidRDefault="00A25007" w:rsidP="000F30D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D3F6992" w14:textId="77777777" w:rsidR="007F5E81" w:rsidRPr="0070551F" w:rsidRDefault="007F5E81" w:rsidP="009B6ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007F5E81" w:rsidRPr="0070551F" w:rsidSect="007D4151">
-      <w:headerReference w:type="default" r:id="rId25"/>
-      <w:footerReference w:type="default" r:id="rId26"/>
+      <w:headerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="default" r:id="rId27"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="568" w:left="1701" w:header="142" w:footer="118" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1530375A" w14:textId="77777777" w:rsidR="00FF5CC9" w:rsidRDefault="00FF5CC9" w:rsidP="007D4151">
+    <w:p w14:paraId="62571E2B" w14:textId="77777777" w:rsidR="00B30D53" w:rsidRDefault="00B30D53" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D047373" w14:textId="77777777" w:rsidR="00FF5CC9" w:rsidRDefault="00FF5CC9" w:rsidP="007D4151">
+    <w:p w14:paraId="37A70F5A" w14:textId="77777777" w:rsidR="00B30D53" w:rsidRDefault="00B30D53" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Amasis MT Pro Light">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="4000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
@@ -39645,61 +38330,61 @@
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Junio</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2025                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64D5CD4C" w14:textId="77777777" w:rsidR="00FF5CC9" w:rsidRDefault="00FF5CC9" w:rsidP="007D4151">
+    <w:p w14:paraId="666D4995" w14:textId="77777777" w:rsidR="00B30D53" w:rsidRDefault="00B30D53" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="060B4A9B" w14:textId="77777777" w:rsidR="00FF5CC9" w:rsidRDefault="00FF5CC9" w:rsidP="007D4151">
+    <w:p w14:paraId="451ABA92" w14:textId="77777777" w:rsidR="00B30D53" w:rsidRDefault="00B30D53" w:rsidP="007D4151">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="453CF6C5" w14:textId="3E239454" w:rsidR="007D4151" w:rsidRDefault="007D4151" w:rsidP="007D4151">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75FE29F0" wp14:editId="185D73EA">
@@ -39908,72 +38593,74 @@
     <w:rsid w:val="00294EA9"/>
     <w:rsid w:val="0029630A"/>
     <w:rsid w:val="002A36E4"/>
     <w:rsid w:val="002B045A"/>
     <w:rsid w:val="002B1816"/>
     <w:rsid w:val="002B1CD4"/>
     <w:rsid w:val="002B3F8A"/>
     <w:rsid w:val="002C2A1F"/>
     <w:rsid w:val="002C686B"/>
     <w:rsid w:val="002D0474"/>
     <w:rsid w:val="002E0C6B"/>
     <w:rsid w:val="002E1998"/>
     <w:rsid w:val="002F1E90"/>
     <w:rsid w:val="002F4E1C"/>
     <w:rsid w:val="002F5B6F"/>
     <w:rsid w:val="003002A7"/>
     <w:rsid w:val="003055DF"/>
     <w:rsid w:val="003101E9"/>
     <w:rsid w:val="003107A9"/>
     <w:rsid w:val="0031227B"/>
     <w:rsid w:val="003127DB"/>
     <w:rsid w:val="003161A7"/>
     <w:rsid w:val="00316601"/>
     <w:rsid w:val="00322E4E"/>
     <w:rsid w:val="00324C28"/>
+    <w:rsid w:val="003266C1"/>
     <w:rsid w:val="003273DD"/>
     <w:rsid w:val="0033229F"/>
     <w:rsid w:val="003332CC"/>
     <w:rsid w:val="00334E8E"/>
     <w:rsid w:val="00340E61"/>
     <w:rsid w:val="00341416"/>
     <w:rsid w:val="00343EB5"/>
     <w:rsid w:val="003516E5"/>
     <w:rsid w:val="00354DEB"/>
     <w:rsid w:val="00355417"/>
     <w:rsid w:val="00356590"/>
     <w:rsid w:val="00356F9C"/>
     <w:rsid w:val="003573FE"/>
     <w:rsid w:val="003644DF"/>
     <w:rsid w:val="003663C3"/>
     <w:rsid w:val="003663E4"/>
     <w:rsid w:val="0036675E"/>
     <w:rsid w:val="00376E45"/>
     <w:rsid w:val="00386264"/>
     <w:rsid w:val="00387711"/>
     <w:rsid w:val="003933D9"/>
     <w:rsid w:val="00395862"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A29D3"/>
     <w:rsid w:val="003A3B42"/>
     <w:rsid w:val="003A4016"/>
     <w:rsid w:val="003A7C6F"/>
     <w:rsid w:val="003B054B"/>
     <w:rsid w:val="003B083F"/>
     <w:rsid w:val="003B4255"/>
     <w:rsid w:val="003C12BF"/>
     <w:rsid w:val="003C2314"/>
     <w:rsid w:val="003C23F8"/>
     <w:rsid w:val="003C2BD4"/>
     <w:rsid w:val="003C5917"/>
     <w:rsid w:val="003C5E11"/>
     <w:rsid w:val="003D21F5"/>
     <w:rsid w:val="003E1B82"/>
     <w:rsid w:val="003E38FB"/>
     <w:rsid w:val="003E4A24"/>
     <w:rsid w:val="003E4EE1"/>
     <w:rsid w:val="003E5741"/>
     <w:rsid w:val="003E62BC"/>
     <w:rsid w:val="003E7064"/>
     <w:rsid w:val="003F0310"/>
     <w:rsid w:val="003F3644"/>
     <w:rsid w:val="003F36BF"/>
     <w:rsid w:val="003F4182"/>
@@ -40316,50 +39003,51 @@
     <w:rsid w:val="00AB2BB9"/>
     <w:rsid w:val="00AB3994"/>
     <w:rsid w:val="00AB7515"/>
     <w:rsid w:val="00AC55C0"/>
     <w:rsid w:val="00AC59AB"/>
     <w:rsid w:val="00AD674D"/>
     <w:rsid w:val="00AE2715"/>
     <w:rsid w:val="00AE4D80"/>
     <w:rsid w:val="00AF0B38"/>
     <w:rsid w:val="00AF0E30"/>
     <w:rsid w:val="00AF643F"/>
     <w:rsid w:val="00B019B9"/>
     <w:rsid w:val="00B036F5"/>
     <w:rsid w:val="00B10ADB"/>
     <w:rsid w:val="00B1141A"/>
     <w:rsid w:val="00B1178E"/>
     <w:rsid w:val="00B14F6A"/>
     <w:rsid w:val="00B17EDA"/>
     <w:rsid w:val="00B226FD"/>
     <w:rsid w:val="00B25FFC"/>
     <w:rsid w:val="00B26197"/>
     <w:rsid w:val="00B262DD"/>
     <w:rsid w:val="00B27B84"/>
     <w:rsid w:val="00B27CF0"/>
     <w:rsid w:val="00B27FE3"/>
+    <w:rsid w:val="00B30D53"/>
     <w:rsid w:val="00B344FB"/>
     <w:rsid w:val="00B3696D"/>
     <w:rsid w:val="00B37519"/>
     <w:rsid w:val="00B41974"/>
     <w:rsid w:val="00B41F7B"/>
     <w:rsid w:val="00B42D22"/>
     <w:rsid w:val="00B4313E"/>
     <w:rsid w:val="00B46659"/>
     <w:rsid w:val="00B54FAE"/>
     <w:rsid w:val="00B554BB"/>
     <w:rsid w:val="00B621B1"/>
     <w:rsid w:val="00B638DA"/>
     <w:rsid w:val="00B65B16"/>
     <w:rsid w:val="00B852BD"/>
     <w:rsid w:val="00B85E32"/>
     <w:rsid w:val="00B869F6"/>
     <w:rsid w:val="00B87B14"/>
     <w:rsid w:val="00B91202"/>
     <w:rsid w:val="00B9262E"/>
     <w:rsid w:val="00B96899"/>
     <w:rsid w:val="00BA1FA4"/>
     <w:rsid w:val="00BA28D2"/>
     <w:rsid w:val="00BA2CC5"/>
     <w:rsid w:val="00BA2E41"/>
     <w:rsid w:val="00BB53DD"/>
@@ -41190,51 +39878,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00166547"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -41931,51 +40618,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2122533640">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.PNG"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.PNG"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.PNG"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.PNG"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v12i23.935" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -42250,50 +40937,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100C9398F253C3AA14EA5CC07924E0B1DF2" ma:contentTypeVersion="4" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="273b1fb330fd37343de823fd7db97943">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="720e3032-c723-4d5d-853a-bfcbffd213fe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="80715a6933b71b4ed0b49ce851fb9de4" ns2:_="">
     <xsd:import namespace="720e3032-c723-4d5d-853a-bfcbffd213fe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="720e3032-c723-4d5d-853a-bfcbffd213fe" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -42393,66 +41089,51 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6">
   <b:Source>
     <b:Tag>Sun21</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{3A4CDC51-BC6D-4C5F-B708-E286449E7ADA}</b:Guid>
     <b:Title>Digital Signal Processing. An Introduction</b:Title>
     <b:Year>2021</b:Year>
     <b:City> Switzerland</b:City>
     <b:Publisher>Springer</b:Publisher>
     <b:Author>
       <b:Author>
         <b:NameList>
           <b:Person>
             <b:Last>Sundararajan</b:Last>
             <b:First>D.</b:First>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:RefOrder>2</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>Dee18</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{005FEF04-0D46-40F5-AD17-ED9B09EB0771}</b:Guid>
@@ -42663,123 +41344,129 @@
     <b:Guid>{D38310C2-0A07-4D89-8A12-4C26920B7461}</b:Guid>
     <b:Title>Digital control engineering analysis and design</b:Title>
     <b:Year>2013</b:Year>
     <b:City>Waltham, MA 02451 USA</b:City>
     <b:Publisher>Elsevier</b:Publisher>
     <b:Author>
       <b:Author>
         <b:NameList>
           <b:Person>
             <b:Last>Fadali</b:Last>
             <b:Middle>Sami</b:Middle>
             <b:First>M.</b:First>
           </b:Person>
           <b:Person>
             <b:Last>Visioli</b:Last>
             <b:First>Antonio</b:First>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:RefOrder>7</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43FF48B5-A698-4810-8526-3DA2C7BA68F7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD221F11-C05C-4669-88BC-63D791788D78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="720e3032-c723-4d5d-853a-bfcbffd213fe"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43FF48B5-A698-4810-8526-3DA2C7BA68F7}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{624CEB0F-27E3-4295-AD51-78E52A4F10C6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1ADAAB5-A7FD-4796-A398-0AC70680692C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>24</Pages>
-[...1 lines deleted...]
-  <Characters>31136</Characters>
+  <Pages>25</Pages>
+  <Words>5676</Words>
+  <Characters>31221</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>259</Lines>
+  <Lines>260</Lines>
   <Paragraphs>73</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36724</CharactersWithSpaces>
+  <CharactersWithSpaces>36824</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gelacio Castillo Cabrera</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C9398F253C3AA14EA5CC07924E0B1DF2</vt:lpwstr>
   </property>