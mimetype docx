--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -6,72 +6,104 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="47B6621B" w14:textId="3ADE7635" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
+    <w:p w14:paraId="47B6621B" w14:textId="3ADE7635" w:rsidR="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk186128385"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk185520120"/>
+      <w:r w:rsidRPr="00E9132C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3A179BC0" w14:textId="6620B829" w:rsidR="001E5273" w:rsidRPr="001E5273" w:rsidRDefault="001E5273" w:rsidP="00E9132C">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E5273">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="001E5273">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:i/>
+            <w:color w:val="000000"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v12i23.936</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="366AA9C4" w14:textId="12DD1D36" w:rsidR="00325257" w:rsidRPr="00E9132C" w:rsidRDefault="00325257" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -796,58 +828,58 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00706A4A" w:rsidRPr="00E9132C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00706A4A" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Los resultados mostraron que el 40% de las </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00706A4A" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PYMEs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00706A4A" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> integran prácticas de marketing de forma regular, y que el 50% tiene definidos con claridad sus objetivos organizacionales. No obstante, solo el 30% realiza análisis sistemáticos </w:t>
+        <w:t xml:space="preserve"> integran prácticas de marketing de forma regular, y que el 50% tiene definidos con </w:t>
       </w:r>
       <w:r w:rsidR="00706A4A" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>de capital financiero requerido, y menos del 35% lleva a cabo estudios de mercado para sustentar sus decisiones estratégicas</w:t>
+        <w:t>claridad sus objetivos organizacionales. No obstante, solo el 30% realiza análisis sistemáticos de capital financiero requerido, y menos del 35% lleva a cabo estudios de mercado para sustentar sus decisiones estratégicas</w:t>
       </w:r>
       <w:r w:rsidR="00C63B9E" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00706A4A" w:rsidRPr="00E9132C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00706A4A" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Aunque las estrategias de comercialización están presentes en las </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00706A4A" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PYMEs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00706A4A" w:rsidRPr="00E9132C">
@@ -2942,115 +2974,87 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Las pequeñas y medianas empresas (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PYMEs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>) son consideradas un motor significativo para las economías nacionales debido a su contribución a la generación de empleo, el impulso al desarrollo regional y su capacidad de adaptarse a mercados en constante cambio (Pozos &amp; Acosta, 2016).</w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sin embargo, muchas de estas empresas enfrentan dificultades para consolidarse y crecer de manera sostenible. Según Fernández, Martínez y </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (2019), una de las principales limitaciones radica en la falta de planeación estratégica adecuada, lo que impide alcanzar los objetivos organizacionales y responder de manera efectiva a las demandas del entorno</w:t>
+        <w:t>Sin embargo, muchas de estas empresas enfrentan dificultades para consolidarse y crecer de manera sostenible. Según Fernández, Martínez y Ngono (2019), una de las principales limitaciones radica en la falta de planeación estratégica adecuada, lo que impide alcanzar los objetivos organizacionales y responder de manera efectiva a las demandas del entorno</w:t>
       </w:r>
       <w:r w:rsidR="00325257" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="382F1D6B" w14:textId="4498426A" w:rsidR="00325257" w:rsidRPr="00E9132C" w:rsidRDefault="00713FD5" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">La ausencia de un enfoque sistemático en áreas fundamentales como el marketing, la gestión de recursos, el análisis del mercado y las estrategias de comercialización pone en riesgo la estabilidad y el desempeño de las </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PYMEs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Según </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> y Cortes (2022), aunque estas organizaciones reconocen la importancia de planificar, en muchos casos no cuentan con el conocimiento necesario ni aplican herramientas adecuadas para optimizar sus procesos</w:t>
+        <w:t>. Según Savedra y Cortes (2022), aunque estas organizaciones reconocen la importancia de planificar, en muchos casos no cuentan con el conocimiento necesario ni aplican herramientas adecuadas para optimizar sus procesos</w:t>
       </w:r>
       <w:r w:rsidR="00325257" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FD3E6E" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B0448" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Según Blanco y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008B0448" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Cristhal</w:t>
@@ -3515,65 +3519,51 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EF24E2" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PYMEs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EF24E2" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Atizapán de Zaragoza. </w:t>
       </w:r>
       <w:r w:rsidR="00412CB6" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Citando </w:t>
       </w:r>
       <w:r w:rsidR="000F4613" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">a Cabrera &amp; </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (2018) su enfoque </w:t>
+        <w:t xml:space="preserve">a Cabrera &amp; Adan (2018) su enfoque </w:t>
       </w:r>
       <w:r w:rsidR="00EF24E2" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">incluye la integración de conceptos teóricos y prácticos, lo que permite un análisis integral de las estrategias utilizadas, al tiempo que se consideran las limitaciones y oportunidades específicas del contexto local. </w:t>
       </w:r>
       <w:r w:rsidR="000F4613" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Los puntos importantes de</w:t>
       </w:r>
       <w:r w:rsidR="00EF24E2" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> este estudio tienen el potencial de servir como base para políticas públicas, programas de capacitación y asesoramiento dirigidos a mejorar la competitividad de estas empresas en el mercado regional y nacional.</w:t>
       </w:r>
       <w:r w:rsidR="00412CB6" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3665,77 +3655,55 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, analizando aspectos fundamentales de su gestión empresarial, cada ítem refleja un componente crítico para la planeación estratégica y permite obtener un panorama sobre la frecuencia con la que estas empresas aplican prácticas que favorecen su sostenibilidad y competitividad</w:t>
       </w:r>
       <w:r w:rsidR="00E24548" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, en la investigación está basado en los principios de la planeación estratégica en pequeñas y medianas empresas (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E24548" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PYMEs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E24548" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">), considerando modelos teóricos y enfoques administrativos ampliamente utilizados. Autores como </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004B3F95" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Dligach</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">, &amp; </w:t>
+        <w:t xml:space="preserve">Dligach, Kopylova, &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004B3F95" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Krasnostanova</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004B3F95" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, (2023) </w:t>
       </w:r>
       <w:r w:rsidR="00E24548" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">sostienen que la </w:t>
       </w:r>
       <w:r w:rsidR="00E24548" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -4197,106 +4165,103 @@
         <w:tblStyle w:val="Tablanormal1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2077"/>
         <w:gridCol w:w="2932"/>
         <w:gridCol w:w="3819"/>
       </w:tblGrid>
       <w:tr w:rsidR="003E08A1" w:rsidRPr="00E9132C" w14:paraId="7ACDFED9" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62FEB704" w14:textId="77777777" w:rsidR="003E08A1" w:rsidRPr="00E9132C" w:rsidRDefault="003E08A1" w:rsidP="003E08A1">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="60C009A4" w14:textId="77777777" w:rsidR="003E08A1" w:rsidRPr="00E9132C" w:rsidRDefault="003E08A1" w:rsidP="003E08A1">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Definición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="423EB5B7" w14:textId="77777777" w:rsidR="003E08A1" w:rsidRPr="00E9132C" w:rsidRDefault="003E08A1" w:rsidP="003E08A1">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Indicadores</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -4359,98 +4324,95 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DD4E92A" w14:textId="77777777" w:rsidR="003E08A1" w:rsidRPr="00E9132C" w:rsidRDefault="003E08A1" w:rsidP="00130344">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Conocimiento de los objetivos organizacionales, Análisis y evaluación de estrategias empresariales, Aplicación de planes de mejora continua.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E08A1" w:rsidRPr="00E9132C" w14:paraId="335FDFFF" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="355DBBB2" w14:textId="57882736" w:rsidR="003E08A1" w:rsidRPr="00E9132C" w:rsidRDefault="003E08A1" w:rsidP="003E08A1">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Gestión de Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67F6652B" w14:textId="77777777" w:rsidR="003E08A1" w:rsidRPr="00E9132C" w:rsidRDefault="003E08A1" w:rsidP="00130344">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Uso eficiente de recursos humanos, financieros y materiales para la operación empresarial.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="729403BA" w14:textId="77777777" w:rsidR="003E08A1" w:rsidRPr="00E9132C" w:rsidRDefault="003E08A1" w:rsidP="00130344">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Disponibilidad de recursos financieros, tecnológicos y humanos, Control y planificación del capital requerido, Uso de proveedores adecuados para la optimización de costos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E08A1" w:rsidRPr="00E9132C" w14:paraId="1E030EBF" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4507,98 +4469,95 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00B0E9B9" w14:textId="77777777" w:rsidR="003E08A1" w:rsidRPr="00E9132C" w:rsidRDefault="003E08A1" w:rsidP="003E08A1">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Realización de estudios de mercado, Identificación de oportunidades de negocio, Adaptación a las tendencias del mercado.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E08A1" w:rsidRPr="00E9132C" w14:paraId="11D3E5F4" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76596552" w14:textId="68F47AD9" w:rsidR="003E08A1" w:rsidRPr="00E9132C" w:rsidRDefault="003E08A1" w:rsidP="003E08A1">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Estrategias de Comercialización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5E90F18D" w14:textId="75769FC4" w:rsidR="003E08A1" w:rsidRPr="00E9132C" w:rsidRDefault="00605F95" w:rsidP="00130344">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Métodos utilizados por la empresa para posicionar su producto o servicio en el mercado.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="798F8450" w14:textId="77777777" w:rsidR="003E08A1" w:rsidRPr="00E9132C" w:rsidRDefault="003E08A1" w:rsidP="00130344">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Implementación de estrategias de marketing, Definición de canales de distribución, Evaluación del impacto de la publicidad y promoción.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="07A1AD9B" w14:textId="781F0883" w:rsidR="00605F95" w:rsidRPr="00E9132C" w:rsidRDefault="003E08A1" w:rsidP="000841CF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4962,1198 +4921,1132 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4957"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1140"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="394E4C4D" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63562F59" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C6363D6" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0BFA0846" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ítems</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="121C1EE7" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Nunca  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BDA439B" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Casi nunca </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F607A48" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">A veces </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1340085B" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Casi siempre  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A8D49A0" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Siempre </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="37F88AAA" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:trHeight w:val="143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BD20343" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">El marketing como estrategia empresarial  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12D3DA4A" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6469FE28" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="514823FD" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57998A7C" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38628E44" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="157F0044" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54EC6BEE" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Se conoce el objetivo de la organización </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CF570F1" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EFA7B1C" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A51A56F" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19445903" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E1778B7" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="64FD0693" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4439E6E0" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Se conoce el producto que genera el mayor valor en la empresa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C5B05B9" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AF78F0E" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1637E7E0" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79C74367" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C71CE1C" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="39E412D2" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59F21FB9" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Se analiza el capital que se requiere para cada fase </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38B7F2BF" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03E84A81" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="017EE46D" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C0DC77E" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37AB18D2" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="5F72DBEF" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DB2D6A8" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Se estudia el mercado de interés </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50E1D91A" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03528DD8" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11185151" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CF44C98" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="732B4E97" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="6E064CA0" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="546C3B03" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Se estudian las estrategias de comercialización y canales de distribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5720BE1A" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E29C762" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43D2CF92" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0971ED22" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72A2E3B3" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="7BD14818" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02B6870C" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Enfrenta a tiempo los problemas que se presentan </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F6780A5" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30BF1702" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DE262C6" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60F3FE80" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B7753AA" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="4375ADAE" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26C7A86C" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Se tiene a los mejores proveedores </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5494F9B2" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="723BFFEC" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02D5EDE9" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6414A9C8" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07C248F6" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="0A863975" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1494BB6A" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Se sabe lo que gasta y lo que gana </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28E684C3" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E7FE99C" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C31C50F" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C61C3EB" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DA5BE66" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="099B5B12" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A56EE48" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Se cuenta con los recursos indispensables para lograr los objetivos (humanos, físicos, técnicos y financieros) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54002383" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="245F2CE3" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7249C133" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1285BF56" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3009F8D2" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28017FA8" w14:textId="7975A448" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -7432,51 +7325,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F5AF083" wp14:editId="409AB89C">
             <wp:extent cx="5005181" cy="2251710"/>
             <wp:effectExtent l="171450" t="171450" r="195580" b="186690"/>
             <wp:docPr id="1" name="Imagen 1" descr="Interfaz de usuario gráfica&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Imagen 1" descr="Interfaz de usuario gráfica&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId9"/>
                     <a:srcRect l="32417" t="24140" r="32451" b="51720"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5137269" cy="2311133"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF">
                         <a:shade val="85000"/>
                       </a:srgbClr>
                     </a:solidFill>
                     <a:ln w="190500" cap="rnd">
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50000" algn="tl" rotWithShape="0">
                         <a:srgbClr val="000000">
                           <a:alpha val="41000"/>
@@ -8592,51 +8485,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2159B91E" wp14:editId="6EFBCB13">
             <wp:extent cx="5572125" cy="3754120"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="223738108" name="Imagen 1" descr="Gráfico, Gráfico de barras&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="223738108" name="Imagen 1" descr="Gráfico, Gráfico de barras&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5572125" cy="3754120"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -9003,51 +8896,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F155721" wp14:editId="720F138D">
             <wp:extent cx="5612130" cy="3390900"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:docPr id="2110056412" name="Imagen 2" descr="Gráfico, Gráfico de barras&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2110056412" name="Imagen 2" descr="Gráfico, Gráfico de barras&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5612130" cy="3390900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -9429,65 +9322,51 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">El conocimiento de los objetivos organizacionales también se presenta como una fortaleza, ya que el 50 % de las empresas afirma tener claridad respecto a sus metas. Este hallazgo coincide con lo señalado por Álvarez y Ramírez (2022), quienes sostienen que una adecuada alineación entre los esfuerzos internos y los objetivos estratégicos es esencial para el crecimiento de las </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PYMEs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">. No obstante, de acuerdo con </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> y Arteaga (2019), aún existe un porcentaje significativo de empresas que reporta dificultades en este ámbito, lo cual podría estar asociado a deficiencias en la comunicación o en los procesos de capacitación interna.</w:t>
+        <w:t>. No obstante, de acuerdo con Pilligua y Arteaga (2019), aún existe un porcentaje significativo de empresas que reporta dificultades en este ámbito, lo cual podría estar asociado a deficiencias en la comunicación o en los procesos de capacitación interna.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70FD422E" w14:textId="0B3FFBE1" w:rsidR="008A3438" w:rsidRPr="00E9132C" w:rsidRDefault="002505DC" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Por otro lado, Nava (2009) sostiene que la gestión financiera y el análisis del capital requerido son áreas que necesitan mejorar sustancialmente. Solo el 30 % de las empresas realiza un análisis detallado de los recursos necesarios para cada fase de su operación. Este comportamiento resulta preocupante, ya que una adecuada gestión financiera es crucial para asegurar la viabilidad y sostenibilidad de las empresas en un entorno económico cambiante</w:t>
       </w:r>
       <w:r w:rsidR="008A3438" w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
@@ -9981,51 +9860,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. Revista de ciencias sociales, 31(61), 202-225. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Epub</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 22 de agosto de 2022.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00E9132C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>https://doi.org/10.20983/noesis.2022.1.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="758FD160" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Aponte López, A.C. (2020). </w:t>
@@ -10162,67 +10041,51 @@
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, en la producción de jeringas hipodérmicas desechables.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F11B5E" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cabrera, M.T., &amp; </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, I.A. (2018). </w:t>
+        <w:t xml:space="preserve">Cabrera, M.T., &amp; Adan, I.A. (2018). </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Gestión educativa estratégica y gestión escolar del proceso de enseñanza-aprendizaje: una aproximación conceptual.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09B3B566" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -10434,67 +10297,51 @@
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Clothing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sector: A Case </w:t>
-[...15 lines deleted...]
-        <w:t>). </w:t>
+        <w:t xml:space="preserve"> Sector: A Case Study). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00267F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Emerging</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00267F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00267F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
@@ -10504,69 +10351,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00267F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00267F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Economics</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00267F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: Firm </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00267F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Behavior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00267F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00267F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
@@ -10698,159 +10527,95 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fernández Hurtado, Saúl Rick, Martínez </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Martínez</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Luz Ángela, &amp; </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> Adele. (2019). Barreras que dificultan la planeación estratégica en las organizaciones. </w:t>
+        <w:t>, Luz Ángela, &amp; Ngono Fouda, Regine Adele. (2019). Barreras que dificultan la planeación estratégica en las organizaciones. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Tendencias,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20(1), 254-279.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00E9132C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>https://doi.org/10.22267/rtend.192001.108</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="32DA1D34" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Fernández-</w:t>
-[...15 lines deleted...]
-        <w:t>, E. (2011). La teoría de la segmentación del mercado de trabajo: enfoques, situación actual y perspectivas de futuro. </w:t>
+        <w:t>Fernández-Huerga, E. (2011). La teoría de la segmentación del mercado de trabajo: enfoques, situación actual y perspectivas de futuro. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Investigacion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10872,85 +10637,69 @@
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, 115-150.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="749F2B2E" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Fernández-</w:t>
-[...15 lines deleted...]
-        <w:t>, Eduardo. (2010</w:t>
+        <w:t>Fernández-Huerga, Eduardo. (2010</w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>). La teoría de la segmentación del mercado de trabajo: enfoques, situación actual y perspectivas de futuro. Investigación económica</w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69(273), 115-150. Recuperado en 27 de diciembre de 2024, de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00E9132C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>http://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0185-16672010000300004&amp;lng=es&amp;tlng=es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19487501" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -10999,51 +10748,51 @@
         <w:t xml:space="preserve">Gómez Zaldívar, Fernando, &amp; Molina, Edmundo. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(2018). </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Zonas Económicas Especiales y su impacto sobre el desarrollo económico regional. Problemas del desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, 49(193), 11-32. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00E9132C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>https://doi.org/10.22201/iiec.20078951e.2018.193.61285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7E01915B" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">González, J.L., Salazar, F., Ortiz, R., &amp; Verdugo, D.J. (2019). </w:t>
@@ -11226,51 +10975,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ibarra Cisneros, Manuel Alejandro, &amp; González Torres, Lourdes Alicia. (2010). La flexibilidad laboral como estrategia de competitividad y sus efectos sobre la economía, la empresa y el mercado de trabajo. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Contaduría y administración</w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, (231), 33-52. Recuperado en 09 de enero de 2025, de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00E9132C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>http://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0186-10422010000200003&amp;lng=es&amp;tlng=es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66B51A1B" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -11346,67 +11095,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Lecuona, R. (2014). Algunas lecciones de la experiencia reciente de financiamiento a las PYMES: Colombia, Costa Rica y México.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BB313BF" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">León </w:t>
-[...15 lines deleted...]
-        <w:t>, V.W., &amp; Tapia Ñopo, D.L. (2023). PERSPECTIVAS TEÓRICAS DE LA MOTIVACIÓN EN EL SECTOR EMPRESARIAL. </w:t>
+        <w:t>León Ypanaque, V.W., &amp; Tapia Ñopo, D.L. (2023). PERSPECTIVAS TEÓRICAS DE LA MOTIVACIÓN EN EL SECTOR EMPRESARIAL. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>HORIZONTE EMPRESARIAL</w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A68F49" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11649,160 +11382,135 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32B8FDE2" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nava </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Nava Rosillón, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Marbelis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alejandra. (2009). </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Análisis financiero: una herramienta clave para una gestión financiera eficiente</w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. Revista Venezolana de Gerencia, 14(48), 606-628. Recuperado en 27 de diciembre de 2024, de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00E9132C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>http://ve.scielo.org/scielo.php?script=sci_arttext&amp;pid=S1315-99842009000400009&amp;lng=es&amp;tlng=es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE2D730" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Olmos, B., &amp; Alejandro, J. (2010). La administración de las organizaciones de profesionales: una perspectiva neoclásica: A la memoria de Peter F. Drucker.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C6606F6" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Lucas, C.F., &amp; Arteaga Ureta, F.M. (2019). </w:t>
+      <w:r w:rsidRPr="00E9132C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pilligua Lucas, C.F., &amp; Arteaga Ureta, F.M. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">clima laboral como factor clave en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>elrendimiento</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -11886,51 +11594,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Romero Luna, Isidoro. (2006). </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Las PYME en la economía global: Hacia una estrategia de fomento empresarial. Problemas del desarrollo</w:t>
       </w:r>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, 37(146), 31-50. Recuperado en 25 de diciembre de 2024, de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00E9132C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>http://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0301-70362006000300003&amp;lng=es&amp;tlng=es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E9132C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AE0776D" w14:textId="77777777" w:rsidR="00121C91" w:rsidRPr="00E9132C" w:rsidRDefault="00121C91" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -12344,1188 +12052,1159 @@
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="6315"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="02FBF59F" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16A54076" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00A92F1F">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5CA6B85F" w14:textId="7ADB5C31" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00A92F1F">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="_btsjgdfgjwkr" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Autor (es)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="5B8C2F43" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="170A97D3" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Conceptualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2367AE08" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adriana Mercedes Ruiz Reynoso</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="74301027" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BFE0CAF" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Metodología</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51FB4C9C" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adriana Mercedes Ruiz Reynoso</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30B6E9B2" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Patricia Delgadillo Gomez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="20BEF218" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72E894BC" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="70A2630E" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adriana Mercedes Ruiz Reynoso</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="61850E37" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="585A4CAC" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Validación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="727E1B54" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adriana Mercedes Ruiz Reynoso</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AEB5768" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Patricia Delgadillo Gomez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="120CA56D" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="487F414D" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Análisis Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6FB51C54" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adriana Mercedes Ruiz Reynoso</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="6F0B28ED" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0A32F116" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3CA649EA" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adriana Mercedes Ruiz Reynoso</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="526E5DA3" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Patricia Delgadillo Gomez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="2D253F0D" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1A2E0FD3" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="50773EEF" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adriana Mercedes Ruiz Reynoso</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09B62E92" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Patricia Delgadillo Gomez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="79208901" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="08F0AF6A" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Curación de datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7C4EE127" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adriana Mercedes Ruiz Reynoso</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="68B54B5F" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7034E4AB" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Escritura - Preparación del borrador original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="762F60B9" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adriana Mercedes Ruiz Reynoso</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="129E948B" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Patricia Delgadillo Gomez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="2C81C908" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0E19622B" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Escritura - Revisión y edición</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34EABDD8" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adriana Mercedes Ruiz Reynoso</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="0DD375A5" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0A0A0F47" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Visualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6843D872" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adriana Mercedes Ruiz Reynoso</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="11B8489D" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0454E175" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Supervisión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="63C82ECD" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Patricia Delgadillo Gomez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="320AB2B2" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="65C67637" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Administración de Proyectos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0E6665FA" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adriana Mercedes Ruiz Reynoso.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0962E57D" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Patricia Delgadillo Gomez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w14:paraId="530C7C42" w14:textId="77777777" w:rsidTr="00E9132C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5F7618AD" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9132C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adquisición de fondos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A2A47AC" w14:textId="1AFD5D2D" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>NO APLICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F54E36B" w14:textId="77777777" w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E9132C" w:rsidRPr="00E9132C" w:rsidSect="00E9132C">
-      <w:headerReference w:type="default" r:id="rId18"/>
-      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="568" w:left="1701" w:header="142" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="293989A3" w14:textId="77777777" w:rsidR="00182F8E" w:rsidRDefault="00182F8E" w:rsidP="00E9132C">
+    <w:p w14:paraId="7B6EDD50" w14:textId="77777777" w:rsidR="00A13EBF" w:rsidRDefault="00A13EBF" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0BDD7025" w14:textId="77777777" w:rsidR="00182F8E" w:rsidRDefault="00182F8E" w:rsidP="00E9132C">
+    <w:p w14:paraId="4C584E32" w14:textId="77777777" w:rsidR="00A13EBF" w:rsidRDefault="00A13EBF" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5DF17FDF" w14:textId="140A8D9B" w:rsidR="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -13587,61 +13266,61 @@
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Junio</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2025                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2491D808" w14:textId="77777777" w:rsidR="00182F8E" w:rsidRDefault="00182F8E" w:rsidP="00E9132C">
+    <w:p w14:paraId="5DB164AE" w14:textId="77777777" w:rsidR="00A13EBF" w:rsidRDefault="00A13EBF" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C630EF7" w14:textId="77777777" w:rsidR="00182F8E" w:rsidRDefault="00182F8E" w:rsidP="00E9132C">
+    <w:p w14:paraId="6567BFC5" w14:textId="77777777" w:rsidR="00A13EBF" w:rsidRDefault="00A13EBF" w:rsidP="00E9132C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2B6948C9" w14:textId="3DEE15E6" w:rsidR="00E9132C" w:rsidRDefault="00E9132C" w:rsidP="00E9132C">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="71CADFE2" wp14:editId="31770475">
@@ -16283,70 +15962,72 @@
     <w:rsid w:val="00003FC2"/>
     <w:rsid w:val="00021371"/>
     <w:rsid w:val="0002735F"/>
     <w:rsid w:val="000365F2"/>
     <w:rsid w:val="000427D8"/>
     <w:rsid w:val="0006650A"/>
     <w:rsid w:val="00082210"/>
     <w:rsid w:val="000841CF"/>
     <w:rsid w:val="000B25B3"/>
     <w:rsid w:val="000C3E9D"/>
     <w:rsid w:val="000E0FE1"/>
     <w:rsid w:val="000F4613"/>
     <w:rsid w:val="00113E54"/>
     <w:rsid w:val="00121C91"/>
     <w:rsid w:val="00130344"/>
     <w:rsid w:val="0013267E"/>
     <w:rsid w:val="00141A8F"/>
     <w:rsid w:val="00151931"/>
     <w:rsid w:val="00171D01"/>
     <w:rsid w:val="00172AA6"/>
     <w:rsid w:val="00182F8E"/>
     <w:rsid w:val="0019068F"/>
     <w:rsid w:val="00192F13"/>
     <w:rsid w:val="001C3905"/>
     <w:rsid w:val="001D2486"/>
+    <w:rsid w:val="001E5273"/>
     <w:rsid w:val="00225148"/>
     <w:rsid w:val="00236407"/>
     <w:rsid w:val="002505DC"/>
     <w:rsid w:val="0025561D"/>
     <w:rsid w:val="00267F33"/>
     <w:rsid w:val="00290657"/>
     <w:rsid w:val="002A1F8A"/>
     <w:rsid w:val="002C5802"/>
     <w:rsid w:val="002D1287"/>
     <w:rsid w:val="002D2815"/>
     <w:rsid w:val="003251AF"/>
     <w:rsid w:val="00325257"/>
     <w:rsid w:val="00341BE5"/>
     <w:rsid w:val="00341E3D"/>
     <w:rsid w:val="00354790"/>
     <w:rsid w:val="00364D9A"/>
     <w:rsid w:val="00371BF7"/>
     <w:rsid w:val="00390135"/>
     <w:rsid w:val="00391E40"/>
     <w:rsid w:val="003A13EC"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003D603D"/>
     <w:rsid w:val="003E08A1"/>
     <w:rsid w:val="00412CB6"/>
     <w:rsid w:val="00420C13"/>
     <w:rsid w:val="00441664"/>
     <w:rsid w:val="00445A8B"/>
     <w:rsid w:val="00452C1D"/>
     <w:rsid w:val="0045425E"/>
     <w:rsid w:val="00457127"/>
     <w:rsid w:val="00472F6B"/>
     <w:rsid w:val="004741E0"/>
     <w:rsid w:val="004906C4"/>
     <w:rsid w:val="00492D2A"/>
     <w:rsid w:val="00496138"/>
     <w:rsid w:val="004B3F95"/>
     <w:rsid w:val="004B5353"/>
     <w:rsid w:val="004C1721"/>
     <w:rsid w:val="004C65CD"/>
     <w:rsid w:val="004D15F3"/>
     <w:rsid w:val="004D48E5"/>
     <w:rsid w:val="004D546D"/>
     <w:rsid w:val="00500AD5"/>
     <w:rsid w:val="005027B6"/>
     <w:rsid w:val="00515DB3"/>
     <w:rsid w:val="0052504C"/>
@@ -16385,50 +16066,51 @@
     <w:rsid w:val="007F6F6B"/>
     <w:rsid w:val="00810B3C"/>
     <w:rsid w:val="00826E39"/>
     <w:rsid w:val="00837172"/>
     <w:rsid w:val="00864F73"/>
     <w:rsid w:val="008735C5"/>
     <w:rsid w:val="008A3438"/>
     <w:rsid w:val="008A3903"/>
     <w:rsid w:val="008B0448"/>
     <w:rsid w:val="008B4E3E"/>
     <w:rsid w:val="008B5221"/>
     <w:rsid w:val="008C4A56"/>
     <w:rsid w:val="008D2175"/>
     <w:rsid w:val="008D36DD"/>
     <w:rsid w:val="00926FF6"/>
     <w:rsid w:val="00943A74"/>
     <w:rsid w:val="009600D9"/>
     <w:rsid w:val="00960638"/>
     <w:rsid w:val="009701A1"/>
     <w:rsid w:val="009A17B9"/>
     <w:rsid w:val="009D03DE"/>
     <w:rsid w:val="009D06C0"/>
     <w:rsid w:val="009D0FE7"/>
     <w:rsid w:val="009D5A4B"/>
     <w:rsid w:val="00A122CC"/>
+    <w:rsid w:val="00A13EBF"/>
     <w:rsid w:val="00A53B48"/>
     <w:rsid w:val="00A64C84"/>
     <w:rsid w:val="00A66C60"/>
     <w:rsid w:val="00AC05B6"/>
     <w:rsid w:val="00AD0240"/>
     <w:rsid w:val="00AF1846"/>
     <w:rsid w:val="00B00333"/>
     <w:rsid w:val="00B05941"/>
     <w:rsid w:val="00B4425F"/>
     <w:rsid w:val="00B5565B"/>
     <w:rsid w:val="00B5592E"/>
     <w:rsid w:val="00B679E1"/>
     <w:rsid w:val="00B7589F"/>
     <w:rsid w:val="00B82A12"/>
     <w:rsid w:val="00B85E8D"/>
     <w:rsid w:val="00B97170"/>
     <w:rsid w:val="00BF6C75"/>
     <w:rsid w:val="00C25F39"/>
     <w:rsid w:val="00C505F0"/>
     <w:rsid w:val="00C5685E"/>
     <w:rsid w:val="00C63B9E"/>
     <w:rsid w:val="00C71643"/>
     <w:rsid w:val="00CA3F9F"/>
     <w:rsid w:val="00CA5B3F"/>
     <w:rsid w:val="00CA75A4"/>
@@ -17093,51 +16775,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00325257"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -19469,51 +19150,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2146195679">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0185-16672010000300004&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22267/rtend.192001.108" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0301-70362006000300003&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ve.scielo.org/scielo.php?script=sci_arttext&amp;pid=S1315-99842009000400009&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20983/noesis.2022.1.10" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0186-10422010000200003&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22201/iiec.20078951e.2018.193.61285" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v12i23.936" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22267/rtend.192001.108" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0301-70362006000300003&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20983/noesis.2022.1.10" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ve.scielo.org/scielo.php?script=sci_arttext&amp;pid=S1315-99842009000400009&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0186-10422010000200003&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22201/iiec.20078951e.2018.193.61285" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S0185-16672010000300004&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -19792,69 +19473,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7C13561-179F-4A0E-983B-B53A40DFBBB5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>30</Pages>
-  <Words>9638</Words>
-  <Characters>53015</Characters>
+  <Words>9654</Words>
+  <Characters>53099</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>441</Lines>
+  <Lines>442</Lines>
   <Paragraphs>125</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>62528</CharactersWithSpaces>
+  <CharactersWithSpaces>62628</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Adriana Mercedes Ruiz Reynoso</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>