--- v0 (2025-12-16)
+++ v1 (2026-03-24)
@@ -16,74 +16,120 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/glossary/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="23DF153F" w14:textId="6C1F00F5" w:rsidR="00DC381A" w:rsidRPr="00DC381A" w:rsidRDefault="00DC381A" w:rsidP="00DC381A">
+    <w:p w14:paraId="100B1F83" w14:textId="77777777" w:rsidR="007744B2" w:rsidRDefault="00DC381A" w:rsidP="00DC381A">
       <w:pPr>
         <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004923FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk208690387"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004923FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1C692211" w14:textId="0B066987" w:rsidR="007744B2" w:rsidRPr="007744B2" w:rsidRDefault="007744B2" w:rsidP="00DC381A">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007744B2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="007744B2">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="222222"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/pag.v12i24.941</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="52689899" w14:textId="437CC003" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>La construcción de identidad profesional en la formación de los estudiantes de la Licenciatura en Ciencias de la Educación</w:t>
       </w:r>
     </w:p>
@@ -156,223 +202,203 @@
         </w:rPr>
         <w:t>Carlos Mario Ovando Rodríguez</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7960CEF4" w14:textId="04E35A7B" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Juárez Autónoma de Tabasco</w:t>
       </w:r>
       <w:r w:rsidR="00A432AB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687C306C" w14:textId="7F5A7E8A" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="006E6311" w:rsidP="00A432AB">
+    <w:p w14:paraId="687C306C" w14:textId="7F5A7E8A" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00A432AB" w:rsidRPr="00A432AB">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00A432AB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="FF0000"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>carlosmario.or7@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="11F07203" w14:textId="77777777" w:rsidR="00906694" w:rsidRDefault="006E6311" w:rsidP="00A432AB">
+    <w:p w14:paraId="11F07203" w14:textId="77777777" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="008677BF">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0006-8397-1241</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008677BF">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50528ADF" w14:textId="77777777" w:rsidR="00906694" w:rsidRDefault="00906694" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09A6662E" w14:textId="6D53AAFE" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Doris </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Beatriz Dzib Moo</w:t>
+        <w:t>Doris Laury Beatriz Dzib Moo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DD3D6E6" w14:textId="18CF07F5" w:rsidR="004A4A66" w:rsidRPr="004A4A66" w:rsidRDefault="004A4A66" w:rsidP="004A4A66">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Juárez Autónoma de Tabasco, México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FAAAC08" w14:textId="77777777" w:rsidR="00906694" w:rsidRPr="00A432AB" w:rsidRDefault="006E6311" w:rsidP="00A432AB">
+    <w:p w14:paraId="4FAAAC08" w14:textId="77777777" w:rsidR="00906694" w:rsidRPr="00A432AB" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="008677BF" w:rsidRPr="00A432AB">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00A432AB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="FF0000"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>doris.dzib@ujat.m</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008677BF" w:rsidRPr="00A432AB">
+      <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C6BC08" w14:textId="7C74B7F4" w:rsidR="00906694" w:rsidRPr="00DC381A" w:rsidRDefault="006E6311" w:rsidP="00A432AB">
+    <w:p w14:paraId="66C6BC08" w14:textId="7C74B7F4" w:rsidR="00906694" w:rsidRPr="00DC381A" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="008677BF">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0002-6559-0879</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008677BF">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C454BC" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71286A5A" w14:textId="68997903" w:rsidR="00906694" w:rsidRPr="00A432AB" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -835,65 +861,51 @@
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>estudo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, realizado </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Universidade </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Autônoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> Juárez de Tabasco, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>investigou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
@@ -1516,50 +1528,51 @@
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>pessoal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>desempenham</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>um</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> papel crucial </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
@@ -1859,65 +1872,51 @@
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>comportamento</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> e as </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>decisões</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. Esses </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>achados</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ressaltam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
@@ -2377,51 +2376,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> 2025                                                </w:t>
       </w:r>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> Julio 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F43BE53" w14:textId="5BEB6CCF" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="006E6311" w:rsidP="00A432AB">
+    <w:p w14:paraId="3F43BE53" w14:textId="5BEB6CCF" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00000000" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:pict w14:anchorId="48B0748B">
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="056DD5CF" w14:textId="586940B3" w:rsidR="00906694" w:rsidRPr="00DC381A" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
@@ -2471,51 +2470,50 @@
         </w:rPr>
         <w:t xml:space="preserve">La identidad profesional en los estudiantes universitarios constituye un proceso dinámico y en constante transformación, resultado de la interacción entre factores personales, socioculturales y educativos. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En el campo de la educación, los futuros profesionales durante su formación adquieren los conocimientos básicos y suficientes que les permitirán desempeñarse adecuadamente en el entorno laboral. En este proceso, el estudiante desarrolla una identidad profesional clara y bien estructurada, influenciada por múltiples factores que intervienen en su formación. Para Ávila y Cortés (2007, como se citó en </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fOTI1NDUxYzMtODNlNy00MzE1LWJiM2MtM2Y3ZTYwNmM2NTY5IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjp0cnVlLCJjaXRlcHJvY1RleHQiOiIoRGFtacOhbiwgMjAxNCkiLCJtYW51YWxPdmVycmlkZVRleHQiOiJEYW1pw6FuLCAyMDE0KSJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6IjVmZWY1Zjk5LTY2Y2YtMzY3OC05OTFhLTJiOWVmNjBlMWYzZiIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6IjVmZWY1Zjk5LTY2Y2YtMzY3OC05OTFhLTJiOWVmNjBlMWYzZiIsInRpdGxlIjoiSWRlbnRpZGFkIHByb2Zlc2lvbmFsLCByZWNvbm9jaW1pZW50byBzb2NpYWwgZSBpbnNlcmNpw7NuIGxhYm9yYWwgZGVsIHVuaXZlcnNpdGFyaW8gY29uIGZvcm1hY2nDs24gaMOtYnJpZGEiLCJhdXRob3IiOlt7ImZhbWlseSI6IkRhbWnDoW4iLCJnaXZlbiI6IkphdmllciIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IlByb3DDs3NpdG9zIHkgUmVwcmVzZW50YWNpb25lcyIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSwxMCw3XV19LCJJU1NOIjoiMjMxMC00NjM1IiwiVVJMIjoiaHR0cHM6Ly9yZXZpc3Rhcy51c2lsLmVkdS5wZS9pbmRleC5waHAvcHlyL2FydGljbGUvdmlldy82MC8xMzgiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDE0XV19LCJhYnN0cmFjdCI6IldlIHNob3cgYWR2YW5jZXMgb2YgYSByZXNlYXJjaCB3aGljaCBhaW1zIHRvIGRlc2NyaWJlIHRoZSBmYWN0b3JzIHRoYXQgZmFjaWxpdGF0ZSBhbmQgaGluZGVyIHRvIGVudGVyaW5nIHRoZSB3b3JrZm9yY2Ugb2YgZ3JhZHVhdGVzIHdpdGggaHlicmlkIHVuaXZlcnNpdHkgZWR1Y2F0aW9uLCBzYW1lIHRoYW4gdGhvc2UgcmVzcG9uc2libGUgZm9yIGVkdWNhdGlvbiBwb2xpY3kgYXNzZXJ0IHRoYXQgZmFjaWxpdGF0ZXMgdGhpcyB0eXBlIG9mIHRyYWluaW5nIHRvIGdyYWR1YXRlcyBlbnRlcmluZyB0aGUgbGFib3IgbWFya2V0LiBUaHJvdWdoIGEgY2FzZSBzdHVkeSBhbmQgYSBxdWFsaXRhdGl2ZSBhcHByb2FjaCB3ZSBzdHVkaWVkIHRoZSBncmFkdWF0ZXMgb2YgdGhlIEJ1c2luZXNzIFNjaWVuY2UgRGVncmVlIGluIGEgT2F4YWNhIHB1YmxpYyB1bml2ZXJzaXR5LCBpbiB0aGF0IG1peCB0aHJlZSBCYWNoZWxvcnMgdHJhZGl0aW9uYWwgY2F1c2luZyBhIGh5YnJpZCB1bml2ZXJzaXR5IHByb2dyYW0uIFByZWxpbWluYXJ5IHJlc3VsdHMgcG9pbnQgdG8gdHdvIGZhY3RvcnMgdGhhdCBsaW1pdCB0aGUgZW1wbG95YWJpbGl0eSBvZiBncmFkdWF0ZXMsIHRoZSBsYWNrIG9mIHByb2Zlc3Npb25hbCBpZGVudGl0eSBpbiB0aGUgZ3JhZHVhdGUgdW5tb3RpdmF0ZWQgdG8gY2Fycnkgb3V0IGFjdGlvbnMgdGhhdCBwcm9tb3RlIHRoZWlyIHBhcnRpY2lwYXRpb24gYW5kIGxhY2sgb2Ygc29jaWFsIHJlY29nbml0aW9uIG9mIHRoZSBwcm9mZXNzaW9uIGJ5IGVtcGxveWVycyBmb3Igd2hpY2ggZ3JhZHVhdGVzIGFyZSBub3QgaW4gZGVtYW5kIGluIHRoZSBsb2NhbCBsYWJvciBtYXJrZXQ7IGNvbnRyYWRpY3RpbmcgYm90aCBzaXR1YXRpb25zLWF0IGxlYXN0IGluIHRoZSBjYXNlIHN0dWR5LCB0aGUgYWxsZWdlZCBhZHZhbnRhZ2VzIGF0dHJpYnV0ZWQgdG8gaHlicmlkIHVuZGVyZ3JhZHVhdGUgcHJvZ3JhbXMuIiwiaXNzdWUiOiIyIiwidm9sdW1lIjoiMiIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
           <w:id w:val="-1324045647"/>
           <w:placeholder>
             <w:docPart w:val="C8318E11313A4CB38419603F041C2BFB"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Damián, 2014)</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, la identidad profesional es aquella representación que se crea alrededor de un campo específico de labor el cual se reconoce en la sociedad, y entre un grupo de individuos que se identifican como miembros de este, cuya característica es compartir dicha representación social de la profesión y sus sentidos de pertenencia.  Es común que en la formación de un profesional se vayan arraigando valores esenciales, en los cuales intervienen tanto profesores, compañeros de clase y, así como la familia, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C656E4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
@@ -2566,148 +2564,154 @@
         <w:t>La identidad profesional no se limita al dominio de contenidos teóricos, sino que integra dimensiones emocionales, éticas y sociales, las cuales se desarrollan a lo largo de la trayectoria académica y en las experiencias de práctica profesional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNjY5M2FkNWItZjNiZC00MWYxLWJmMWEtYjBiM2Q4NWY0NDY0IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjp0cnVlLCJjaXRlcHJvY1RleHQiOiIoVmFyZ2FzIEdyYW5kZSwgMjAyNCkiLCJtYW51YWxPdmVycmlkZVRleHQiOiIoVmFyZ2FzIEdyYW5kZSwgMjAyNCkuIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiZmI3NWU5NmQtNDYzZS0zOWI2LTkwZTQtYjhlMWYzNWIyZTEyIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiZmI3NWU5NmQtNDYzZS0zOWI2LTkwZTQtYjhlMWYzNWIyZTEyIiwidGl0bGUiOiJDdWVzdGlvbmVzIGRlIGxhIGlkZW50aWRhZCBwcm9mZXNpb25hbCBkb2NlbnRlLiBBbsOhbGlzaXMgYSBwYXJ0aXIgZGUgbGEgZWxhYm9yYWNpw7NuIGRlIHVuIGVzdGFkbyBkZWwgYXJ0ZSIsImF1dGhvciI6W3siZmFtaWx5IjoiVmFyZ2FzIEdyYW5kZSIsImdpdmVuIjoiTcOzbmljYSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IlJldmlzdGEgTGF0aW5vYW1lcmljYW5hIGRlIEVzdHVkaW9zIEVkdWNhdGl2b3MiLCJET0kiOiIxMC40ODEwMi9ybGVlLjIwMjQuNTQuMi42MzMiLCJJU1NOIjoiMDE4NS0xMjg0IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyNCw1LDddXX0sInBhZ2UiOiIzNTktMzg2IiwiYWJzdHJhY3QiOiJMYSBpZGVudGlkYWQgcHJvZmVzaW9uYWwgZG9jZW50ZSBoYSBzaWRvIHVuIHRlbWEgZGUgaW50ZXLDqXMgY3JlY2llbnRlIGVuIGxvcyDDumx0aW1vcyBhw7FvcywgZGViaWRvIGEgbG9zIGNhbWJpb3MgZW4gbGFzIG5vcm1hdGl2YXMgcXVlIGFmZWN0YW4gc3UgdHJhYmFqby4gRXN0ZSB0ZXh0byB0aWVuZSBjb21vIG9iamV0aXZvIG9mcmVjZXIgdW4gcGFub3JhbWEgZ2VuZXJhbCBzb2JyZSBsYSBpZGVudGlkYWQgcHJvZmVzaW9uYWwgZG9jZW50ZSwgY29uIMOpbmZhc2lzIGVuIGVzdHVkaW9zIGNlbnRyYWRvcyBlbiBwcm9mZXNvcmVzIGRlIGVkdWNhY2nDs24gc3VwZXJpb3IgbyBxdWUgaGFuIHV0aWxpemFkbyBlbCBtw6l0b2RvIGJpb2dyw6FmaWNvLW5hcnJhdGl2by4gUGFyYSBlbGxvLCBzZSBoYSByZWN1cnJpZG8gYSBsYXMgZmFzZXMgZGUgZWxhYm9yYWNpw7NuIGRlIHVuIGVzdGFkbyBkZWwgYXJ0ZSBwcm9wdWVzdGFzIHBvciBKaW3DqW5leiAoMjAwOSkuIExvcyBoYWxsYXpnb3MgcmV2ZWxhbiB0ZW5zaW9uZXMgZW50cmUgbGEgaWRlbnRpZGFkIHByb2Zlc2lvbmFsIHkgZWwgcGVyZmlsIHByb2Zlc2lvbmFsIHF1ZSBkZWJlbiBhc3VtaXIgbG9zIGRvY2VudGVzLCBsbyBxdWUgc2UgY2FyYWN0ZXJpemEgY29tbyB1bmEgbHVjaGEgcXVlIHBvbmUgZW4gY3Jpc2lzIHN1IGlkZW50aWRhZCBwcm9mZXNpb25hbC4gRXN0YSB0ZW5zacOzbiBzZSBtYW5pZmllc3RhIGVuIGxhIHBlcnNvbmFsaWRhZCBkZWwgZG9jZW50ZSBjb21vIHBlcnNvbmEgeSBlbiBlbCByZWZsZWpvIGRlbCBzaXN0ZW1hIGVuIGVsIHF1ZSBwYXJ0aWNpcGEgY29tbyBwcm9mZXNpb25hbCAoQ2FudMOzbiwgMjAxODsgSmltw6luZXosIDIwMDk7IFRlbnRpLCAyMDA3KS4gRGFkYSBsYSBlc2Nhc2EgaW52ZXN0aWdhY2nDs24gc29icmUgZXN0ZSB0ZW1hIGVuIE3DqXhpY28gZGVzZGUgbGEgcGVyc3BlY3RpdmEgZGUgbG9zIHByb3Bpb3MgZG9jZW50ZXMsIHNlIHBsYW50ZWEgZW1wcmVuZGVyIHVuYSBpbnZlc3RpZ2FjacOzbiB1dGlsaXphbmRvIGxhIG1ldG9kb2xvZ8OtYSBiaW9ncsOhZmljby1uYXJyYXRpdmEgZW4gdW4gZnV0dXJvIGNlcmNhbm8uIiwicHVibGlzaGVyIjoiVW5pdmVyc2lkYWQgSWJlcm9hbWVyaWNhbmEsIEEuIEMuIiwiaXNzdWUiOiIyIiwidm9sdW1lIjoiNTQifSwiaXNUZW1wb3JhcnkiOmZhbHNlfV19"/>
           <w:id w:val="-243415741"/>
           <w:placeholder>
             <w:docPart w:val="C8318E11313A4CB38419603F041C2BFB"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>(Vargas Grande, 2024).</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Así, la formación inicial de los futuros educadores se convierte en un espacio decisivo en el que confluyen aprendizajes formales, actividades extracurriculares, relaciones interpersonales y contextos socioculturales, </w:t>
+        <w:t xml:space="preserve"> Así, la formación inicial de los futuros educadores se convierte en un espacio decisivo en el que confluyen aprendizajes formales, actividades extracurriculares, relaciones </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">interpersonales y contextos socioculturales, </w:t>
       </w:r>
       <w:r w:rsidRPr="008122F3">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>todos ellos resultan determinantes para</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> la consolidación de una identidad profesional coherente </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fYTMwZGZhMTgtZjNkMi00MWNmLWE2NmEtNDMzYjdjZGM3ZDQzIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjp0cnVlLCJjaXRlcHJvY1RleHQiOiIoRmxvcmVzIEFycmlvbGEgZXTCoGFsLiwgMjAyNCkiLCJtYW51YWxPdmVycmlkZVRleHQiOiIoRmxvcmVzIEFycmlvbGEgZXTCoGFsLiwgMjAyNCkuIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiOWJkNjE2NGEtZGU3YS0zY2I0LWJlNjAtYTkwNmE4M2IwY2FlIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiOWJkNjE2NGEtZGU3YS0zY2I0LWJlNjAtYTkwNmE4M2IwY2FlIiwidGl0bGUiOiJJREVOVElEQUQgRE9DRU5URSBDT01PIEZBQ1RPUiBFTiBFTCBBUFJFTkRJWkFKRSBERSBMT1MgRVNUVURJQU5URVMiLCJhdXRob3IiOlt7ImZhbWlseSI6IkZsb3JlcyBBcnJpb2xhIiwiZ2l2ZW4iOiJBZHJpYW5hIExvcmVuYSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6Ik11w7FveiBGZWxpeCIsImdpdmVuIjoiQWxhbiBQaWVyIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiRsOpbGl4IFRpcGnDoW4iLCJnaXZlbiI6Ikx1aXMgRW5yaXF1ZSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IkPDoXJkZW5hcyBWYWx2ZXJkZSIsImdpdmVuIjoiSnVhbiBDYXJsb3MiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJBdWxhIFZpcnR1YWwiLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsOSwyNl1dfSwiRE9JIjoiMTAuNTI4MS96ZW5vZG8uMTQ2NzkwODkiLCJJU1NOIjoiMjY2NS0wMzk4IiwiVVJMIjoiaHR0cDovL3ZlLnNjaWVsby5vcmcvc2NpZWxvLnBocD9zY3JpcHQ9c2NpX2FydHRleHQmcGlkPVMyNjY1LTAzOTgyMDI0MDAwMjAyMDg0JmxuZz1lcyZucm09aXNvJnRsbmc9ZXMiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI0XV19LCJwdWJsaXNoZXIiOiJMb3MgYXV0b3JlcyIsImlzc3VlIjoiMTIiLCJ2b2x1bWUiOiI1IiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="-1756355197"/>
           <w:placeholder>
             <w:docPart w:val="C8318E11313A4CB38419603F041C2BFB"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>(Flores Arriola et al., 2024).</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="76217D90" w14:textId="38F3FD8B" w:rsidR="00AE4DF5" w:rsidRDefault="00AE4DF5" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En el contexto latinoamericano, la construcción de la identidad profesional se encuentra marcada por tensiones entre lo ideal transmitido en el currículo y lo real que experimentan los estudiantes en su vida académica y social. Factores como la valoración social de la docencia, las expectativas familiares y comunitarias, así como las condiciones institucionales, inciden significativamente en la manera en que los estudiantes de la Licenciatura En Ciencias de la Educación construyen y resignifican su identidad como futuros profesional </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNDdkNGMzZDYtZDQ4Yi00OWZhLWEwM2ItZDVjMDZkNDhiNzM5IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKFN1YXJleiBWYWxlbnRpbmEgJiMzODsgSmFzb24gTWNHcmF0aCwgMjAyMikiLCJtYW51YWxPdmVycmlkZVRleHQiOiIifSwiY2l0YXRpb25JdGVtcyI6W3siaWQiOiJiNDI3Yzc4MC1iYTMyLTM4NTMtYWMxYy02NTAzZmEyYWMzN2EiLCJpdGVtRGF0YSI6eyJ0eXBlIjoicmVwb3J0IiwiaWQiOiJiNDI3Yzc4MC1iYTMyLTM4NTMtYWMxYy02NTAzZmEyYWMzN2EiLCJ0aXRsZSI6IlRlYWNoZXIgcHJvZmVzc2lvbmFsIGlkZW50aXR5IiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJTdWFyZXogVmFsZW50aW5hIiwiZ2l2ZW4iOiIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJKYXNvbiBNY0dyYXRoIiwiZ2l2ZW4iOiIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb2xsZWN0aW9uLXRpdGxlIjoiT0VDRCBFZHVjYXRpb24gV29ya2luZyBQYXBlcnMiLCJET0kiOiIxMC4xNzg3L2IxOWY1YWY3LWVuIiwiVVJMIjoiaHR0cHM6Ly93d3cub2VjZC5vcmcvZW4vcHVibGljYXRpb25zL3RlYWNoZXItcHJvZmVzc2lvbmFsLWlkZW50aXR5X2IxOWY1YWY3LWVuLmh0bWwiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDIyLDIsMTFdXX0sInZvbHVtZSI6IjI2NyJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
           <w:id w:val="1073240437"/>
           <w:placeholder>
             <w:docPart w:val="C8318E11313A4CB38419603F041C2BFB"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>(</w:t>
           </w:r>
           <w:r w:rsidRPr="008122F3">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>Suárez &amp; McGrath, 2022</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>).</w:t>
           </w:r>
@@ -2744,51 +2748,50 @@
       </w:r>
       <w:r w:rsidRPr="0055098C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">de los estudiantes. En este sentido resulta pertinente recuperar la definición de identidad docente propuesta por </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMmFiOGRlYmMtOTIyMC00YWVmLWI3ZGYtNTZiYTliOTkzNThjIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKE9yb3pjby1Hw7NtZXosIDIwMjMpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiMWJhZjIzNmEtMzYxZC0zZWIxLWI3N2MtYTA1MTJlNDQxYzgxIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiMWJhZjIzNmEtMzYxZC0zZWIxLWI3N2MtYTA1MTJlNDQxYzgxIiwidGl0bGUiOiJDb25zaWRlcmFjaW9uZXMgdGXDs3JpY2FzIHNvYnJlIGxhIElkZW50aWRhZCBQcm9mZXNpb25hbCBEb2NlbnRlOiBjb25jZXB0bywgZXN0cnVjdHVyYSwgZmFjdG9yZXMgZGV0ZXJtaW5hbnRlcyB5IG90cmFzIGltcGxpY2FjaW9uZXMiLCJhdXRob3IiOlt7ImZhbWlseSI6Ik9yb3pjby1Hw7NtZXoiLCJnaXZlbiI6IldpbGxpYW0iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJFbmN1ZW50cm9zIiwiYWNjZXNzZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI1LDEwLDddXX0sIklTU04iOiIyMjE2LTEzNVgiLCJVUkwiOiJodHRwOi8vb2pzLnVhYy5lZHUuY28vaW5kZXgucGhwL2VuY3VlbnRyb3MvYXJ0aWNsZS92aWV3LzI5NjMvMjUzNyIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjNdXX0sImFic3RyYWN0IjoiVGhpcyBhcnRpY2xlIGF0dGVtcHRzIHRvIHN0cnVjdHVyZSBhIGxpdGVyYXR1cmUgcmV2aWV3IGFyb3VuZCB0ZWFjaGVyIGlkZW50aXR5IGFzIGEgZ3Jvd2luZyBmaWVsZCBpbiBlZHVjYXRpb25hbCByZXNlYXJjaC4gTWV0aG9kb2xvZ2ljYWxseSwgdGhlIG5hcnJhdGl2ZSByZXZpZXcgb2YgbGl0ZXJhdHVyZSBpcyBhcHByb3ByaWF0ZWQsIGRlZmluaW5nIHRoZSBjYXRlZ29yeSBmcm9tIGZvdXIgbGluZXM6IGNvbmNlcHR1YWxpemF0aW9uLCBzdHJ1Y3R1cmUsIGNvbmZpZ3VyYXRpb24gZHVyaW5nIHRlYWNoZXIgdHJhaW5pbmcsIGFuZCBvdGhlciBpbXBsaWNhdGlvbnMuIEl0IHdhcyBmb3VuZGVkIDE2NSBpbnRlcm5hdGlvbmFsIHB1YmxpY2F0aW9ucywgb2Ygd2hpY2ggNDcgd2VyZSBzZWxlY3RlZCBiZWNhdXNlIG9mIHJlbGV2YW5jZSBhbmQgaW1wYWN0IGluIHRoaXMgZmllbGQuIFRoZSByZXN1bHRzIHNob3cgdGhlIHBvbHlzZW15IG9mIHRoZSBjb25jZXB0LCBhcyB3ZWxsIGFzIGl0cyBjb21wbGV4aXR5IGluIHRlcm1zIG9mIGVuZG9nZW5vdXMgYW5kIGV4b2dlbm91cyBmYWN0b3JzIHRoYXQgaW50ZXJ2ZW5lIGluIHRoZSBwcm9jZXNzLCBpbiBhZGRpdGlvbiwgZXhjaGFuZ2VzIGJldHdlZW4gcHJvZmVzc2lvbmFsIGlkZW50aXR5IGFuZCBwZXJzb25hbCBpZGVudGl0eSBhcmUgaGlnaGxpZ2h0ZWQuIEl0IG1hZGUgcG9zc2libGUgdG8gY29uY2x1ZGUgdGhlIG5lZWQgdG8gZXhhbWluZSB0ZWFjaGVyIGlkZW50aXR5IGZyb20gY29udGV4dHVhbCBjb25kaXRpb25zIG9mIGVhY2ggTmF0aW9uIHNpbmNlIGluIHRoZXNlIGEgc3RhdHVzIHF1byBvZiB0aGUgcHJvZmVzc2lvbiBpcyBlc3RhYmxpc2hlZCB0aGF0IGlzIGRlZmluaXRpdmUsIHRoZSByb2xlIG9mIHRlYWNoZXIgdHJhaW5pbmcgaW4gdGhpcyBpZGVudGl0eSBjb25zdGl0dXRpb24gaXMgcmVjb2duaXplZCBhbmQgaXRzIG11dGFibGUgYW5kIGNvbnRpbmdlbnQgY29uZGl0aW9uIGlzIGVtcGhhc2l6ZWQuIiwiaXNzdWUiOiIwMS1FbmVyby1qdW5pbyIsInZvbHVtZSI6IjIxIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="-1261293319"/>
           <w:placeholder>
             <w:docPart w:val="4EED9F12B44F4138A6E7F61157CF44F3"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0055098C">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-MX"/>
             </w:rPr>
             <w:t>Orozco-Gómez (2023)</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0055098C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>, quien señala:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="541FEF6D" w14:textId="640B1444" w:rsidR="00AE4DF5" w:rsidRPr="005E11D4" w:rsidRDefault="00AE4DF5" w:rsidP="00A432AB">
@@ -2920,51 +2923,60 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ante ello, el presente estudio tiene como objetivo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>comprender el proceso de construcción de la identidad profesional en estudiantes de la Licenciatura en Ciencias de la Educación, a partir de sus percepciones y experiencias formativas. Esto con</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la finalidad de aportar elementos que fortalezcan los programas de formación y promuevan una identidad profesional sólida y coherente en los futuros educadores. </w:t>
+        <w:t xml:space="preserve"> la finalidad de aportar elementos que fortalezcan los programas de formación y promuevan una identidad </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">profesional sólida y coherente en los futuros educadores. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>De manera particular, los objetivos específicos son:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CB083D3" w14:textId="77777777" w:rsidR="00AE4DF5" w:rsidRDefault="00AE4DF5" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3084,51 +3096,50 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">según Hernández et al. (2010, como se citó en </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-ES"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fZjY2ZDg2ZWEtMTQ0Yi00ZDcxLWJiMTctMmFlMWNlODgyMDUyIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKFBpemEgQnVyZ29zIGV0wqBhbC4sIDIwMTkpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiMzUzNTM5Y2EtNGQ1Ni0zMzUwLTg2YjAtNGJhYWFhMjY0NjNkIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiMzUzNTM5Y2EtNGQ1Ni0zMzUwLTg2YjAtNGJhYWFhMjY0NjNkIiwidGl0bGUiOiJNw6l0b2RvcyB5IHTDqWNuaWNhcyBlbiBsYSBpbnZlc3RpZ2FjacOzbiBjdWFsaXRhdGl2YS4gQWxndW5hcyBwcmVjaXNpb25lcyBuZWNlc2FyaWFzIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJQaXphIEJ1cmdvcyIsImdpdmVuIjoiTmFyY2lzYSBEb2xvcmVzIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiQW1haXF1ZW1hIE3DoXJxdWV6IiwiZ2l2ZW4iOiJGcmFuY2lzY28gQWxlamFuZHJvIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiQmVsdHLDoW4gQmFxdWVyaXpvIiwiZ2l2ZW4iOiJHaW5hIEVzbWVyYWxkYSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IkNvbnJhZG8iLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsMTAsN11dfSwiSVNTTiI6IjE5OTAtODY0NCIsIlVSTCI6Imh0dHA6Ly9zY2llbG8uc2xkLmN1L3NjaWVsby5waHA/c2NyaXB0PXNjaV9hcnR0ZXh0JnBpZD1TMTk5MC04NjQ0MjAxOTAwMDUwMDQ1NSZsbmc9ZXMmbnJtPWlzbyZ0bG5nPWVzLiIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMTldXX0sImFic3RyYWN0IjoiLCBHLiAoMjAxOSkuIE3DqXRvZG9zIHkgdMOpY25pY2FzIGVuIGxhIGludmVzdGlnYWNpw7NuIGN1YWxpdGF0aXZhLiBBbGd1bmFzIHByZWNpc2lvbmVzIG5lY2VzYXJpYXMuIFJldmlzdGEgQ29ucmFkbywgMTUoNzApLCA0NTUtNDU5LiBSZWN1cGVyYWRvIGRlIFJFU1VNRU4gTGEgbWV0b2RvbG9nw61hIGRlIGxhIGludmVzdGlnYWNpw7NuIGN1YWxpdGF0aXZhIHRpZW5lIGdyYW4gcmVsZXZhbmNpYSBlbiBsYSBpbnZlc3RpZ2FjacOzbiBjaWVudMOtZmljYSBhdW5xdWUgc3VzIG3DqXRvZG9zIHkgdMOpY25pY2FzIHNvbiB1c2Fkb3MgY29uIG1heW9yIGZyZS1jdWVuY2lhIGVuIGxhcyBjaWVuY2lhcyBkZWwgY29tcG9ydGFtaWVudG8gc29jaWFsIHkgaHVtYW5vLiBFbiBlc3RlIHRyYWJham8gc2UgcHJlc2VudGFuIGxhcyBiYXNlcyBjb25jZXB0dWFsZXMgZ2VuZXJhbGVzIGRlbCBlbmZvcXVlIGN1YWxpdGF0aXZvIHkgc3UgbWV0b2RvbG9nw61hIGNvbiBlbCBwcm9ww7NzaXRvIGRlIHZhbG9yYXIgbcOpdG9kb3MgeSB0w6ljbmljYXMgZGUgYW1wbGlhIGRlbWFuZGEgcG9yIGxvcyBpbnZlc3RpZ2Fkb3JlcyBwYXJhIHJlY29waWxhciBpbmZvcm1hY2nDs24gZW4gZXN0ZSBlbmZvcXVlLiBTaW4gZW1iYXJnbyAsIG5vIGVuIHBvY2FzIG9jYXNpb25lcyBzZSBvYnNlcnZhbiBicmVjaGFzIGVuIGVsIGNvcnJlY3RvIHVzbyBkZSBlc3TDoXMgdMOpY25pY2FzIHF1ZSBoYWNlbiByZS1mbGV4aW9uYXIgZW4gbGEgbmVjZXNpZGFkIGRlIGF1bWVudGFyIGVsIHJpZ29yIGVuIHN1IHV0aWxpemFjacOzbiB5IHByb2Z1bmRpemFyIGVuIHN1IGNvbm9jaW1pZW50bywgc2Vnw7puIGxhIHByb2JsZW3DoXRpY2EgYSByZXNvbHZlciB5IGVsIG9iamV0aXZvIGRlZmluaWRvLiBTZSBwYXJ0aWN1bGFyaXphIGVuIHRyZXMgdMOpY25pY2FzOiBsYSBvYnNlcnZhY2nDs24sIGxhIGVuLXRyZXZpc3RhIHkgbG9zIGdydXBvcyBmb2NhbGVzLCBjb24gdW5hIHPDrW50ZXNpcyBkZSBzdXMgdmVudGFqYXMgeSBsaW1pdGFjaW9uZXMgc2Vnw7puIGxvcyBjcml0ZXJpb3MgZGUgZGlmZXJlbi10ZXMgYXV0b3Jlcy4gQWRpY2lvbmFsbWVudGUgc2UgcHJlc2VudGFuIGFsZ3VuYXMgY29uc2lkZXJhY2lvbmVzIGFjZXJjYSBkZSBsYSB2YWxpZGFjacOzbiBkZSBkYXRvcyBjdWFsaXRhdGl2b3MuIEFCU1RSQUNUIFRoZSBxdWFsaXRhdGl2ZSByZXNlYXJjaCBtZXRob2RvbG9neSBoYXMgZ3JlYXQgcmVsZXZhbmNlIGluIHNjaWVudGlmaWMgcmVzZWFyY2ggYWx0aG91Z2ggaXRzIG1ldGhvZHMgYW5kIHRlY2huaXF1ZXMgYXJlIHVzZWQgbW9yZSBmcmVxdWVudGx5IGluIHRoZSBzY2llbmNlcyBvZiBzb2NpYWwgYW5kIGh1bWFuIGJlaGF2aW9yLiBUaGlzIHBhcGVyIHByZXNlbnRzIHRoZSBnZW5lcmFsIGNvbmNlcHR1YWwgYmFzZXMgb2YgdGhlIHF1YWxpdGF0aXZlIGFwcHJvYWNoIGFuZCBpdHMgbWV0aG9kb2xvZ3kgd2l0aCB0aGUgcHVycG9zZSBvZiBhc3Nlc3NpbmcgbWV0aG9kcyBhbmQgdGVjaG5pcXVlcyBvZiB3aWRlIGRlbWFuZCBieSByZXNlYXJjaGVycyB0byBnYXRoZXIgaW5mb3JtYXRpb24gb24gdGhpcyBhcHByb2FjaC4gSG93ZXZlciwgbm90IGluZnJlcXVlbnRseSB0aGVyZSBhcmUgZ2FwcyBpbiB0aGUgY29ycmVjdCB1c2Ugb2YgdGhlc2UgdGVjaG5pcXVlcyB0aGF0IHJlZmxlY3Qgb24gdGhlIG5lZWQgdG8gaW5jcmVhc2UgdGhlIHJpZ29yIGluIHRoZWlyIHVzZSBhbmQgZGVlcGVuIHRoZWlyIGtub3dsZWRnZSwgYWNjb3JkaW5nIHRvIHRoZSBwcm9ibGVtIHRvIGJlIHNvbHZlZCBhbmQgdGhlIG9iamVjdGl2ZSBkZWZpbmVkLiBJdCBzcGVjaWFsaXplcyBpbiB0aHJlZSB0ZWNobmlxdWVzOiBvYnNlcnZhdGlvbiwgaW50ZXJ2aWV3IGFuZCBmb2N1cyBncm91cHMsIHdpdGggYSBzeW50aGVzaXMgb2YgaXRzIGFkdmFudGFnZXMgYW5kIGxpbWl0YXRpb25zIGFjY29yZGluZyB0byB0aGUgY3JpdGVyaWEgb2YgZGlmZmVyZW50IGF1dGhvcnMuIEFkZGl0aW9uYWxseSwgc29tZSBjb25zaWRlcmF0aW9ucyBhYm91dCB0aGUgdmFsaWRhdGlvbiBvZiBxdWFsaXRhdGl2ZSBkYXRhIGFyZSBwcmVzZW50ZWQuIiwiaXNzdWUiOiI3MCIsInZvbHVtZSI6IjE1In0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="498006085"/>
           <w:placeholder>
             <w:docPart w:val="C8318E11313A4CB38419603F041C2BFB"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="es-ES"/>
             </w:rPr>
             <w:t>Piza Burgos et al., 2019),</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> “se fundamentan en una guía general de contenido y el investigador posee toda la flexibilidad para manejarla” (p. 457). A partir de esta estrategia metodológica, se planteó la siguiente </w:t>
       </w:r>
       <w:r>
@@ -3350,51 +3361,50 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>De acuerdo con</w:t>
       </w:r>
       <w:r w:rsidRPr="004252B2">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNzZjNDQ4MTctMzQxNC00NzQwLWFjZjAtN2NkNjc5MGNiZDc3IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKENyZXN3ZWxsIFcuIEpvaG4gJiMzODsgQ3Jlc3dlbGwgSi4gRGF2aWQsIDIwMTgpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiNTU1MDViMWItYmMwNy0zOTFkLWI1MmUtNTFjZGMyOWFhMjk4IiwiaXRlbURhdGEiOnsidHlwZSI6ImJvb2siLCJpZCI6IjU1NTA1YjFiLWJjMDctMzkxZC1iNTJlLTUxY2RjMjlhYTI5OCIsInRpdGxlIjoiUmVzZWFyY2ggRGVzaWduOiBRdWFsaXRhdGl2ZSwgUXVhbnRpdGF0aXZlLCBhbmQgTWl4ZWQgTWV0aG9kcyBBcHByb2FjaGVzIC0gSm9obiBXLiBDcmVzd2VsbCwgSi4gRGF2aWQgQ3Jlc3dlbGwgLSBHb29nbGUgQm9va3MiLCJhdXRob3IiOlt7ImZhbWlseSI6IkNyZXN3ZWxsIFcuIEpvaG4iLCJnaXZlbiI6IiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IkNyZXN3ZWxsIEouIERhdmlkIiwiZ2l2ZW4iOiIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJTQUdFIFB1YmxpY2F0aW9ucywgSW5jLiIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDE1XV19LCJJU0JOIjoiOTc4LTEtNTA2My04NjcwLTYiLCJVUkwiOiJodHRwczovL3NwYWRhLnVucy5hYy5pZC9wbHVnaW5maWxlLnBocC81MTAzNzgvbW9kX3Jlc291cmNlL2NvbnRlbnQvMS9jcmVzd2VsbC5wZGYiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDE4XV19LCJhYnN0cmFjdCI6IlN1bW1hcnk6IFwiVGhpcyBiZXN0LXNlbGxpbmcgdGV4dCBwaW9uZWVyZWQgdGhlIGNvbXBhcmlzb24gb2YgcXVhbGl0YXRpdmUsIHF1YW50aXRhdGl2ZSwgYW5kIG1peGVkIG1ldGhvZCByZXNlYXJjaCBkZXNpZ24uIEZvciBhbGwgdGhyZWUgYXBwcm9hY2hlcywgSm9obiBXLiBDcmVzd2VsbCBhbmQgbmV3IGNvLWF1dGhvciBKLiBEYXZpZCBDcmVzd2VsbCBpbmNsdWRlIGEgcHJlbGltaW5hcnkgY29uc2lkZXJhdGlvbiBvZiBwaGlsb3NvcGhpY2FsIGFzc3VtcHRpb25zLCBrZXkgZWxlbWVudHMgb2YgdGhlIHJlc2VhcmNoIHByb2Nlc3MsIGEgcmV2aWV3IG9mIHRoZSBsaXRlcmF0dXJlLCBhbiBhc3Nlc3NtZW50IG9mIHRoZSB1c2Ugb2YgdGhlb3J5IGluIHJlc2VhcmNoIGFwcGxpY2F0aW9ucywgYW5kIHJlZmxlY3Rpb25zIGFib3V0IHRoZSBpbXBvcnRhbmNlIG9mIHdyaXRpbmcgYW5kIGV0aGljcyBpbiBzY2hvbGFybHkgaW5xdWlyeVwiLS0iLCJlZGl0aW9uIjoiNXRhIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="992151756"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004252B2">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve">Creswell </w:t>
           </w:r>
           <w:r w:rsidR="00095065">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>y</w:t>
           </w:r>
           <w:r w:rsidRPr="004252B2">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve"> Creswell </w:t>
           </w:r>
@@ -3544,69 +3554,79 @@
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> estudio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B13CCE8" w14:textId="5EF8B503" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">La técnica principal utilizada fue la entrevista semiestructurada, seleccionada por su flexibilidad para indagar en profundidad las percepciones y significados de los estudiantes. Este tipo de entrevista se caracteriza por ser un espacio abierto, íntimo y manejable, donde se intercambia información de manera fluida entre entrevistador y entrevistado </w:t>
+        <w:t xml:space="preserve">La técnica principal utilizada fue la entrevista semiestructurada, seleccionada por su flexibilidad para indagar en profundidad las percepciones y significados de los estudiantes. Este tipo de entrevista se caracteriza por ser un espacio abierto, íntimo y manejable, donde </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">se intercambia información de manera fluida entre entrevistador y entrevistado </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-ES"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNGVhZjY0YzctMmU4MC00ZTI4LTllYTQtMTBiNTIzNjNmNWQxIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKEhlcm7DoW5kZXotU2FtcGllcmkgZXTCoGFsLiwgMjAxNCkiLCJtYW51YWxPdmVycmlkZVRleHQiOiIifSwiY2l0YXRpb25JdGVtcyI6W3siaWQiOiJhOTZiNzg0ZC01M2MwLTM3YzktOTJjNy0xNTQ0MGNmYTY3NDEiLCJpdGVtRGF0YSI6eyJ0eXBlIjoiYm9vayIsImlkIjoiYTk2Yjc4NGQtNTNjMC0zN2M5LTkyYzctMTU0NDBjZmE2NzQxIiwidGl0bGUiOiJNZXRvZG9sb2fDrWEgZGUgbGEgSW52ZXN0aWdhY2nDs24gNnRhIGVkaWNpw7NuIFNBTVBJRVJJIChQREYpIHxNY0dyYXctSGlsbCBJbnRlcmFtZXJpY2FuYS4iLCJhdXRob3IiOlt7ImZhbWlseSI6Ikhlcm7DoW5kZXotU2FtcGllcmkiLCJnaXZlbiI6IiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6Ik1lbmRvemEgVG9ycmVzIEMuIiwiZ2l2ZW4iOiIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJGZXJuw6FuZGV6LUNvbGxhZG8iLCJnaXZlbiI6IiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IkJhcHRpc3RhLUx1Y2lvIiwiZ2l2ZW4iOiIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJQIiwiZ2l2ZW4iOiIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsOSwxNV1dfSwiSVNTTiI6Ijk3OC0xLTQ1NjItMjM5Ni0wIiwiVVJMIjoiaHR0cHM6Ly93d3cucGFnaW5hc3BlcnNvbmFsZXMudW5hbS5teC9maWxlcy85ODEvSW52ZXN0aWdhY2lvbl9zYW1waWVyaV82YV9FRC5wZGYiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDE0XV19LCJhYnN0cmFjdCI6IkVsIGFuw6FsaXNpcyBjdWFsaXRhdGl2bywgZW4gY29udHJhc3RlLCBlc3TDoSBiYXNhZG8gZW4gZWwgcGVuc2FtaWVudG8gZGUgYXV0b3JlcyBjb21vIE1heCBXZWJlci4gRXMgaW5kdWN0aXZvLCBsbyBxdWUgaW1wbGljYSBxdWUg4oCcdXRpbGl6YSBsYSByZWNvbGVjY2nDs24gZGUgZGF0b3MgcGFyYSBmaW5hciBsYXMgcHJlZ3VudGFzIGRlIGludmVzdGlnYWNpw7NuIG8gcmV2ZWxhciBudWV2YXMgaW50ZXJyb2dhbnRlcyBlbiBlbCBwcm9jZXNvIGRlIGludGVycHJldGFjacOzbuKAnSAoSGVybsOhbmRleiwgRmVybsOhbmRleiB5IEJhcHRpc3RhLCAyMDE0OiA3KS4gQSBkaWZlcmVuY2lhIGRlIGxhIGludmVzdGlnYWNpw7NuIGN1YW50aXRhdGl2YSwgcXVlIHNlIGJhc2EgZW4gdW5hIGhpcMOzdGVzaXMsIGxhIGN1YWxpdGF0aXZhIHN1ZWxlIHBhcnRpciBkZSB1bmEgcHJlZ3VudGEgZGUgaW52ZXN0aWdhY2nDs24sIHF1ZSBkZWJlcsOhIGZvcm11bGFyc2UgZW4gY29uY29yZGFuY2lhIGNvbiBsYSBtZXRvZG9sb2fDrWEgcXVlIHNlIHByZXRlbmRlIHV0aWxpemFyLiBFc3RlIGVuZm9xdWUgYnVzY2EgZXhwbG9yYXIgbGEgY29tcGxlamlkYWQgZGUgZmFjdG9yZXMgcXVlIHJvZGVhbiBhIHVuIGZlbsOzbWVubyB5IGxhIHZhcmllZGFkIGRlIHBlcnNwZWN0aXZhcyB5IHNpZ25pZmljYWRvcyBxdWUgdGllbmUgcGFyYSBsb3MgaW1wbGljYWRvcyAoQ3Jlc3dlbGwsIDIwMDM6IDEyOSkuIExhIGludmVzdGlnYWNpw7NuIGN1YWxpdGF0aXZhIGNvbnNpZGVyYSBxdWUgbGEgcmVhbGlkYWQgc2UgbW9kaWZpY2EgY29uc3RhbnRlbWVudGUsIHkgcXVlIGVsIGludmVzdGlnYWRvciwgYWwgaW50ZXJwcmV0YXIgbGEgcmVhbGlkYWQsIG9idGVuZHLDoSByZXN1bHRhZG9zIHN1YmpldGl2b3MuIChCcnltYW4sIDIwMDQ6MjApLiBBIGRpZmVyZW5jaWEgZGUgbGEgaW52ZXN0aWdhY2nDs24gY3VhbGl0YXRpdmEsIHF1ZSBiYXNhIHN1cyByZXN1bHRhZG9zIGVuIGRhdG9zIG51bcOpcmljb3MsIGxhIGludmVzdGlnYWNpw7NuIGN1YWxpdGF0aXZhIHNlIHJlYWxpemEgYSB0cmF2w6lzIGRlIGRpZmVyZW50ZXMgdGlwb3MgZGUgZGF0b3MsIHRhbGVzIGNvbW8gZW50cmV2aXN0YXMsIG9ic2VydmFjacOzbiwgZG9jdW1lbnRvcywgaW3DoWdlbmVzLCBhdWRpb3MsIGVudHJlIG90cm9zLiIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
           <w:id w:val="1648158048"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="es-ES"/>
             </w:rPr>
             <w:t>(Hernández-Sampieri et al., 2014)</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>. Se diseñó una guía de entrevista validada por juicio de expertos,</w:t>
       </w:r>
       <w:r w:rsidR="00B873B2">
@@ -3686,51 +3706,50 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El enfoque de esta investigación es cualitativo, de carácter descriptivo y con un alcance exploratorio, con un proceso metodológico que se desarrolló considerando los lineamientos generales que </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-ES"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNDI3MTQ4NmItYzdkMi00NjIxLTkwNTktY2YwOGNhMzUzNjAxIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKENyZXN3ZWxsIFcuIEpvaG4gJiMzODsgQ3Jlc3dlbGwgSi4gRGF2aWQsIDIwMTgpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiNTU1MDViMWItYmMwNy0zOTFkLWI1MmUtNTFjZGMyOWFhMjk4IiwiaXRlbURhdGEiOnsidHlwZSI6ImJvb2siLCJpZCI6IjU1NTA1YjFiLWJjMDctMzkxZC1iNTJlLTUxY2RjMjlhYTI5OCIsInRpdGxlIjoiUmVzZWFyY2ggRGVzaWduOiBRdWFsaXRhdGl2ZSwgUXVhbnRpdGF0aXZlLCBhbmQgTWl4ZWQgTWV0aG9kcyBBcHByb2FjaGVzIC0gSm9obiBXLiBDcmVzd2VsbCwgSi4gRGF2aWQgQ3Jlc3dlbGwgLSBHb29nbGUgQm9va3MiLCJhdXRob3IiOlt7ImZhbWlseSI6IkNyZXN3ZWxsIFcuIEpvaG4iLCJnaXZlbiI6IiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IkNyZXN3ZWxsIEouIERhdmlkIiwiZ2l2ZW4iOiIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJTQUdFIFB1YmxpY2F0aW9ucywgSW5jLiIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDE1XV19LCJJU0JOIjoiOTc4LTEtNTA2My04NjcwLTYiLCJVUkwiOiJodHRwczovL3NwYWRhLnVucy5hYy5pZC9wbHVnaW5maWxlLnBocC81MTAzNzgvbW9kX3Jlc291cmNlL2NvbnRlbnQvMS9jcmVzd2VsbC5wZGYiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDE4XV19LCJhYnN0cmFjdCI6IlN1bW1hcnk6IFwiVGhpcyBiZXN0LXNlbGxpbmcgdGV4dCBwaW9uZWVyZWQgdGhlIGNvbXBhcmlzb24gb2YgcXVhbGl0YXRpdmUsIHF1YW50aXRhdGl2ZSwgYW5kIG1peGVkIG1ldGhvZCByZXNlYXJjaCBkZXNpZ24uIEZvciBhbGwgdGhyZWUgYXBwcm9hY2hlcywgSm9obiBXLiBDcmVzd2VsbCBhbmQgbmV3IGNvLWF1dGhvciBKLiBEYXZpZCBDcmVzd2VsbCBpbmNsdWRlIGEgcHJlbGltaW5hcnkgY29uc2lkZXJhdGlvbiBvZiBwaGlsb3NvcGhpY2FsIGFzc3VtcHRpb25zLCBrZXkgZWxlbWVudHMgb2YgdGhlIHJlc2VhcmNoIHByb2Nlc3MsIGEgcmV2aWV3IG9mIHRoZSBsaXRlcmF0dXJlLCBhbiBhc3Nlc3NtZW50IG9mIHRoZSB1c2Ugb2YgdGhlb3J5IGluIHJlc2VhcmNoIGFwcGxpY2F0aW9ucywgYW5kIHJlZmxlY3Rpb25zIGFib3V0IHRoZSBpbXBvcnRhbmNlIG9mIHdyaXRpbmcgYW5kIGV0aGljcyBpbiBzY2hvbGFybHkgaW5xdWlyeVwiLS0iLCJlZGl0aW9uIjoiNXRhIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="435334448"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve">Creswell </w:t>
           </w:r>
           <w:r w:rsidR="00095065">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>y</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve"> Creswell </w:t>
           </w:r>
@@ -3907,98 +3926,77 @@
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El análisis siguió un proceso inductivo, en el que los significados emergieron a partir de la lectura y codificación de las transcripciones, con el propósito de generar una comprensión profunda del fenómeno estudiado </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
             <w:lang w:eastAsia="es-ES"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMmUwZTM2ZjEtMjAwYy00MDRhLWE0Y2MtOTM5MjA0NTQ5MjdiIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjp0cnVlLCJjaXRlcHJvY1RleHQiOiIoTm93ZWxsIGV0wqBhbC4sIDIwMTcpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiKE5ld2VsbCBldMKgYWwuLCAyMDE3KS4ifSwiY2l0YXRpb25JdGVtcyI6W3siaWQiOiJlNDE2MGVhYS0wYjdlLTMzOGItYWMzOS01YzBlM2U1MzYxNmYiLCJpdGVtRGF0YSI6eyJ0eXBlIjoiYXJ0aWNsZS1qb3VybmFsIiwiaWQiOiJlNDE2MGVhYS0wYjdlLTMzOGItYWMzOS01YzBlM2U1MzYxNmYiLCJ0aXRsZSI6IlRoZW1hdGljIEFuYWx5c2lzOiBTdHJpdmluZyB0byBNZWV0IHRoZSBUcnVzdHdvcnRoaW5lc3MgQ3JpdGVyaWEiLCJhdXRob3IiOlt7ImZhbWlseSI6Ik5vd2VsbCIsImdpdmVuIjoiTG9yZWxsaSBTLiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6Ik5vcnJpcyIsImdpdmVuIjoiSmlsbCBNLiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IldoaXRlIiwiZ2l2ZW4iOiJEZWJvcmFoIEUuIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiTW91bGVzIiwiZ2l2ZW4iOiJOYW5jeSBKLiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImNvbnRhaW5lci10aXRsZSI6IkludGVybmF0aW9uYWwgSm91cm5hbCBvZiBRdWFsaXRhdGl2ZSBNZXRob2RzIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiSW50IEogUXVhbCBNZXRob2RzIiwiRE9JIjoiMTAuMTE3Ny8xNjA5NDA2OTE3NzMzODQ3IiwiSVNTTiI6IjE2MDk0MDY5IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAxN11dfSwiYWJzdHJhY3QiOiJBcyBxdWFsaXRhdGl2ZSByZXNlYXJjaCBiZWNvbWVzIGluY3JlYXNpbmdseSByZWNvZ25pemVkIGFuZCB2YWx1ZWQsIGl0IGlzIGltcGVyYXRpdmUgdGhhdCBpdCBpcyBjb25kdWN0ZWQgaW4gYSByaWdvcm91cyBhbmQgbWV0aG9kaWNhbCBtYW5uZXIgdG8geWllbGQgbWVhbmluZ2Z1bCBhbmQgdXNlZnVsIHJlc3VsdHMuIFRvIGJlIGFjY2VwdGVkIGFzIHRydXN0d29ydGh5LCBxdWFsaXRhdGl2ZSByZXNlYXJjaGVycyBtdXN0IGRlbW9uc3RyYXRlIHRoYXQgZGF0YSBhbmFseXNpcyBoYXMgYmVlbiBjb25kdWN0ZWQgaW4gYSBwcmVjaXNlLCBjb25zaXN0ZW50LCBhbmQgZXhoYXVzdGl2ZSBtYW5uZXIgdGhyb3VnaCByZWNvcmRpbmcsIHN5c3RlbWF0aXppbmcsIGFuZCBkaXNjbG9zaW5nIHRoZSBtZXRob2RzIG9mIGFuYWx5c2lzIHdpdGggZW5vdWdoIGRldGFpbCB0byBlbmFibGUgdGhlIHJlYWRlciB0byBkZXRlcm1pbmUgd2hldGhlciB0aGUgcHJvY2VzcyBpcyBjcmVkaWJsZS4gQWx0aG91Z2ggdGhlcmUgYXJlIG51bWVyb3VzIGV4YW1wbGVzIG9mIGhvdyB0byBjb25kdWN0IHF1YWxpdGF0aXZlIHJlc2VhcmNoLCBmZXcgc29waGlzdGljYXRlZCB0b29scyBhcmUgYXZhaWxhYmxlIHRvIHJlc2VhcmNoZXJzIGZvciBjb25kdWN0aW5nIGEgcmlnb3JvdXMgYW5kIHJlbGV2YW50IHRoZW1hdGljIGFuYWx5c2lzLiBUaGUgcHVycG9zZSBvZiB0aGlzIGFydGljbGUgaXMgdG8gZ3VpZGUgcmVzZWFyY2hlcnMgdXNpbmcgdGhlbWF0aWMgYW5hbHlzaXMgYXMgYSByZXNlYXJjaCBtZXRob2QuIFdlIG9mZmVyIHBlcnNvbmFsIGluc2lnaHRzIGFuZCBwcmFjdGljYWwgZXhhbXBsZXMsIHdoaWxlIGV4cGxvcmluZyBpc3N1ZXMgb2Ygcmlnb3IgYW5kIHRydXN0d29ydGhpbmVzcy4gVGhlIHByb2Nlc3Mgb2YgY29uZHVjdGluZyBhIHRoZW1hdGljIGFuYWx5c2lzIGlzIGlsbHVzdHJhdGVkIHRocm91Z2ggdGhlIHByZXNlbnRhdGlvbiBvZiBhbiBhdWRpdGFibGUgZGVjaXNpb24gdHJhaWwsIGd1aWRpbmcgaW50ZXJwcmV0aW5nIGFuZCByZXByZXNlbnRpbmcgdGV4dHVhbCBkYXRhLiBXZSBkZXRhaWwgb3VyIHN0ZXAtYnktc3RlcCBhcHByb2FjaCB0byBleHBsb3JpbmcgdGhlIGVmZmVjdGl2ZW5lc3Mgb2Ygc3RyYXRlZ2ljIGNsaW5pY2FsIG5ldHdvcmtzIGluIEFsYmVydGEsIENhbmFkYSwgaW4gb3VyIG1peGVkIG1ldGhvZHMgY2FzZSBzdHVkeS4gVGhpcyBhcnRpY2xlIGNvbnRyaWJ1dGVzIGEgcHVycG9zZWZ1bCBhcHByb2FjaCB0byB0aGVtYXRpYyBhbmFseXNpcyBpbiBvcmRlciB0byBzeXN0ZW1hdGl6ZSBhbmQgaW5jcmVhc2UgdGhlIHRyYWNlYWJpbGl0eSBhbmQgdmVyaWZpY2F0aW9uIG9mIHRoZSBhbmFseXNpcy4iLCJpc3N1ZSI6IjEiLCJ2b2x1bWUiOiIxNiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
           <w:id w:val="-604806391"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:lang w:eastAsia="es-ES"/>
             </w:rPr>
-            <w:t>(</w:t>
-[...9 lines deleted...]
-            <w:t>N</w:t>
+            <w:t>(N</w:t>
           </w:r>
           <w:r w:rsidR="005564A9">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:lang w:eastAsia="es-ES"/>
             </w:rPr>
             <w:t>o</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:lang w:eastAsia="es-ES"/>
             </w:rPr>
-            <w:t>well</w:t>
-[...9 lines deleted...]
-            <w:t xml:space="preserve"> et al., 2017).</w:t>
+            <w:t>well et al., 2017).</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001C4AEC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Este proceso incluyo fases de codificación abierta,</w:t>
       </w:r>
       <w:r w:rsidR="001C4AEC" w:rsidRPr="001C4AEC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> En la que se identificaron unidades de significado</w:t>
       </w:r>
       <w:r w:rsidR="001C4AEC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
@@ -4123,50 +4121,51 @@
     <w:p w14:paraId="2FA0271B" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A1B149C" w14:textId="77777777" w:rsidR="006E6311" w:rsidRPr="006E6311" w:rsidRDefault="006E6311" w:rsidP="006E6311"/>
     <w:p w14:paraId="625F1EB3" w14:textId="176598B5" w:rsidR="00906694" w:rsidRPr="00DC381A" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC381A">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00980DFC" w:rsidRPr="00DC381A">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>esultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67463586" w14:textId="77777777" w:rsidR="00F1334D" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
@@ -4175,93 +4174,74 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">se presentan a continuación se derivan del análisis de la información obtenida mediante entrevistas semiestructuradas, enmarcadas en el diseño fenomenológico adoptado para esta investigación. De acuerdo con </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fOGE2NDJkMmMtN2ExYS00OTJmLWE5YTctN2QwM2E1ZWUyYjRhIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKENyZXN3ZWxsICYjMzg7IFBvdGgsIDIwMTgpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiM2Q3NGUwMTAtZmRmZC0zNDZiLWIzYzYtODg0Y2QzZTI4YzI0IiwiaXRlbURhdGEiOnsidHlwZSI6ImJvb2siLCJpZCI6IjNkNzRlMDEwLWZkZmQtMzQ2Yi1iM2M2LTg4NGNkM2UyOGMyNCIsInRpdGxlIjoiUXVhbGl0YXRpdmUgSW5xdWlyeSBhbmQgUmVzZWFyY2ggRGVzaWduOiBDaG9vc2luZyBBbW9uZyBGaXZlIEFwcHJvYWNoZXMgKDR0aCBlZC4pIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJDcmVzd2VsbCIsImdpdmVuIjoiSm9obiBXIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiUG90aCIsImdpdmVuIjoiQ2hlcnlsIE4iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJTYWdlIFB1YmxpY2F0aW9ucy4iLCJhY2Nlc3NlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjUsMTAsOF1dfSwiVVJMIjoiaHR0cHM6Ly9wdWJodG1sNS5jb20vZW51ay9jeWtoL0NyZXN3ZWxsX2FuZF9Qb3RoJTJDXzIwMTglMkNfUXVhbGl0YXRpdmVfSW5xdWlyeV80dGgvP3V0bV9zb3VyY2UiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDE4XV19LCJhYnN0cmFjdCI6IlRoaXMgYm9vayBhZHZhbmNlcyBhIGZyYW1ld29yaywgYSBwcm9jZXNzLCBhbmQgY29tcG9zaXRpb25hbCBhcHByb2FjaGVzIGZvciBkZXNpZ25pbmcgYSBwcm9wb3NhbCBvciByZXNlYXJjaCBwcm9qZWN0IGZvciBxdWFsaXRhdGl2ZSwgcXVhbnRpdGF0aXZlLCBhbmQgbWl4ZWQgbWV0aG9kcyByZXNlYXJjaCBpbiB0aGUgaHVtYW4sIGhlYWx0aCwgYW5kIHNvY2lhbCBzY2llbmNlcy4gVGhlIGFzY2VuZGVuY3kgb2YgcXVhbGl0YXRpdmUgcmVzZWFyY2gsIHRoZSBlbWVyZ2VuY2Ugb2YgbWl4ZWQgbWV0aG9kcyBhcHByb2FjaGVzLCBhbmQgdGhlIGdyb3d0aCBvZiBxdWFudGl0YXRpdmUgZGVzaWducyBoYXZlIGNyZWF0ZWQgYSBuZWVkIGZvciB0aGlzIGJvb2vigJlzIHVuaXF1ZSBjb21wYXJpc29uIG9mIHRoZSB0aHJlZSBhcHByb2FjaGVzIHRvIGlucXVpcnkuIFRoaXMgY29tcGFyaXNvbiBiZWdpbnMgd2l0aCBwcmVsaW1pbmFyeSBjb25zaWRlcmF0aW9uIG9mIHBoaWxvc29waGljYWwgYXNzdW1wdGlvbnMgZm9yIGFsbCB0aHJlZSBhcHByb2FjaGVzLCBhIHJldmlldyBvZiB0aGUgbGl0ZXJhdHVyZSwgYW4gYXNzZXNzbWVudCBvZiB0aGUgdXNlIG9mIHRoZW9yeSBhbmQgY29uY2VwdHVhbCBmcmFtZXdvcmtzIGluIHJlc2VhcmNoIGFwcHJvYWNoZXMsIGFuZCByZWZsZWN0aW9ucyBhYm91dCB0aGUgaW1wb3J0YW5jZSBvZiB3cml0aW5nIGFuZCBldGhpY3MgaW4gc2Nob2xhcmx5IGlucXVpcnkuIFRoZSBib29rIHRoZW4gYWRkcmVzc2VzIHRoZSBrZXkgZWxlbWVudHMgaW4gdGhlIHByb2Nlc3Mgb2YgZGVzaWduaW5nIGFuZCBjb25kdWN0aW5nIGEgcmVzZWFyY2ggcHJvamVjdDogd3JpdGluZyBhbiBpbnRyb2R1Y3Rpb247IHN0YXRpbmcgYSBwdXJwb3NlIG9yIHJlc2VhcmNoIGFpbXMgZm9yIHRoZSBzdHVkeTsgaWRlbnRpZnlpbmcgcmVzZWFyY2ggcXVlc3Rpb25zIGFuZCBoeXBvdGhlc2VzOyBhbmQgYWR2YW5jaW5nIG1ldGhvZHMgYW5kIHByb2NlZHVyZXMgZm9yIGRhdGEgY29sbGVjdGlvbiwgYW5hbHlzaXMsIGFuZCBpbnRlcnByZXRhdGlvbi4gQXQgZWFjaCBzdGVwIGluIHRoaXMgcHJvY2VzcywgdGhlIHJlYWRlciBpcyB0YWtlbiB0aHJvdWdoIHF1YWxpdGF0aXZlLCBxdWFudGl0YXRpdmUsIGFuZCBtaXhlZCBtZXRob2RzIGFwcHJvYWNoZXMuIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="232975095"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve">Creswell </w:t>
           </w:r>
           <w:r w:rsidR="007D22CE">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>y</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-            <w:t xml:space="preserve">, </w:t>
+            <w:t xml:space="preserve"> Poth, </w:t>
           </w:r>
           <w:r w:rsidR="007D22CE">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>(</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>2018)</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
@@ -4594,51 +4574,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Como señala </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMzJkOWI0MWYtYzk5YS00ODIzLTk4NDgtOTUxN2E4YzM0Y2UxIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjp0cnVlLCJjaXRlcHJvY1RleHQiOiIoSGVybsOhbmRlei1TYW1waWVyaSBldMKgYWwuLCAyMDE0KSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6Ikhlcm7DoW5kZXotU2FtcGllcmkgJiBNZW5kb3phICgyMDE0KSJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6ImE5NmI3ODRkLTUzYzAtMzdjOS05MmM3LTE1NDQwY2ZhNjc0MSIsIml0ZW1EYXRhIjp7InR5cGUiOiJib29rIiwiaWQiOiJhOTZiNzg0ZC01M2MwLTM3YzktOTJjNy0xNTQ0MGNmYTY3NDEiLCJ0aXRsZSI6Ik1ldG9kb2xvZ8OtYSBkZSBsYSBJbnZlc3RpZ2FjacOzbiA2dGEgZWRpY2nDs24gU0FNUElFUkkgKFBERikgfE1jR3Jhdy1IaWxsIEludGVyYW1lcmljYW5hLiIsImF1dGhvciI6W3siZmFtaWx5IjoiSGVybsOhbmRlei1TYW1waWVyaSIsImdpdmVuIjoiIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiTWVuZG96YSBUb3JyZXMgQy4iLCJnaXZlbiI6IiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IkZlcm7DoW5kZXotQ29sbGFkbyIsImdpdmVuIjoiIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiQmFwdGlzdGEtTHVjaW8iLCJnaXZlbiI6IiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlAiLCJnaXZlbiI6IiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifV0sImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNSw5LDE1XV19LCJJU1NOIjoiOTc4LTEtNDU2Mi0yMzk2LTAiLCJVUkwiOiJodHRwczovL3d3dy5wYWdpbmFzcGVyc29uYWxlcy51bmFtLm14L2ZpbGVzLzk4MS9JbnZlc3RpZ2FjaW9uX3NhbXBpZXJpXzZhX0VELnBkZiIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMTRdXX0sImFic3RyYWN0IjoiRWwgYW7DoWxpc2lzIGN1YWxpdGF0aXZvLCBlbiBjb250cmFzdGUsIGVzdMOhIGJhc2FkbyBlbiBlbCBwZW5zYW1pZW50byBkZSBhdXRvcmVzIGNvbW8gTWF4IFdlYmVyLiBFcyBpbmR1Y3Rpdm8sIGxvIHF1ZSBpbXBsaWNhIHF1ZSDigJx1dGlsaXphIGxhIHJlY29sZWNjacOzbiBkZSBkYXRvcyBwYXJhIGZpbmFyIGxhcyBwcmVndW50YXMgZGUgaW52ZXN0aWdhY2nDs24gbyByZXZlbGFyIG51ZXZhcyBpbnRlcnJvZ2FudGVzIGVuIGVsIHByb2Nlc28gZGUgaW50ZXJwcmV0YWNpw7Nu4oCdIChIZXJuw6FuZGV6LCBGZXJuw6FuZGV6IHkgQmFwdGlzdGEsIDIwMTQ6IDcpLiBBIGRpZmVyZW5jaWEgZGUgbGEgaW52ZXN0aWdhY2nDs24gY3VhbnRpdGF0aXZhLCBxdWUgc2UgYmFzYSBlbiB1bmEgaGlww7N0ZXNpcywgbGEgY3VhbGl0YXRpdmEgc3VlbGUgcGFydGlyIGRlIHVuYSBwcmVndW50YSBkZSBpbnZlc3RpZ2FjacOzbiwgcXVlIGRlYmVyw6EgZm9ybXVsYXJzZSBlbiBjb25jb3JkYW5jaWEgY29uIGxhIG1ldG9kb2xvZ8OtYSBxdWUgc2UgcHJldGVuZGUgdXRpbGl6YXIuIEVzdGUgZW5mb3F1ZSBidXNjYSBleHBsb3JhciBsYSBjb21wbGVqaWRhZCBkZSBmYWN0b3JlcyBxdWUgcm9kZWFuIGEgdW4gZmVuw7NtZW5vIHkgbGEgdmFyaWVkYWQgZGUgcGVyc3BlY3RpdmFzIHkgc2lnbmlmaWNhZG9zIHF1ZSB0aWVuZSBwYXJhIGxvcyBpbXBsaWNhZG9zIChDcmVzd2VsbCwgMjAwMzogMTI5KS4gTGEgaW52ZXN0aWdhY2nDs24gY3VhbGl0YXRpdmEgY29uc2lkZXJhIHF1ZSBsYSByZWFsaWRhZCBzZSBtb2RpZmljYSBjb25zdGFudGVtZW50ZSwgeSBxdWUgZWwgaW52ZXN0aWdhZG9yLCBhbCBpbnRlcnByZXRhciBsYSByZWFsaWRhZCwgb2J0ZW5kcsOhIHJlc3VsdGFkb3Mgc3ViamV0aXZvcy4gKEJyeW1hbiwgMjAwNDoyMCkuIEEgZGlmZXJlbmNpYSBkZSBsYSBpbnZlc3RpZ2FjacOzbiBjdWFsaXRhdGl2YSwgcXVlIGJhc2Egc3VzIHJlc3VsdGFkb3MgZW4gZGF0b3MgbnVtw6lyaWNvcywgbGEgaW52ZXN0aWdhY2nDs24gY3VhbGl0YXRpdmEgc2UgcmVhbGl6YSBhIHRyYXbDqXMgZGUgZGlmZXJlbnRlcyB0aXBvcyBkZSBkYXRvcywgdGFsZXMgY29tbyBlbnRyZXZpc3Rhcywgb2JzZXJ2YWNpw7NuLCBkb2N1bWVudG9zLCBpbcOhZ2VuZXMsIGF1ZGlvcywgZW50cmUgb3Ryb3MuIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="-1552619102"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve">Hernández-Sampieri </w:t>
           </w:r>
           <w:r w:rsidR="00A01A37">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>y</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve"> Mendoza (2014)</w:t>
           </w:r>
@@ -4664,51 +4643,61 @@
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>n la investigación cualitativa es frecuente recurrir a “representaciones gráficas c</w:t>
       </w:r>
       <w:r w:rsidR="00A01A37">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">mo diagramas, mapas conceptuales y matrices” (p. 446) para organizar e interpretar los datos </w:t>
+        <w:t xml:space="preserve">mo diagramas, mapas conceptuales y </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">matrices” (p. 446) para organizar e interpretar los datos </w:t>
       </w:r>
       <w:r w:rsidR="00A01A37">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>facilitan la identificación de relaciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="706FF793" w14:textId="7B8378EC" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
@@ -5203,51 +5192,51 @@
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="6823C506" id="Flecha: a la izquierda y arriba 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:77.45pt;margin-top:24.6pt;width:71.35pt;height:46.1pt;rotation:180;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="906145,585470" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC47I9TyAIAABQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X/3RpB9BnSJokWFA&#10;sRbrip0ZWao1yJIqKXHSXz9Kdtxk66mYD4Yokk98jxKvrretIhvuvDS6osVJTgnXzNRSP1f06efy&#10;ywUlPoCuQRnNK7rjnl7PP3+66uyMl6YxquaOIIj2s85WtAnBzrLMs4a34E+M5RqdwrgWApruOasd&#10;dIjeqqzM87OsM662zjDuPe7e9k46T/hCcBbuhfA8EFVRrC2kv0v/Vfxn8yuYPTuwjWRDGfCBKlqQ&#10;Gg8doW4hAFk7+Q9UK5kz3ohwwkybGSEk44kDsinyv9g8NmB54oLieDvK5P8fLPu+eXBE1ti7ghIN&#10;LfZoqThrYEaAKCDy9WUtuauB7Ag4J1dAMBJl66yfYfajfXCD5XEZNdgK1xJnUOsiv8jjl6RBsmSb&#10;lN+NyvNtIAw3L/OzYjKlhKFrejGdnKfOZD1WxLTOh6/ctCQuKqq4CE924ZzpEjZs7nxI+tcDCah/&#10;IyHRKmznBhQpytOz6dDug5jyKGYyOU/csI8HMaeHMeU08kHGWNxwKq725cUSvFGyXkqlkhEvMr9R&#10;jmARFQ3bhI8ZR1FKfygRYWJmFlvRi59WYad4xFP6BxfYW9S3TCqlV/VWDDDGdSh6VwM172uMBPcM&#10;x4zENwFGZIHsRuwB4JjoHrsXaoiPqTw9yjG5vxrjMX0Fx8ljRjrZ6DAmt1Ib9x4zhayGk/v4vUi9&#10;NFGllal3ePPTNcXB4C1bSrxad+DDAzi8NLiJcy3c408o01XUDCtKGuNe39uP8fg00UtJhzOlov5l&#10;DY5Tor5pfLSXxWQSh1AyJtPzEg136FkdevS6vTF4Z/AaY3VpGeOD2i+FM+0vHH+LeCq6QDM8u6Is&#10;uL1xE/pZhwOU8cUiheHgsRDu9KNlETyqqs1iHYyQIYr2ps5g4OhJ7R/GZJxth3aKehvm8z8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQB3ujtQ4QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXv&#10;gv9hGcGb3STEaGI2pYq9KCJtLcXbNhmTYHY2ZLft9t87nvT4eB9vvinnwQziiJPrLSmIZxEIpNo2&#10;PbUKPjbLm3sQzmtq9GAJFZzRwby6vCh10dgTrfC49q3gEXKFVtB5PxZSurpDo93MjkjcfdnJaM9x&#10;amUz6ROPm0EmUZRJo3viC50e8anD+nt9MAqew+7l8fXtPLabdxPni8/tKmRLpa6vwuIBhMfg/2D4&#10;1Wd1qNhpbw/UODFwvk1zRhWkeQKCgSS/y0DsuUnjFGRVyv8vVD8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAuOyPU8gCAAAUBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAd7o7UOEAAAAKAQAADwAAAAAAAAAAAAAAAAAiBQAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAADAGAAAAAA==&#10;" path="m,500747l146368,416023r,48527l785225,464550r,-318182l736698,146368,821422,r84723,146368l857618,146368r,390575l146368,536943r,48527l,500747xe" fillcolor="black [3213]" strokecolor="black [3213]" strokeweight="1.5pt">
                 <v:stroke joinstyle="miter"/>
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,500747;146368,416023;146368,464550;785225,464550;785225,146368;736698,146368;821422,0;906145,146368;857618,146368;857618,536943;146368,536943;146368,585470;0,500747" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EEE9153" wp14:editId="4149DB1E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4237990</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>135890</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="547370" cy="912495"/>
@@ -5283,51 +5272,51 @@
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData">
             <w:pict>
               <v:shape id="Flecha: a la izquierda y arriba 12" o:spid="_x0000_s1026" style="position:absolute;left:0pt;margin-left:333.7pt;margin-top:10.7pt;height:71.85pt;width:43.1pt;rotation:-5898240f;z-index:251670528;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#000000 [3213]" filled="t" stroked="t" coordsize="547370,912495" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAhorHc9cAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMAyG70i8Q2QkLmhLU1i2laY7TEKcKYVz1oS2onFK&#10;kq3l7TEnOFmWP/3+/vKwuJFdbIiDRwVinQGz2HozYKegeX1a7YDFpNHo0aNV8G0jHKrrq1IXxs/4&#10;Yi916hiFYCy0gj6lqeA8tr11Oq79ZJFuHz44nWgNHTdBzxTuRp5nmeROD0gfej3ZY2/bz/rsFNTL&#10;cXm+mzt8F1+uyZu3fd6GvVK3NyJ7BJbskv5g+NUndajI6eTPaCIbFUi5fSBUQS5oErDd3EtgJyLl&#10;RgCvSv6/QvUDUEsDBBQAAAAIAIdO4kBgBXQnqwIAAJkFAAAOAAAAZHJzL2Uyb0RvYy54bWytVE1P&#10;GzEQvVfqf7B8L5uEhJCIBEVEqSqhFominh2vN+vKX9hONuHX99m7wEJ74NA9rGbs8fO8N+O5uj5q&#10;RQ7CB2nNgg7PBpQIw20pzW5BH35uvlxSEiIzJVPWiAU9iUCvl58/XTVuLka2tqoUngDEhHnjFrSO&#10;0c2LIvBaaBbOrBMGm5X1mkW4fleUnjVA16oYDQYXRWN96bzlIgSsrttN2iH6jwDaqpJcrC3fa2Fi&#10;i+qFYhGUQi1doMucbVUJHn9UVRCRqAUF05j/uAT2Nv2L5RWb7zxzteRdCuwjKbzjpJk0uPQFas0i&#10;I3sv/4LSknsbbBXPuNVFSyQrAhbDwTtt7mvmROYCqYN7ET38P1j+/XDniSzRCSNKDNOo+EYJXrM5&#10;YUQxIp8e91L4kpETYd7LLSOIhGyNC3Ocvnd3vvMCzKTBsfKaeAuthxeoOL4sDciSY1b+9KK8OEbC&#10;sTgZT8+nqAnH1mw4Gs8m6YqixUqYzof4VVhNkrGgSlTxwa28t03GZofbELP+ZUeClb+HlFRaoZwH&#10;ppD0+UUGRY16MSDdixmPp8OuJXox5/2Y0STxaZPrbkWaz+mlFIJVstxIpbLjd9sb5QlSAOn8dYff&#10;hClDGsg1G0ySCAzPqkI7w9QOpQlmRwlTO7xXHn0m/OZ0+NglKck1C3WbTEZoyWoZ8aSV1At62U9R&#10;GdQg1bmtbLK2tjyhYXJ1kWpwfCMBe8tCvGMeWmMRwyX+wK9SFqRsZ1FSW//0r/UUj47GLiUNniII&#10;P+6ZF5Sobwa9PhuOx4CN2RlPpiM4vr+z7e+Yvb6xEBvVR3bZTPFRPZuVt/oXZtAq3YotZjjubqXt&#10;nJvYjghMMS5WqxyG9+pYvDX3jifwVFxjV/toKxlTO7yq0zl4sbmFu+mSRkLfz1GvE3X5B1BLAwQK&#10;AAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAA&#10;CwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0&#10;tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZ&#10;DMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6S&#10;pmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwME&#10;FAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB&#10;8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljq&#10;Kvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOui&#10;uFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pf&#10;CfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2S&#10;unSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAABsFAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAA&#10;/QMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAACEEAABf&#10;cmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABk&#10;cnMvUEsBAhQAFAAAAAgAh07iQIaKx3PXAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3du&#10;cmV2LnhtbFBLAQIUABQAAAAIAIdO4kBgBXQnqwIAAJkFAAAOAAAAAAAAAAEAIAAAACYBAABkcnMv&#10;ZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAABDBgAAAAA=&#10;" path="m0,833285l136842,754075,136842,799443,434318,799443,434318,136842,388950,136842,468160,0,547370,136842,502001,136842,502001,867126,136842,867126,136842,912495xe">
                 <v:path o:connectlocs="468160,0;388950,136842;136842,754075;0,833285;136842,912495;319421,867126;502001,501984;547370,136842" o:connectangles="247,164,247,164,82,82,0,0"/>
                 <v:fill on="t" focussize="0,0"/>
                 <v:stroke weight="1.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4967F00E" wp14:editId="337120FA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4052570</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -5366,51 +5355,51 @@
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData">
             <w:pict>
               <v:shape id="Flecha: a la izquierda y arriba 13" o:spid="_x0000_s1026" style="position:absolute;left:0pt;margin-left:319.1pt;margin-top:161pt;height:51.05pt;width:73pt;z-index:251671552;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#000000 [3213]" filled="t" stroked="t" coordsize="927100,648335" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAbvHLiNwAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBB14kRpFOJUKFAJVhWhUrdu7CYR&#10;fgTbfcDXM6xgOTNHd86tVxejyUn5MDnLIV0kQJTtnZzswGH7vr4vgYQorBTaWcXhSwVYNddXtaik&#10;O9s3deriQDDEhkpwGGOcK0pDPyojwsLNyuLt4LwREUc/UOnFGcONpixJCmrEZPHDKGbVjqr/6I6G&#10;w+tj+/yp2WH31C0z//J9J9btpuD89iZNHoBEdYl/MPzqozo06LR3RysD0RyKrGSIcsgYw1JILMsc&#10;N3sOOctToE1N/3dofgBQSwMEFAAAAAgAh07iQF0mc3aiAgAAigUAAA4AAABkcnMvZTJvRG9jLnht&#10;bK1US2/bMAy+D9h/EHRfnWcfQZ0iaJBhQLEV6IqdGVmONehVSomT/vpRstuk3Q49LAeFtKhPHz+S&#10;ur7ZG812EoNytuTDswFn0gpXKbsp+ePP1ZdLzkIEW4F2Vpb8IAO/mX/+dN36mRy5xulKIiMQG2at&#10;L3kTo58VRRCNNBDOnJeWNmuHBiK5uCkqhJbQjS5Gg8F50TqsPDohQ6Cvy26T94j4EUBX10rIpRNb&#10;I23sUFFqiJRSaJQPfJ7Z1rUU8UddBxmZLjllGvNKl5C9Tmsxv4bZBsE3SvQU4CMU3uVkQFm69BVq&#10;CRHYFtVfUEYJdMHV8Uw4U3SJZEUoi+HgnTYPDXiZcyGpg38VPfw/WPF9d49MVdQJY84sGKr4SkvR&#10;wIwB08DU89NWSayAHRggqjUwiiTZWh9mdPrB32PvBTKTBvsaTfqn7Ng+S314lVruIxP08Wp0MRxQ&#10;EQRtnU8ux+NpwiyOhz2G+FU6w5JRci3r+OgXiK7NOsPuLsQseNWzhur3kLPaaKrfDjQbjsbnGZSK&#10;chIzehMzmVwM+x44iSEljjij6YCIduT6W4nmC71EITitqpXSOju4Wd9qZESBks6//vCbMG1ZS5pf&#10;DaZJBKA5qql/yTSeahHshjPQGxpQETEn/OZ0+NglieQSQtORyQhdskZFmmGtTMkvTylqSzVIhe1K&#10;may1qw7UIei60QlerBTB3kGI94CkNfGn1yT+oKXWjpJyvcVZ4/D5X99TPLUw7XLW0uxRwk9bQMmZ&#10;/mapua+GkwnBxuxMphcjcvB0Z326Y7fm1pHYVH1il80UH/WLWaMzv+jRWaRbaQusoLs7aXvnNnZv&#10;Aj1bQi4WOYwG1EO8sw9eJPBUXOsW2+hqFVM7HNXpHRrR3ML9c5LegFM/Rx2f0PkfUEsDBAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAA&#10;X3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h&#10;7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWW&#10;V63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYru&#10;HlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAA&#10;CACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVO&#10;u0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7f&#10;ZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pR&#10;RIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q6&#10;4Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvl&#10;g+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAFwUAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAD5AwAA&#10;X3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAHQQAAF9yZWxz&#10;Ly5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9Q&#10;SwECFAAUAAAACACHTuJAbvHLiNwAAAALAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsBAhQAFAAAAAgAh07iQF0mc3aiAgAAigUAAA4AAAAAAAAAAQAgAAAAKwEAAGRycy9lMm9E&#10;b2MueG1sUEsFBgAAAAAGAAYAWQEAAD8GAAAAAA==&#10;" path="m0,554514l162083,460693,162083,514431,793196,514431,793196,162083,739458,162083,833279,0,927100,162083,873362,162083,873362,594597,162083,594597,162083,648335xe">
                 <v:path o:connectlocs="833279,0;739458,162083;162083,460693;0,554514;162083,648335;517723,594597;873362,378340;927100,162083" o:connectangles="247,164,247,164,82,82,0,0"/>
                 <v:fill on="t" focussize="0,0"/>
                 <v:stroke weight="1.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="160AF323" wp14:editId="3D1E30CD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1125855</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -5449,51 +5438,51 @@
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData">
             <w:pict>
               <v:shape id="Flecha: a la izquierda y arriba 14" o:spid="_x0000_s1026" style="position:absolute;left:0pt;margin-left:88.65pt;margin-top:150.65pt;height:71.1pt;width:49.2pt;rotation:5898240f;z-index:251672576;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#000000 [3213]" filled="t" stroked="t" coordsize="624840,902970" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAVACUetoAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVI7KidpMElxKkAwQYhoQYWXbqxiaP6&#10;EcVuGv6eYQW7uZqjO2fq7eIsmfUUh+AFZCsGRPsuqMH3Aj4/Xm42QGKSXkkbvBbwrSNsm8uLWlYq&#10;nP1Oz23qCZb4WEkBJqWxojR2RjsZV2HUHndfYXIyYZx6qiZ5xnJnac7YLXVy8HjByFE/Gd0d25MT&#10;sDyXhuf7u/37fNzxh7d282ofoxDXVxm7B5L0kv5g+NVHdWjQ6RBOXkViMXNeICqgYBkOSOS85EAO&#10;AtbrogTa1PT/D80PUEsDBBQAAAAIAIdO4kC0fH9zpwIAAJgFAAAOAAAAZHJzL2Uyb0RvYy54bWyt&#10;VE1PGzEQvVfqf7B8L5ssGyARGxQRpaqEChJFPU+8dtaVv7CdbMKv79i7QIAeOHQPqxl7/DzvzXgu&#10;r/ZakR33QVpT0/HJiBJumG2k2dT04dfq2wUlIYJpQFnDa3rggV7Nv3657NyMl7a1quGeIIgJs87V&#10;tI3RzYoisJZrCCfWcYObwnoNEV2/KRoPHaJrVZSj0VnRWd84bxkPAVeX/SYdEP1nAK0QkvGlZVvN&#10;TexRPVcQkVJopQt0nrMVgrN4K0TgkaiaItOY/3gJ2uv0L+aXMNt4cK1kQwrwmRTecdIgDV76ArWE&#10;CGTr5QcoLZm3wYp4wqwueiJZEWQxHr3T5r4FxzMXlDq4F9HD/4NlP3d3nsgGO6GixIDGiq8UZy3M&#10;CBAFRD49biX3DZADAe/lGghGomydCzM8fe/u/OAFNJMGe+E18Ra1nlSj9GVlkCvZZ+EPL8LzfSQM&#10;F8/K6qLCkjDcmo7K6XkuTNFDJUjnQ/zOrSbJqKniIj64hfe2y9iwuwkxy98MHKD5M6ZEaIXV3IEi&#10;4/L0bDJU+yimfBNTVefjjzGnxzHlJPFBwpjccCtaz+mlFIJVsllJpbLjN+tr5QmmgKTzNxx+E6YM&#10;6bAC09EkiQD4qgR2M5raYWWC2VACaoPPlUWfCb85HT53SUpyCaHtk8kIPVktI75oJXVNL45TVAZp&#10;pjL3hU3W2jYH7JdcXEw1OLaSCHsDId6BR61xEWdLvMWfUBZJ2cGipLX+6V/rKR4bGncp6fAlIuHH&#10;LXhOifphsNWn4yr1RsxONTkv0fHHO+vjHbPV1xbFxupjdtlM8VE9m8Jb/RtH0CLdiltgGN7dSzs4&#10;17GfEDjEGF8schg+Vwfxxtw7lsBTcY1dbKMVMqZ2eFVncPDB5i4ZhkuaCMd+jnodqPO/UEsDBAoA&#10;AAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2&#10;o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkM&#10;zLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKm&#10;aYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQU&#10;AAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHy&#10;FiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq&#10;+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4&#10;V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J&#10;8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6&#10;dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAGgUAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAD8&#10;AwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAIAQAAF9y&#10;ZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRy&#10;cy9QSwECFAAUAAAACACHTuJAVACUetoAAAALAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsBAhQAFAAAAAgAh07iQLR8f3OnAgAAmAUAAA4AAAAAAAAAAQAgAAAAKQEAAGRycy9l&#10;Mm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAEIGAAAAAA==&#10;" path="m0,812549l156210,722128,156210,773918,495788,773918,495788,156210,443998,156210,534419,0,624840,156210,573050,156210,573050,851180,156210,851180,156210,902970xe">
                 <v:path o:connectlocs="534419,0;443998,156210;156210,722128;0,812549;156210,902970;364630,851180;573050,503695;624840,156210" o:connectangles="247,164,247,164,82,82,0,0"/>
                 <v:fill on="t" focussize="0,0"/>
                 <v:stroke weight="1.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A42ECF5" wp14:editId="04894D99">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>3689985</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -5528,51 +5517,51 @@
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="dk1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData">
             <w:pict>
               <v:shape id="Flecha: a la derecha 10" o:spid="_x0000_s1026" o:spt="13" type="#_x0000_t13" style="position:absolute;left:0pt;margin-left:290.55pt;margin-top:103.45pt;height:23.75pt;width:23.75pt;mso-position-horizontal-relative:margin;rotation:11796480f;z-index:251668480;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#000000 [3213]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAsEK3X9kAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU6EMBCG7ya+QzMm3twC7hJEyh5MjMbEg6vReBvoCCid&#10;krbA+vbWkx5n5ss/31/tj2YUCzk/WFaQbhIQxK3VA3cKXp5vLwoQPiBrHC2Tgm/ysK9PTyostV35&#10;iZZD6EQMYV+igj6EqZTStz0Z9Bs7Ecfbh3UGQxxdJ7XDNYabUWZJkkuDA8cPPU5001P7dZiNghUf&#10;P+/l3evULg+za9hfvlP2ptT5WZpcgwh0DH8w/OpHdaijU2Nn1l6MCnZFmkZUQZbkVyAikWdFDqKJ&#10;m912C7Ku5P8O9Q9QSwMEFAAAAAgAh07iQHL9VgJtAgAAGAUAAA4AAABkcnMvZTJvRG9jLnhtbK1U&#10;TW/bMAy9D9h/EHRf7WTp1gZNiqBBhgHFWqAbdlZkORagr1FKnO7X70l2P7dDD/PBIEXykXwidXF5&#10;tIYdFEXt3YJPTmrOlJO+0W634D++bz6ccRaTcI0w3qkFv1eRXy7fv7vow1xNfedNo4gBxMV5Hxa8&#10;SynMqyrKTlkRT3xQDsbWkxUJKu2qhkQPdGuqaV1/qnpPTSAvVYw4XQ9GPiLSWwB922qp1l7urXJp&#10;QCVlREJLsdMh8mWptm2VTDdtG1ViZsHRaSp/JIG8zf9qeSHmOxKh03IsQbylhFc9WaEdkj5CrUUS&#10;bE/6LyirJfno23Qiva2GRgoj6GJSv+LmrhNBlV5AdQyPpMf/Byu/HW6J6QaTAEqcsLjxjVGyE3Mm&#10;mBEMl501BjO46kOcI+Qu3NKoRYi58WNLlpEHwZP6rM5f4QMdsmOh+/6RbnVMTOLwYz05n55yJmEq&#10;8iynqAasjBkopi/KW5aFBSe969KKyPcFWhyuYxoCHhxzUPRGNxttTFFot70yxA4i3/9Q1hDyws04&#10;1qPw8/oUJEiBqW4xTRBtADPR7TgTZod1kYlK7hfR8W1JcpFrEbuhmIIwjJ/VCRtltF3wkbmhROPA&#10;RmZ84DhLW9/c474Kzyg1BrnRgL0WMd0KwuTiELudbvBrjUdTfpQ46zz9/td59sdAwcpZj01Aw7/2&#10;ghRn5qvDqJ1PZjPApqLMTj9PodBzy/a5xe3tlQfZk1JdEbN/Mg9iS97+xBOwyllhEk4i90DtqFyl&#10;YUPxiEi1WhU3rEsQ6drdBZnB8+U6v9on3+oyBE/sjKRhYcowjcudN/K5XryeHrTlH1BLAwQKAAAA&#10;AACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAA&#10;AF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+&#10;oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1&#10;lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK&#10;7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAA&#10;AAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYl&#10;TrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+&#10;32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfa&#10;UUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPk&#10;OuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr&#10;5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAN8EAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAwQMA&#10;AF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAOUDAABfcmVs&#10;cy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMv&#10;UEsBAhQAFAAAAAgAh07iQLBCt1/ZAAAACwEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2&#10;LnhtbFBLAQIUABQAAAAIAIdO4kBy/VYCbQIAABgFAAAOAAAAAAAAAAEAIAAAACgBAABkcnMvZTJv&#10;RG9jLnhtbFBLBQYAAAAABgAGAFkBAAAHBgAAAAA=&#10;" adj="10801,5400">
                 <v:fill on="t" focussize="0,0"/>
                 <v:stroke weight="1.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22728AD9" wp14:editId="1F457D60">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1936115</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1310640</wp:posOffset>
@@ -5606,51 +5595,51 @@
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="dk1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData">
             <w:pict>
               <v:shape id="Flecha: a la derecha 3" o:spid="_x0000_s1026" o:spt="13" type="#_x0000_t13" style="position:absolute;left:0pt;margin-left:152.45pt;margin-top:103.2pt;height:23.75pt;width:23.75pt;z-index:251665408;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#000000 [3213]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAtRQhtdwAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU/DMBCGdyT+g3VILBW1k7RVGuJ0IKLqwFBKla5ubJKI&#10;+BzFblP+PccE2308eu+5fHOzPbua0XcOJURzAcxg7XSHjYTjx+tTCswHhVr1Do2Eb+NhU9zf5SrT&#10;bsJ3cz2EhlEI+kxJaEMYMs593Rqr/NwNBmn36UarArVjw/WoJgq3PY+FWHGrOqQLrRrMS2vqr8PF&#10;Sth20duunKX7sipn5a46pdupqqV8fIjEM7BgbuEPhl99UoeCnM7ugtqzXkIiFmtCJcRitQBGRLKM&#10;qTjTZJmsgRc5//9D8QNQSwMEFAAAAAgAh07iQPZXX1FmAgAABwUAAA4AAABkcnMvZTJvRG9jLnht&#10;bK1UTW/bMAy9D9h/EHRfnaTp1hpxiqBBhgHFWqAddmZk2Ragr1FKnO7Xj5LdNu12yGE+yKRIPZJP&#10;pBbXB6PZXmJQzlZ8ejbhTFrhamXbiv943Hy65CxEsDVoZ2XFn2Tg18uPHxa9L+XMdU7XEhmB2FD2&#10;vuJdjL4siiA6aSCcOS8tGRuHBiKp2BY1Qk/oRhezyeRz0TusPTohQ6Dd9WDkIyKeAuiaRgm5dmJn&#10;pI0DKkoNkUoKnfKBL3O2TSNFvGuaICPTFadKY14pCMnbtBbLBZQtgu+UGFOAU1J4V5MBZSnoC9Qa&#10;IrAdqr+gjBLogmvimXCmGArJjFAV08k7bh468DLXQlQH/0J6+H+w4vv+HpmqK37OmQVDF77RUnRQ&#10;MmAaGN110th5Yqr3oaQDD/4eRy2QmMo+NGjSnwpih8zu0wu78hCZoM3zyfRqdsGZIFOW5wmzeD3s&#10;McSv0hmWhIqjaru4QnR9Zhb2tyEOB54dU8TgtKo3SuusYLu90cj2kK47f2OMN27asp5a/2pyQW0g&#10;gJq4oeYh0XgiItiWM9AtTYeImGO/OR1OC5KSXEPohmQyQsoFSqMiDZBWpuKXxylqS2wkigdSk7R1&#10;9RNdD7qhb4MXG0WwtxDiPSA1KuVPoxzvaGm0o6LcKHHWOfz9r/3kT/1DVs56anwq+NcOUHKmv1nq&#10;rKvpfJ4mJSvziy8zUvDYsj222J25cUT2lB4NL7KY/KN+Fht05idN/CpFJRNYQbEHakflJg4DSW+G&#10;kKtVdqPp8BBv7YMXCTzxZt1qF12jchO8sjOSRvORm2mc5TSAx3r2en2/ln8AUEsDBAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3Jl&#10;bHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP/&#10;/vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63F&#10;zZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUH&#10;tmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACH&#10;TuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AI&#10;JemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9S&#10;cAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZ&#10;nDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7&#10;SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pv&#10;UEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA2wQAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAC9AwAAX3Jl&#10;bHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAA4QMAAF9yZWxzLy5y&#10;ZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwEC&#10;FAAUAAAACACHTuJAtRQhtdwAAAALAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1s&#10;UEsBAhQAFAAAAAgAh07iQPZXX1FmAgAABwUAAA4AAAAAAAAAAQAgAAAAKwEAAGRycy9lMm9Eb2Mu&#10;eG1sUEsFBgAAAAAGAAYAWQEAAAMGAAAAAA==&#10;" adj="10801,5400">
                 <v:fill on="t" focussize="0,0"/>
                 <v:stroke weight="1.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47E79DD9" wp14:editId="1B9F5CBC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>815975</wp:posOffset>
@@ -5684,51 +5673,51 @@
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="dk1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData">
             <w:pict>
               <v:shape id="Flecha: a la derecha 8" o:spid="_x0000_s1026" o:spt="13" type="#_x0000_t13" style="position:absolute;left:0pt;margin-top:64.25pt;height:23.75pt;width:23.75pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;rotation:5898240f;z-index:251666432;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#000000 [3213]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAoVyvmNUAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PS0/EMAyE70j8h8hIXBCbtGIfKk33gIQ4cIEuUq/exttW&#10;NE5psg/+PeYEJ8sz1vibcnvxozrRHIfAFrKFAUXcBjdwZ+Fj93y/ARUTssMxMFn4pgjb6vqqxMKF&#10;M7/TqU6dkhCOBVroU5oKrWPbk8e4CBOxeIcwe0yyzp12M54l3I86N2alPQ4sH3qc6Kmn9rM+egsv&#10;mW9yN5m6xebubTk0h/71S1t7e5OZR1CJLunvGH7xBR0qYdqHI7uoRgtSJImab5agxH5Yy9yLsF4Z&#10;0FWp//NXP1BLAwQUAAAACACHTuJAI4Mq+2sCAAAVBQAADgAAAGRycy9lMm9Eb2MueG1srVRNb9sw&#10;DL0P2H8QdF/tZEnXBnWKoEGGAcUaoB12ZmTZFqCvUUqc7tePkt027XboYT4IpEg9ko+kr66PRrOD&#10;xKCcrfjkrORMWuFqZduK/3jYfLrgLESwNWhnZcUfZeDXy48frnq/kFPXOV1LZARiw6L3Fe9i9Iui&#10;CKKTBsKZ89KSsXFoIJKKbVEj9IRudDEty/Oid1h7dEKGQLfrwchHRHwPoGsaJeTaib2RNg6oKDVE&#10;Kil0yge+zNk2jRTxrmmCjExXnCqN+aQgJO/SWSyvYNEi+E6JMQV4TwpvajKgLAV9hlpDBLZH9ReU&#10;UQJdcE08E84UQyGZEapiUr7h5r4DL3MtRHXwz6SH/wcrvh+2yFRdcWq7BUMN32gpOlgwYBoY9Tpp&#10;7CIx1fuwoAf3foujFkhMZR8bNAwd0TuflenLZFB57Ji5fnzmWh4jE3T5uZycT+ecCTKNMmEWA1SC&#10;9BjiV+kMS0LFUbVdXCG6PkPD4TbE4cGTY3oUnFb1RmmdFWx3NxrZAVLzh7SGJ6/ctGU9LcJlOaeh&#10;EEAj3dAokWg80RJsyxnolnZFRMyxX70O7wuSklxD6IZkMsIwe0ZFWietDHXgNEVtiY1E+EBxknau&#10;fqRmZZop1eDFRhHsLYS4BaSxpUta7HhHR6MdFeVGibPO4e9/3Sd/miayctbTGlDBv/aAkjP9zdKc&#10;XU5mM4KNWZnNv0xJwVPL7tRi9+bGEdmTnF0Wk3/UT2KDzvyk/V+lqGQCKyj2QO2o3MRhPekPIuRq&#10;ld1oVzzEW3vvRQJPzbVutY+uUXkIXtgZSaNtycM0bnZax1M9e738zZZ/AFBLAwQKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxz&#10;Ly5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7w&#10;mRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2Y&#10;rHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zl&#10;ju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07i&#10;QH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXp&#10;grRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAE&#10;MjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7&#10;ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lP&#10;E6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BL&#10;AQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAANkEAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAuwMAAF9yZWxz&#10;L1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAN8DAABfcmVscy8ucmVs&#10;c1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQA&#10;FAAAAAgAh07iQKFcr5jVAAAABwEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBL&#10;AQIUABQAAAAIAIdO4kAjgyr7awIAABUFAAAOAAAAAAAAAAEAIAAAACQBAABkcnMvZTJvRG9jLnht&#10;bFBLBQYAAAAABgAGAFkBAAABBgAAAAA=&#10;" adj="10800,5400">
                 <v:fill on="t" focussize="0,0"/>
                 <v:stroke weight="1.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BB5560A" wp14:editId="06B28AE3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1875155</wp:posOffset>
@@ -5762,51 +5751,51 @@
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="dk1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData">
             <w:pict>
               <v:shape id="Flecha: a la derecha 9" o:spid="_x0000_s1026" o:spt="13" type="#_x0000_t13" style="position:absolute;left:0pt;margin-top:147.65pt;height:23.75pt;width:23.75pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;rotation:-5898240f;z-index:251667456;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#000000 [3213]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAqVLiW9kAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VI3KidtIE2ZFOhIiR+hKq2eQA3XpKI&#10;eB1i94e3x5zgOJrRzDfF8mx7caTRd44RkokCQVw703GDUO2ebuYgfNBsdO+YEL7Jw7K8vCh0btyJ&#10;N3TchkbEEva5RmhDGHIpfd2S1X7iBuLofbjR6hDl2Egz6lMst71MlbqVVnccF1o90Kql+nN7sAi7&#10;6t3JVbZ+WD9W6i15eX61SfWFeH2VqHsQgc7hLwy/+BEdysi0dwc2XvQI8UhASBfZFES0Z3cZiD3C&#10;dJbOQZaF/M9f/gBQSwMEFAAAAAgAh07iQKZl4o9tAgAAFgUAAA4AAABkcnMvZTJvRG9jLnhtbK1U&#10;TW/bMAy9D9h/EHRfnWRp1wR1iqBBhgHFVqAbdmZkyRagr1FKnO7Xj5LdNu126GE+GKRIPZKPpK6u&#10;j9awg8Sovav59GzCmXTCN9q1Nf/xffvhkrOYwDVgvJM1f5CRX6/ev7vqw1LOfOdNI5ERiIvLPtS8&#10;SyksqyqKTlqIZz5IR0bl0UIiFduqQegJ3ZpqNplcVL3HJqAXMkY63QxGPiLiWwC9UlrIjRd7K10a&#10;UFEaSFRS7HSIfFWyVUqK9E2pKBMzNadKU/lTEJJ3+V+trmDZIoROizEFeEsKr2qyoB0FfYLaQAK2&#10;R/0XlNUCffQqnQlvq6GQwghVMZ284ua+gyBLLUR1DE+kx/8HK74e7pDppuYLzhxYavjWSNHBkgEz&#10;wKjXWWOLzFQf4pIu3Ic7HLVIYi77qNAy9ETv9IKaTF9hg+pjx0L2wxPZ8piYoMOPk+lids6ZIFOR&#10;5zlENWBlzIAxfZbesizUHHXbpTWi7ws0HG5jGi48OuZL0RvdbLUxRcF2d2OQHSB3f0hruPLCzTjW&#10;U+KLyTlNhQCaaUWzRKINxEt0LWdgWloWkbDEfnE7vi1ITnIDsRuSKQjD8FmdaJ+MtjW/PE3ROGIj&#10;Mz5wnKWdbx6oW4VnSjUGsdUEewsx3QHS3NIhbXb6Rj9lPBXlR4mzzuPvf51nfxonsnLW0x5Qwb/2&#10;gJIz88XRoC2m8znBpqLMzz/NSMFTy+7U4vb2xhPZ05JdEbN/Mo+iQm9/0gOwzlHJBE5Q7IHaUblJ&#10;w37SEyLkel3caFkCpFt3H0QGz811fr1PXukyBM/sjKTRupRhGlc77+OpXryen7PVH1BLAwQKAAAA&#10;AACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAA&#10;AF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+&#10;oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1&#10;lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK&#10;7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAA&#10;AAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYl&#10;TrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+&#10;32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfa&#10;UUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPk&#10;OuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr&#10;5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAN8EAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAwQMA&#10;AF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAOUDAABfcmVs&#10;cy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMv&#10;UEsBAhQAFAAAAAgAh07iQKlS4lvZAAAABwEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2&#10;LnhtbFBLAQIUABQAAAAIAIdO4kCmZeKPbQIAABYFAAAOAAAAAAAAAAEAIAAAACgBAABkcnMvZTJv&#10;RG9jLnhtbFBLBQYAAAAABgAGAFkBAAAHBgAAAAA=&#10;" adj="10801,5400">
                 <v:fill on="t" focussize="0,0"/>
                 <v:stroke weight="1.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A86E45C" wp14:editId="22BCBD6C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>4015105</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>945515</wp:posOffset>
@@ -6949,50 +6938,51 @@
         <w:t>se hallaron respuestas</w:t>
       </w:r>
       <w:r w:rsidR="00306B10">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> que evidencian matices específicos en la comprensión de la identidad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42EE515C" w14:textId="4C36D670" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>La identidad profesional son aquellas experiencias y conocimientos que se van adquiriendo a lo largo de la trayectoria académica (Entrevistado 1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BB41BF3" w14:textId="26F27947" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>La identidad profesional está basada en todas esas experiencias que durante mi formación académica he desarrollado y que desde luego esa capacidad de aprender todo lo necesario para en un futuro poder aplicarlo en el ámbito laboral (Entrevistado 4).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A117D6" w14:textId="7190955A" w:rsidR="00906694" w:rsidRDefault="00434899" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -7091,51 +7081,50 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2006, como se citó en </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
             <w:kern w:val="24"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fYWEyODkxYTMtNTExMC00MjY5LWEwY2MtNzAwNGM5NmUzNzZjIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjp0cnVlLCJjaXRlcHJvY1RleHQiOiIoQmxhbmNvIEVjaGV2ZXJyeSwgMjAyMikiLCJtYW51YWxPdmVycmlkZVRleHQiOiJCbGFuY28gRWNoZXZlcnJ5LCAyMDIyLCBwLiAzNDEpIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiNDkzYmI5MzctOGZlZi0zZDNkLTg0MWItMzg4Y2I4MGQ5NmJiIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiNDkzYmI5MzctOGZlZi0zZDNkLTg0MWItMzg4Y2I4MGQ5NmJiIiwidGl0bGUiOiLCv0PDs21vIGVudGVuZGVyIGxhIGlkZW50aWRhZCBwcm9mZXNpb25hbCBob3k/IiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJCbGFuY28gRWNoZXZlcnJ5IiwiZ2l2ZW4iOiJNYXJpYSBkZWwgUGlsYXIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJFbCDDgWdvcmEgVVNCIiwiRE9JIjoiMTAuMjE1MDAvMTY1NzgwMzEuNDY5NCIsIklTU04iOiIxNjU3LTgwMzEiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDIyLDgsMjZdXX0sInBhZ2UiOiI0MjYtNDQzIiwiYWJzdHJhY3QiOiJFc3RlIGFydMOtY3VsbyBwcm9wb25lIGEgbGEgc29jaW9sb2fDrWEgZGUgbGEgZXhwZXJpZW5jaWEgY29tbyBpbnN0cnVtZW50byB0ZcOzcmljbyAtIGNvbmNlcHR1YWwgcGFyYSBjb21wcmVuZGVyIGVsIHByb2Nlc28gZGUgZWRpZmljYWNpw7NuIGRlIGlkZW50aWRhZCBwcm9mZXNpb25hbC4gRXN0ZSBlbmZvcXVlIHNvY2lvbMOzZ2ljbyBwZXJtaXRlIGFuYWxpemFyIGN1YWxxdWllciBwcm9mZXNpw7NuIGNvbnRlbXBvcsOhbmVhIHkgb2ZyZWNlIG90cmEgcGVyc3BlY3RpdmEgYSBxdWllbmVzIGRlc2VhbiBhc3VtaXJsbyBjb21vIHRlbWEgZGUgZXN0dWRpby4gTGEgaWRlbnRpZGFkIHByb2Zlc2lvbmFsIGhveSBvYmVkZWNlIGFzw60sIGEgdW4gcHJvY2VzbyBjb21wbGVqbywgbm8gbGluZWFsLCBkaWZlcmVuY2lhZG8geSBhdHJhdmVzYWRvIHBvciBsYSBzdWJqZXRpdmlkYWQsIGFsIGZ1bmRhbWVudGFyc2UgZW4gbGFzIGJpb2dyYWbDrWFzIHBlcnNvbmFsZXMgcGFyYSBjb25zb2xpZGFyc2UuIiwicHVibGlzaGVyIjoiVW5pdmVyc2lkYWQgZGUgU2FuIEJ1ZW5hdmVudHVyYSIsImlzc3VlIjoiMSIsInZvbHVtZSI6IjIyIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="-2144335349"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:kern w:val="24"/>
             </w:rPr>
             <w:t>Blanco Echeverry, 2022, p</w:t>
           </w:r>
           <w:r w:rsidR="00610498">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:kern w:val="24"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:kern w:val="24"/>
@@ -7379,50 +7368,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Los valores tienen una gran importancia, ya que denotan que la profesión debe de ejercerse desde un marco ético, mismos que son mencionados en los perfiles de egreso, empatía, respeto y otros (Entrevistado 3).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AC78FE8" w14:textId="0ADD6692" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Los valores desempeñan un papel fundamental en la vida, tanto pedagógicamente como en las interacciones sociales, reafirmando su relevancia en la vida profesional y personal (Entrevistado 4).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14E88F06" w14:textId="77777777" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t>Los valores éticos, como la responsabilidad, solidaridad y empatía, son considerados fundamentales para el adecuado desempeño profesional. Los valores influyen en su actuar:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38C3A78E" w14:textId="77777777" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
@@ -7438,51 +7428,50 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Como resultado, la identidad profesional estaría vinculada a la concepción de la carrera y a la percepción que se tiene de la propia posición dentro de esta; también las expectativas, los valores y las normas forman parte del mismo proceso unitario de conformación de la identidad. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
             <w:kern w:val="24"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fY2ViMDhiZjctOWU2Mi00YjMzLWJmZjgtY2YxZjJmMDk4YzQzIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKEJsYW5jbyBFY2hldmVycnksIDIwMjIpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiNDkzYmI5MzctOGZlZi0zZDNkLTg0MWItMzg4Y2I4MGQ5NmJiIiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiNDkzYmI5MzctOGZlZi0zZDNkLTg0MWItMzg4Y2I4MGQ5NmJiIiwidGl0bGUiOiLCv0PDs21vIGVudGVuZGVyIGxhIGlkZW50aWRhZCBwcm9mZXNpb25hbCBob3k/IiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJCbGFuY28gRWNoZXZlcnJ5IiwiZ2l2ZW4iOiJNYXJpYSBkZWwgUGlsYXIiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJFbCDDgWdvcmEgVVNCIiwiRE9JIjoiMTAuMjE1MDAvMTY1NzgwMzEuNDY5NCIsIklTU04iOiIxNjU3LTgwMzEiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDIyLDgsMjZdXX0sInBhZ2UiOiI0MjYtNDQzIiwiYWJzdHJhY3QiOiJFc3RlIGFydMOtY3VsbyBwcm9wb25lIGEgbGEgc29jaW9sb2fDrWEgZGUgbGEgZXhwZXJpZW5jaWEgY29tbyBpbnN0cnVtZW50byB0ZcOzcmljbyAtIGNvbmNlcHR1YWwgcGFyYSBjb21wcmVuZGVyIGVsIHByb2Nlc28gZGUgZWRpZmljYWNpw7NuIGRlIGlkZW50aWRhZCBwcm9mZXNpb25hbC4gRXN0ZSBlbmZvcXVlIHNvY2lvbMOzZ2ljbyBwZXJtaXRlIGFuYWxpemFyIGN1YWxxdWllciBwcm9mZXNpw7NuIGNvbnRlbXBvcsOhbmVhIHkgb2ZyZWNlIG90cmEgcGVyc3BlY3RpdmEgYSBxdWllbmVzIGRlc2VhbiBhc3VtaXJsbyBjb21vIHRlbWEgZGUgZXN0dWRpby4gTGEgaWRlbnRpZGFkIHByb2Zlc2lvbmFsIGhveSBvYmVkZWNlIGFzw60sIGEgdW4gcHJvY2VzbyBjb21wbGVqbywgbm8gbGluZWFsLCBkaWZlcmVuY2lhZG8geSBhdHJhdmVzYWRvIHBvciBsYSBzdWJqZXRpdmlkYWQsIGFsIGZ1bmRhbWVudGFyc2UgZW4gbGFzIGJpb2dyYWbDrWFzIHBlcnNvbmFsZXMgcGFyYSBjb25zb2xpZGFyc2UuIiwicHVibGlzaGVyIjoiVW5pdmVyc2lkYWQgZGUgU2FuIEJ1ZW5hdmVudHVyYSIsImlzc3VlIjoiMSIsInZvbHVtZSI6IjIyIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="-1271770983"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:kern w:val="24"/>
             </w:rPr>
             <w:t>(Blanco Echeverry, 2022)</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="036FDEF8" w14:textId="5F1AC452" w:rsidR="00FA3C08" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
@@ -7677,51 +7666,50 @@
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">n estudio reciente afirma que “las experiencias extracurriculares tienen una gran relevancia en la formación” </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fNTI1NTNlYTgtMzMxNy00ZDM3LTk3M2MtMWFiYTgxZTdhNzk1IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjp0cnVlLCJjaXRlcHJvY1RleHQiOiIoRmFsY8OzbiBMaW5hcmVzICYjMzg7IEFycmFpeiBQw6lyZXosIDIwMjApIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiKEZhbGPDs24gTGluYXJlcyAmIEFycmlheiBQw6lyZXosIDIwMjAsIHAuNCkuIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiZTc1ZmM1NGUtZWM2MS0zNzBmLWI1NWItODE4MDFkOTVhMjc5IiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiZTc1ZmM1NGUtZWM2MS0zNzBmLWI1NWItODE4MDFkOTVhMjc5IiwidGl0bGUiOiJDb25zdHJ1Y2Npw7NuIGRlIGlkZW50aWRhZCBwcm9mZXNpb25hbCBkb2NlbnRlIGR1cmFudGUgbGEgZm9ybWFjacOzbiBpbmljaWFsIGNvbW8gbWFlc3Ryb3MiLCJhdXRob3IiOlt7ImZhbWlseSI6IkZhbGPDs24gTGluYXJlcyIsImdpdmVuIjoiQ2Fyb2xpbmEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJBcnJhaXogUMOpcmV6IiwiZ2l2ZW4iOiJBbmEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJSZXZpc3RhIENvbXBsdXRlbnNlIGRlIEVkdWNhY2nDs24iLCJET0kiOiIxMC41MjA5L3JjZWQuNjMzNzQiLCJJU1NOIjoiMTEzMC0yNDk2IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyMF1dfSwiYWJzdHJhY3QiOiJMYSBlZHVjYWNpw7NuIHByZWNpc2EgcHJvZmVzaW9uYWxlcyBjdWFsaWZpY2Fkb3MgcGFyYSBhZGFwdGFyc2UgYSBsb3MgcmV0b3MgZGVsIG1vbWVudG8uIFBlcm8gdGFtYmnDqW4gbmVjZXNpdGEgcGVyc29uYXMgY29tcHJvbWV0aWRhcyB5IG1vdGl2YWRhcywgcXVlIGVuY3VlbnRyZW4gc2VudGlkbyB5IHJlYWxpemFjacOzbiBlbiBsbyBxdWUgaGFjZW4uIEEgbml2ZWwgaW50ZXJuYWNpb25hbCBwcmVvY3VwYSBsYSBkZXNtb3RpdmFjacOzbiB5IGFiYW5kb25vIGRlIG11Y2hvcyBlc3R1ZGlhbnRlcyB5IGRvY2VudGVzIG5vdmVsZXMuIExvcyBvYmpldGl2b3MgcHJldGVuZGVuIGFtcGxpYXIgbGEgY29tcHJlbnNpw7NuIGRlbCBwcm9jZXNvIGRlIGNvbnN0cnVjY2nDs24gZGUgbGEgaWRlbnRpZGFkIGRvY2VudGUgZW4gc3VzIGluaWNpb3MuIFNlIGhhIHJlYWxpemFkbyB1bmEgaW52ZXN0aWdhY2nDs24gY3VhbGl0YXRpdmEgY29uIGRvcyBmYXNlczogYSkgZWwgYW7DoWxpc2lzIHRlbcOhdGljbyBkZSBsb3MgcmVsYXRvcyBzb2JyZSBpZGVudGlkYWQgcHJvZmVzaW9uYWwgZGUgZnV0dXJvcyBtYWVzdHJvcyBlbiBmb3JtYWNpw7NuIGluaWNpYWwgY29uIGV4cGVyaWVuY2lhcyBmb3JtYXRpdmFzL29yaWVudGFkb3JhcyBkaWZlcmVudGVzOyB5IGIpIHVuIGVzdHVkaW8gZGUgY2FzbyBkdXJhbnRlIGVsIGRlc2Fycm9sbG8gZGUgdW4gcHJvZ3JhbWEgZGUgb3JpZW50YWNpw7NuIHZvY2FjaW9uYWwgY29uIHBvcnRhZm9saW8gcHJvZmVzaW9uYWwuIEVuIGxvcyByZXN1bHRhZG9zIGRlc3RhY2EgZWwgZ3J1cG8gcGFydGljaXBhbnRlIGVuIHVuIHByb2dyYW1hIGRlIG9yaWVudGFjacOzbiBjb24gcG9ydGFmb2xpbyBwcm9mZXNpb25hbC4gUXVpZW5lcyBoYW4gdHJhYmFqYWRvIGNvbiBlbCBwb3J0YWZvbGlvIGRlIG9yaWVudGFjacOzbiBzb24gY29uc2NpZW50ZXMgZGVsIHByb2Nlc28gZGUgZm9ydGFsZWNpbWllbnRvIGRlIHN1IGlkZW50aWRhZCBwcm9mZXNpb25hbC4gQW5hbGl6YW4gbGFzIGFzaWduYXR1cmFzIGRlc2RlIHVuYSBwZXJzcGVjdGl2YSBjb21wZXRlbmNpYWwgeSBhc3VtZW4gcmV0b3MgZGlyaWdpZG9zIGEgc2F0aXNmYWNlciBzdXMgcHJveWVjdG9zIHZpdGFsZXMuIERlZmluZW4gbcOhcyByZWZlcmVudGVzIHBhcmEgc3UgaWRlbnRpZGFkIHByb2Zlc2lvbmFsIHkgdmFsb3JhbiBsYXMgZXhwZXJpZW5jaWFzIGRlIGFwcmVuZGl6YWplIGVuIGxhIGZhY3VsdGFkLiBFbCByZXN0byBkZSBlc3R1ZGlhbnRlcyBzaXTDumFuIGVsIGRlc2Fycm9sbG8gZGUgbGEgaWRlbnRpZGFkIHByb2Zlc2lvbmFsIGVuIHRpZW1wbyBmdXR1cm8geSBubyBpbnRlZ3JhbiBlbCBhcHJlbmRpemFqZSBjb24gZWwgcGVyZmlsIHBlcnNvbmFsIHkgcHJvZmVzaW9uYWwuIE5vIG9ic3RhbnRlLCBkZSB0b2RvcyBlbGxvcywgbG9zIHF1ZSBoYW4gcGFydGljaXBhZG8gZW4gcHJvY2Vzb3MgZm9ybWF0aXZvcyBkZSBjYXLDoWN0ZXIgY29tcGV0ZW5jaWFsL3JlZmxleGl2byBtdWVzdHJhbiByYXNnb3MgZGUgaWRlbnRpZGFkIHByb2Zlc2lvbmFsIGVtZXJnZW50ZXMgeSBkZXNjcmliZW4gbcOhcyByZWZlcmVuY2lhcyBwYXJhIHN1IGRlc2Fycm9sbG8uIExhcyBjb25jbHVzaW9uZXMgYXB1bnRhbiBhIGxhIG5lY2VzaWRhZCBkZSBxdWUgbG9zIGVzdHVkaWFudGVzIGFzdW1hbiB1biByb2wgYWN0aXZvIGRlIGF1dG9yw61hIHJlc3BlY3RvIGEgc3UgaWRlbnRpZGFkIHByb2Zlc2lvbmFsIGRlc2RlIHN1IGVudHJhZGEgZW4gbGEgZmFjdWx0YWQuIEVsIGFjb21wYcOxYW1pZW50byBlcyBsYSBjbGF2ZSwgZmFjaWxpdGFkbyBwb3IgaW5zdHJ1bWVudG9zIHBlZGFnw7NnaWNvcyBjb21vIGVsIGVQb3J0YWZvbGlvIG8gc2ltaWxhcmVzLiIsImlzc3VlIjoiMyIsInZvbHVtZSI6IjMxIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="-1193760688"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve">Falcón Linares </w:t>
           </w:r>
           <w:r w:rsidR="00B25EB0">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>y</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve"> Arriaz Pérez, </w:t>
           </w:r>
@@ -7784,50 +7772,51 @@
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004F1E88" w:rsidRPr="004F1E88">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>permitiéndole no solo adquirir conocimiento, sino también aplicarlo y desarrollar aprendizajes y habilidades específicas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595E0E94" w14:textId="66EF87E7" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>El plan de estudios aborda esta situación de forma lógica, este, lo defino en pocas palabras de lo simple a lo complejo, solo es cuestión de que el estudiante asuma y lo quiera tomar en cuenta</w:t>
       </w:r>
       <w:r w:rsidR="00FA3C08">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(Entrevistado 2).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="270B989C" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08623B81" w14:textId="4455B4F3" w:rsidR="00906694" w:rsidRPr="00CE101C" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
@@ -8025,51 +8014,50 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> es reconocido por los entrevistados y se otorga ese valor al factor sociocultural a la hora de construir una identidad profesional sólida, puesto que contribuye a la formación de un profesionista capaz de comprender y adaptarse a la complejidad del mundo laboral actual: “La identidad profesional se enriquece con el aprendizaje social y cultural, al tomar conciencia de su relevancia para la profesión” </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fN2U2MTg3OTItODlhZi00MjNmLTk5YjctOGNhOWUyNjI2NTk0IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjp0cnVlLCJjaXRlcHJvY1RleHQiOiIoRmFsY8OzbiBMaW5hcmVzICYjMzg7IEFycmFpeiBQw6lyZXosIDIwMjApIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiKEZhbGPDs24gTGluYXJlcyAmIEFycmlheiBQw6lyZXosIDIwMjAsIHAuNykuIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiZTc1ZmM1NGUtZWM2MS0zNzBmLWI1NWItODE4MDFkOTVhMjc5IiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiZTc1ZmM1NGUtZWM2MS0zNzBmLWI1NWItODE4MDFkOTVhMjc5IiwidGl0bGUiOiJDb25zdHJ1Y2Npw7NuIGRlIGlkZW50aWRhZCBwcm9mZXNpb25hbCBkb2NlbnRlIGR1cmFudGUgbGEgZm9ybWFjacOzbiBpbmljaWFsIGNvbW8gbWFlc3Ryb3MiLCJhdXRob3IiOlt7ImZhbWlseSI6IkZhbGPDs24gTGluYXJlcyIsImdpdmVuIjoiQ2Fyb2xpbmEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJBcnJhaXogUMOpcmV6IiwiZ2l2ZW4iOiJBbmEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJSZXZpc3RhIENvbXBsdXRlbnNlIGRlIEVkdWNhY2nDs24iLCJET0kiOiIxMC41MjA5L3JjZWQuNjMzNzQiLCJJU1NOIjoiMTEzMC0yNDk2IiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyMF1dfSwiYWJzdHJhY3QiOiJMYSBlZHVjYWNpw7NuIHByZWNpc2EgcHJvZmVzaW9uYWxlcyBjdWFsaWZpY2Fkb3MgcGFyYSBhZGFwdGFyc2UgYSBsb3MgcmV0b3MgZGVsIG1vbWVudG8uIFBlcm8gdGFtYmnDqW4gbmVjZXNpdGEgcGVyc29uYXMgY29tcHJvbWV0aWRhcyB5IG1vdGl2YWRhcywgcXVlIGVuY3VlbnRyZW4gc2VudGlkbyB5IHJlYWxpemFjacOzbiBlbiBsbyBxdWUgaGFjZW4uIEEgbml2ZWwgaW50ZXJuYWNpb25hbCBwcmVvY3VwYSBsYSBkZXNtb3RpdmFjacOzbiB5IGFiYW5kb25vIGRlIG11Y2hvcyBlc3R1ZGlhbnRlcyB5IGRvY2VudGVzIG5vdmVsZXMuIExvcyBvYmpldGl2b3MgcHJldGVuZGVuIGFtcGxpYXIgbGEgY29tcHJlbnNpw7NuIGRlbCBwcm9jZXNvIGRlIGNvbnN0cnVjY2nDs24gZGUgbGEgaWRlbnRpZGFkIGRvY2VudGUgZW4gc3VzIGluaWNpb3MuIFNlIGhhIHJlYWxpemFkbyB1bmEgaW52ZXN0aWdhY2nDs24gY3VhbGl0YXRpdmEgY29uIGRvcyBmYXNlczogYSkgZWwgYW7DoWxpc2lzIHRlbcOhdGljbyBkZSBsb3MgcmVsYXRvcyBzb2JyZSBpZGVudGlkYWQgcHJvZmVzaW9uYWwgZGUgZnV0dXJvcyBtYWVzdHJvcyBlbiBmb3JtYWNpw7NuIGluaWNpYWwgY29uIGV4cGVyaWVuY2lhcyBmb3JtYXRpdmFzL29yaWVudGFkb3JhcyBkaWZlcmVudGVzOyB5IGIpIHVuIGVzdHVkaW8gZGUgY2FzbyBkdXJhbnRlIGVsIGRlc2Fycm9sbG8gZGUgdW4gcHJvZ3JhbWEgZGUgb3JpZW50YWNpw7NuIHZvY2FjaW9uYWwgY29uIHBvcnRhZm9saW8gcHJvZmVzaW9uYWwuIEVuIGxvcyByZXN1bHRhZG9zIGRlc3RhY2EgZWwgZ3J1cG8gcGFydGljaXBhbnRlIGVuIHVuIHByb2dyYW1hIGRlIG9yaWVudGFjacOzbiBjb24gcG9ydGFmb2xpbyBwcm9mZXNpb25hbC4gUXVpZW5lcyBoYW4gdHJhYmFqYWRvIGNvbiBlbCBwb3J0YWZvbGlvIGRlIG9yaWVudGFjacOzbiBzb24gY29uc2NpZW50ZXMgZGVsIHByb2Nlc28gZGUgZm9ydGFsZWNpbWllbnRvIGRlIHN1IGlkZW50aWRhZCBwcm9mZXNpb25hbC4gQW5hbGl6YW4gbGFzIGFzaWduYXR1cmFzIGRlc2RlIHVuYSBwZXJzcGVjdGl2YSBjb21wZXRlbmNpYWwgeSBhc3VtZW4gcmV0b3MgZGlyaWdpZG9zIGEgc2F0aXNmYWNlciBzdXMgcHJveWVjdG9zIHZpdGFsZXMuIERlZmluZW4gbcOhcyByZWZlcmVudGVzIHBhcmEgc3UgaWRlbnRpZGFkIHByb2Zlc2lvbmFsIHkgdmFsb3JhbiBsYXMgZXhwZXJpZW5jaWFzIGRlIGFwcmVuZGl6YWplIGVuIGxhIGZhY3VsdGFkLiBFbCByZXN0byBkZSBlc3R1ZGlhbnRlcyBzaXTDumFuIGVsIGRlc2Fycm9sbG8gZGUgbGEgaWRlbnRpZGFkIHByb2Zlc2lvbmFsIGVuIHRpZW1wbyBmdXR1cm8geSBubyBpbnRlZ3JhbiBlbCBhcHJlbmRpemFqZSBjb24gZWwgcGVyZmlsIHBlcnNvbmFsIHkgcHJvZmVzaW9uYWwuIE5vIG9ic3RhbnRlLCBkZSB0b2RvcyBlbGxvcywgbG9zIHF1ZSBoYW4gcGFydGljaXBhZG8gZW4gcHJvY2Vzb3MgZm9ybWF0aXZvcyBkZSBjYXLDoWN0ZXIgY29tcGV0ZW5jaWFsL3JlZmxleGl2byBtdWVzdHJhbiByYXNnb3MgZGUgaWRlbnRpZGFkIHByb2Zlc2lvbmFsIGVtZXJnZW50ZXMgeSBkZXNjcmliZW4gbcOhcyByZWZlcmVuY2lhcyBwYXJhIHN1IGRlc2Fycm9sbG8uIExhcyBjb25jbHVzaW9uZXMgYXB1bnRhbiBhIGxhIG5lY2VzaWRhZCBkZSBxdWUgbG9zIGVzdHVkaWFudGVzIGFzdW1hbiB1biByb2wgYWN0aXZvIGRlIGF1dG9yw61hIHJlc3BlY3RvIGEgc3UgaWRlbnRpZGFkIHByb2Zlc2lvbmFsIGRlc2RlIHN1IGVudHJhZGEgZW4gbGEgZmFjdWx0YWQuIEVsIGFjb21wYcOxYW1pZW50byBlcyBsYSBjbGF2ZSwgZmFjaWxpdGFkbyBwb3IgaW5zdHJ1bWVudG9zIHBlZGFnw7NnaWNvcyBjb21vIGVsIGVQb3J0YWZvbGlvIG8gc2ltaWxhcmVzLiIsImlzc3VlIjoiMyIsInZvbHVtZSI6IjMxIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiIn0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="1278135763"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>(Falcón Linares &amp; Arriaz Pérez, 2020, p.</w:t>
           </w:r>
           <w:r w:rsidR="0050419A">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>7).</w:t>
           </w:r>
@@ -8087,50 +8075,51 @@
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C0131E8" w14:textId="77777777" w:rsidR="006E6311" w:rsidRDefault="006E6311" w:rsidP="006E6311"/>
     <w:p w14:paraId="2A27D359" w14:textId="77777777" w:rsidR="006E6311" w:rsidRPr="006E6311" w:rsidRDefault="006E6311" w:rsidP="006E6311"/>
     <w:p w14:paraId="4B9AC85F" w14:textId="7553ADC2" w:rsidR="00906694" w:rsidRPr="00CE101C" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE101C">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00B12618" w:rsidRPr="00CE101C">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>iscusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C05B477" w14:textId="13F183A2" w:rsidR="00906694" w:rsidRDefault="006C2433" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>El análisis de los datos permitió</w:t>
       </w:r>
@@ -8146,51 +8135,50 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>coincide con lo reportado por</w:t>
       </w:r>
       <w:r w:rsidR="008677BF">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fYWU3NDM0OTYtMDQ0MS00ODYyLWI0OTUtOTVjYjhlYTU4NGNhIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjp0cnVlLCJjaXRlcHJvY1RleHQiOiIoQ3VhZHJhLU1hcnTDrW5leiBldMKgYWwuLCAyMDIxKSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IihDdWFkcmEtTWFydMOtbmV6IGV0wqBhbC4sIDIwMjEpLCJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6ImIwNTZkMDY1LTIwNTAtMzU3ZS1hOWYwLWU2YjliMDMxYWM4ZiIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6ImIwNTZkMDY1LTIwNTAtMzU3ZS1hOWYwLWU2YjliMDMxYWM4ZiIsInRpdGxlIjoiSWRlbnRpZGFkIHByb2Zlc2lvbmFsIGRvY2VudGUgZW4gbGEgZm9ybWFjacOzbiB1bml2ZXJzaXRhcmlhOiB1bmEgcmV2aXNpw7NuIHNpc3RlbcOhdGljYSBkZSBlc3R1ZGlvcyBjdWFsaXRhdGl2b3MiLCJhdXRob3IiOlt7ImZhbWlseSI6IkN1YWRyYS1NYXJ0w61uZXoiLCJnaXZlbiI6IkRhdmlkIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiQ2FzdHJvLUNhcnJhc2NvIiwiZ2l2ZW4iOiJQYWJsbyBKLiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6Ik95YW5hZGVsIiwiZ2l2ZW4iOiJDcmlzdGlhbiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IkdvbnrDoWxlei1QYWx0YSIsImdpdmVuIjoiSW5ncmlkIE4uIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiRm9ybWFjacOzbiB1bml2ZXJzaXRhcmlhIiwiRE9JIjoiMTAuNDA2Ny9zMDcxOC01MDA2MjAyMTAwMDQwMDA3OSIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjFdXX0sImFic3RyYWN0IjoiVGhlIG1haW4gb2JqZWN0aXZlIG9mIHRoaXMgc3R1ZHkgaXMgdG8gcGVyZm9ybSBhIHN5c3RlbWF0aWMgcmV2aWV3IG9mIHF1YWxpdGF0aXZlIHJlc2VhcmNoIG9uIHRoZSBkZXZlbG9wbWVudCBvZiB0ZWFjaGVyJ3MgcHJvZmVzc2lvbmFsIGlkZW50aXR5IChQSSkgZHVyaW5nIHRoZWlyIGluaXRpYWwgdHJhaW5pbmcuIFRlYWNoZXIncyBQSSBpcyBhIGtleSB2YXJpYWJsZSBpbiB1bmRlcnN0YW5kaW5nIHRoZSBwcm9mZXNzaW9uYWwgbGlmZSBvZiB0ZWFjaGVycywgd2l0aCBpbml0aWFsIHRyYWluaW5nIGJlaW5nIGFuIGVzcGVjaWFsbHkgY3JpdGljYWwgcGVyaW9kIGZvciB0aGVpciBkZXZlbG9wbWVudC4gQSBzeXN0ZW1hdGljIHJldmlldyBvZiB0aGUgc2NpZW50aWZpYyBsaXRlcmF0dXJlIHB1Ymxpc2hlZCBvbiBXT1MgKFdlYiBvZiBTY2llbmNlKSwgU2NvcHVzLCBhbmQgU2NpZWxvIGRhdGFiYXNlcyBpcyBwZXJmb3JtZWQgZnJvbSB0aGUgeWVhcnMgMjAwMCB0byAyMDIwLiBTaXh0eS1zZXZlbiBhcnRpY2xlcyBhcmUgcmV0cmlldmVkLCBvZiB3aGljaCAzMyBhcmUgc2VsZWN0ZWQgZm9yIHF1YWxpdGF0aXZlIGFuZCBxdWFudGl0YXRpdmUgYW5hbHlzZXMgYWZ0ZXIgZmlsdGVyaW5nIGJ5IHVzaW5nIGluY2x1c2lvbiBhbmQgZXhjbHVzaW9uIGNyaXRlcmlhLiBUaGUgcmVzdWx0cyBzaG93IGEgc2V0IG9mIGNhdGVnb3JpZXMgdGhhdCBmYXZvciB0aGUgZGV2ZWxvcG1lbnQgb2YgUEkuIFRoaXMgaXMgYSBkZXZlbG9waW5nIHByb2Nlc3MgaW4gd2hpY2ggdGhlcmUgYXJlIGNvbmZsaWN0cyBiZXR3ZWVuIHN1YmplY3RpdmUgYW5kIG9iamVjdGl2ZSBkaW1lbnNpb25zLCBhcyB3ZWxsIGFzIG90aGVyIGRpbWVuc2lvbnMgdGhhdCBjb21wcmlzZSBQSS4gSXQgaXMgY29uY2x1ZGVkIHRoYXQgdGVhY2hlciBQSSBkZXZlbG9wbWVudCBpcyBhZmZlY3RlZCBieSBpbml0aWFsIHRyYWluaW5nLCBieSBwc3ljaG9sb2dpY2FsIGNoYXJhY3RlcmlzdGljcywgYW5kIGJ5IHNvY2lvLWN1bHR1cmFsIGZhY3RvcnMuIiwiaXNzdWUiOiI0Iiwidm9sdW1lIjoiMTQiLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfV19"/>
           <w:id w:val="-1368525847"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008677BF">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>Cuadra-Martínez et al.</w:t>
           </w:r>
           <w:r w:rsidR="00334D1E">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve"> (</w:t>
           </w:r>
           <w:r w:rsidR="008677BF">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>2021),</w:t>
           </w:r>
@@ -8307,51 +8295,50 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Esto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> coincide con lo planteado por </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fOWY2MGFlODctNmM2Zi00MmIyLWI2YzEtMjkzZGNlMjJlODVhIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjp0cnVlLCJjaXRlcHJvY1RleHQiOiIoZGUgQWxiw6luaXotR2Fycm90ZSAmIzM4OyBHw7NtZXosIDIwMjApIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiKEFsYsOpbml6LUdhcnJvdGUgJiBHw7NtZXosIDIwMjApLCJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6ImEwYmYwODAzLTU5NzktM2MxYi05Mzc0LWVhODkxNjA3MzI1YSIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6ImEwYmYwODAzLTU5NzktM2MxYi05Mzc0LWVhODkxNjA3MzI1YSIsInRpdGxlIjoiVGhlIGlubm92YXRpdmUgYW5kIHJlc2VhcmNoIHByb2Zlc3Npb25hbCBpZGVudGl0eSBvZiBmdXR1cmUgZWFybHkgeWVhcnMgYW5kIHByaW1hcnkgc2Nob29sIHRlYWNoZXJzIGFuZCB0aGVpciByZWxhdGlvbnNoaXAgd2l0aCBwc3ljaG9sb2dpY2FsIHdlbGwtYmVpbmciLCJhdXRob3IiOlt7ImZhbWlseSI6IkFsYsOpbml6LUdhcnJvdGUiLCJnaXZlbiI6Ikdsb3JpYSBQw6lyZXoiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiZGUifSx7ImZhbWlseSI6IkfDs21leiIsImdpdmVuIjoiTWFyw61hIEJlZ2/DsWEgTWVkaW5hIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiU3VzdGFpbmFiaWxpdHkgKFN3aXR6ZXJsYW5kKSIsIkRPSSI6IjEwLjMzOTAvc3UxMjIwODU5MyIsIklTU04iOiIyMDcxMTA1MCIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjBdXX0sImFic3RyYWN0IjoiVGVhY2hlcuKAmXMgcHJvZmVzc2lvbmFsIGlkZW50aXR5IChUUEkpIGlzIGFuIGVzc2VudGlhbCBhbmQgZGVjaXNpdmUgZWxlbWVudCBpbiB0aGUgd2F5IGZ1dHVyZSBFWSBhbmQgcHJpbWFyeSB0ZWFjaGVycyBhcHByb2FjaCB0aGVpciBsYWJvdXIuIFRoaXMgc3R1ZHkgYWltcyB0byBhbmFseXNlIGhvdyBhbmQgd2hlbiBzdHVkZW50IHRlYWNoZXJzIGJ1aWxkIFRQSSBhbmQgdG8gc3R1ZHkgaXRzIHJlbGF0aW9uc2hpcCB3aXRoIHBlcnNvbmFsIHdlbGwtYmVpbmcuIFRoZSBzYW1wbGUgd2FzIG1hZGUgdXAgb2YgMTM1IHN0dWRlbnRzIG9mIHRoZSBGYWN1bHR5IG9mIEVkdWNhdGlvbiBvZiB0aGUgVW5pdmVyc2l0eSBvZiBCdXJnb3MgKFNwYWluKSwgYWdlZCAxOOKAkzQ0LiBBIHF1ZXN0aW9ubmFpcmUgZWxhYm9yYXRlZCBhZCBob2MgYW5kIGFuIGluZGl2aWR1YWwgcHN5Y2hvbG9naWNhbCB3ZWxsLWJlaW5nIHNjYWxlIHdlcmUgYm90aCBpbXBsZW1lbnRlZC4gVGhlIHJlc3VsdHMgc3VnZ2VzdCB0aGF0IHRyYWluaW5nIGFjdGl2aXRpZXMsIGluaXRpYWxseSBzY2hlZHVsZWQgYnkgdGhlIHVuaXZlcnNpdHkgY291cnNlcywgYXJlIHRob3NlIHdoaWNoIG1vc3QgY29udHJpYnV0ZSB0byB0aGUgYnVpbGRpbmcgb2YgYSBUUEk7IHRoYXQgdGhlcmUgc2VlbSB0byBiZSBubyBkaWZmZXJlbmNlcyBpbiByZWxhdGlvbiB0byBnZW5kZXIgYW5kIHllYXIgb2Ygc3R1ZHkgaW4gdGhlIGZhY3RvcnMgd2hpY2ggY29udHJpYnV0ZSB0byBpdHMgZGV2ZWxvcG1lbnQsIHJlZ2FyZGxlc3Mgb2Ygd2hldGhlciBpdCBpcyByYXRoZXIgaW5ub3ZhdGl2ZSBvciByZXNlYXJjaC1vcmllbnRlZCBhbmQgdGhhdCB0aGVyZSBpcyBhIHJlbGF0aW9uc2hpcCBiZXR3ZWVuIHR5cGVzIG9mIFRQSSwgYXMgd2VsbCBhcyBiZXR3ZWVuIHRoZXNlIGFuZCB0aGUgc2F0aXNmYWN0aW9uIHdpdGggYWNhZGVtaWMgY2hvaWNlLCBhbmQgcHN5Y2hvbG9naWNhbCB3ZWxsYmVpbmcuIEZ1dHVyZSB0ZWFjaGVycyBzaG91bGQgYnVpbGQgYSBzb2xpZCBUUEkgd2hpY2ggZW5hYmxlcyB0aGVtIHRvIHN1Y2Nlc3NmdWxseSBhZGFwdCB0byBjb21wbGV4IGVkdWNhdGlvbmFsIHNldHRpbmdzIGFuZCBlbmNvdXJhZ2VzIHRoZW0gdG8gaW5ub3ZhdGUuIEl0IGlzIG5lY2Vzc2FyeSB0byBncmFkdWFsbHkgbWFrZSByb29tIGZvciByZWZsZWN0aW9uIGZyb20gdGhlIGJlZ2lubmluZyBvZiB0aGUgdW5pdmVyc2l0eSB0cmFpbmluZywgYXMgdGhpcyBjb3VsZCBpbXByb3ZlIHRoZSBmdXR1cmUgcHJvZmVzc2lvbmFsIHBlcmZvcm1hbmNlIGFuZCB0aGUgc3R1ZGVudHPigJkgcHN5Y2hvbG9naWNhbCB3ZWxsLWJlaW5nLiIsImlzc3VlIjoiMjAiLCJ2b2x1bWUiOiIxMiIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
           <w:id w:val="272214326"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve">Albéniz-Garrote &amp; Gómez, </w:t>
           </w:r>
           <w:r w:rsidR="00FF3243">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>(</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>2020),</w:t>
           </w:r>
@@ -8423,77 +8410,58 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Esta situación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> se alinea con lo que enfatizan </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fYTFmZGI5OGItNzlmNS00MjYwLThkMTQtMWY1NWU5OTA2ZTU3IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKEdhcmPDrWEgRG90dG9yICYjMzg7IFphbmF0dGEgQ29sw61uLCAyMDIyKSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6Ijc5MWYxYzdhLWU1YjAtM2ExNC1hOGQzLTRlNjY0ODE3MzUzNiIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6Ijc5MWYxYzdhLWU1YjAtM2ExNC1hOGQzLTRlNjY0ODE3MzUzNiIsInRpdGxlIjoiQ09ORk9STUFDScOTTiBERSBMQSBJREVOVElEQUQgUFJPRkVTSU9OQUwgRU4gRVNUVURJQU5URVMgREUgRURVQ0FDScOTTiBTVVBFUklPUjoiLCJhdXRob3IiOlt7ImZhbWlseSI6IkdhcmPDrWEgRG90dG9yIiwiZ2l2ZW4iOiJEYW5pZWwgQWFyw7NuIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiWmFuYXR0YSBDb2zDrW4iLCJnaXZlbiI6Ik1hcnRoYSBFbGl6YWJldGgiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJSZXZpc3RhIGRlIFBzaWNvbG9nw61hIGRlIGxhIFVuaXZlcnNpZGFkIEF1dMOzbm9tYSBkZWwgRXN0YWRvIGRlIE3DqXhpY28iLCJET0kiOiIxMC4zNjY3Ny9ycHNpY29sb2dpYS52MTFpMjQuMTg1NDUiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDIyXV19LCJhYnN0cmFjdCI6IkVuIGVsIHByZXNlbnRlIHRyYWJham8gc2UgcmVwb3J0YSB1bmEgcmV2aXNpw7NuIHNpc3RlbcOhdGljYSBkZSBhcnTDrWN1bG9zIHJlbGFjaW9uYWRvcyBjb24gbGEgaWRlbnRpZGFkIHByb2Zlc2lvbmFsLiBFbCBvYmpldGl2byBmdWUgY29ub2NlciBlbCBlc3RhZG8gZGVsIGFydGUgc29icmUgZWwgdGVtYSBkZSBpZGVudGlkYWQgcHJvZmVzaW9uYWwgZW4gZXNjdWVsYXMgZGUgaGFibGEgaGlzcGFuYS4gU2UgcGFydGnDsyBkZSBsYSBwcmVndW50YSDCv3F1w6kgZmFjdG9yZXMgaW5mbHV5ZW4gZW4gbGEgY29uZm9ybWFjacOzbiBkZSBsYSBpZGVudGlkYWQgcHJvZmVzaW9uYWwgZHVyYW50ZSBsYSBmb3JtYWNpw7NuIHVuaXZlcnNpdGFyaWE/IExhIGLDunNxdWVkYSBzZSByZWFsaXrDsyBlbiBsYXMgYmFzZXMgRGlhbG5ldCB5IFNjaUVMTyBjb24gbGEgcGFsYWJyYSBjbGF2ZSBpZGVudGlkYWQgcHJvZmVzaW9uYWwuIFNlIHJldmlzYXJvbiBwdWJsaWNhY2lvbmVzIGN1YW50aXRhdGl2YXMgZGUgMjAxNSBhIDIwMjEsIHRyZWNlIGFydMOtY3Vsb3MgY3VtcGxpZXJvbiBsb3MgY3JpdGVyaW9zIGRlIHNlbGVjY2nDs24uIFNlIGVuY29udHLDsyBxdWUgZW50cmUgbG9zIHByaW5jaXBhbGVzIGZhY3RvcmVzIHF1ZSBpbmZsdXllbiBlbiBsYSBjb25mb3JtYWNpw7NuIGRlIGxhIGlkZW50aWRhZCBwcm9mZXNpb25hbCBkZXN0YWNhbjogbG9zIGFzb2NpYWRvcyBhIGxhIGVsZWNjacOzbiBkZSBjYXJyZXJhOyBsYSB0cmF5ZWN0b3JpYSBhY2Fkw6ltaWNhIHkgcHLDoWN0aWNhcyBwcm9mZXNpb25hbGVzOyB5IGxhIHBlcmNlcGNpw7NuIGRlIGxhIGlkZW50aWRhZCBwcm9mZXNpb25hbC4gQ29tbyBjb25jbHVzacOzbiBzZSBkZXN0YWNhIGxhIGluZmx1ZW5jaWEgZGUgbGFzIGV4cGVyaWVuY2lhcyBhY2Fkw6ltaWNhcyBlbiBjb250ZXh0b3MgcHJvZmVzaW9uYWxlcyB5IGxhIGlkZW50aWZpY2FjacOzbiBjb24gcHJvZmVzb3JlcyB5IGV4cGVydG9zIGVuIGxhIGNvbmZvcm1hY2nDs24gZGUgbGEgaWRlbnRpZGFkIHByb2Zlc2lvbmFsLiIsImlzc3VlIjoiMjQiLCJ2b2x1bWUiOiIxMSIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IiJ9LCJpc1RlbXBvcmFyeSI6ZmFsc2V9XX0="/>
           <w:id w:val="163901997"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
-            <w:t xml:space="preserve">García </w:t>
-[...17 lines deleted...]
-            <w:t xml:space="preserve"> </w:t>
+            <w:t xml:space="preserve">García Dottor </w:t>
           </w:r>
           <w:r w:rsidR="00B12618">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>y</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t xml:space="preserve"> Zanatta Colín, </w:t>
           </w:r>
           <w:r w:rsidR="00A53384">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:b w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>(</w:t>
           </w:r>
@@ -8530,85 +8498,66 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> aprendido en el aula y lo experimentado en contextos reales, lo que indica que la identidad profesional se construye mediante la experiencia vivida y la reflexión sobre ella</w:t>
       </w:r>
       <w:r w:rsidR="006E705B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fMzU4NWE4NGMtZWQ3Yi00YTI5LTg1YjQtY2QyODQ5MDI3OGVhIiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKEhhbGFsIE9yZmFsaSBldMKgYWwuLCAyMDI0KSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6IjJmMmE5YzE4LWU4MzEtM2M4MC1iMDRlLWQ1YWUwMWFmMzY5ZSIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6IjJmMmE5YzE4LWU4MzEtM2M4MC1iMDRlLWQ1YWUwMWFmMzY5ZSIsInRpdGxlIjoiSG93IGhpZ2hlciBlZHVjYXRpb24gdGVhY2hlcnMgc2VlIHRoZWlyIHByb2Zlc3Npb25hbCBpZGVudGl0eSIsImF1dGhvciI6W3siZmFtaWx5IjoiSGFsYWwgT3JmYWxpIiwiZ2l2ZW4iOiJDYXJvbCIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IkFyYW5jaWJpYSBNdcOxb3oiLCJnaXZlbiI6Ik1hcmlhIEx1aXNhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiUmlxdWVsbWUgUGxhemEiLCJnaXZlbiI6IklybWEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJVbmRhIFZhbGVuenVlbGEiLCJnaXZlbiI6IlJvZHJpZ28iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJGcm9udGllcnMgaW4gRWR1Y2F0aW9uIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiRnJvbnQgRWR1YyAoTGF1c2FubmUpIiwiRE9JIjoiMTAuMzM4OS9mZWR1Yy4yMDI0LjE0Mjk4NDciLCJJU1NOIjoiMjUwNDI4NFgiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDI0XV19LCJhYnN0cmFjdCI6IkFuIGltcG9ydGFudCBkaW1lbnNpb24gdG8gdW5kZXJzdGFuZCB0aGUgc3R1ZGVudCBsZWFybmluZyBwcm9jZXNzIGlzIHRoZSBwcm9mZXNzaW9uYWwgaWRlbnRpdHkgb2YgdGVhY2hlcnMsIHdoaWNoIGlzIGNvbmNlcHR1YWxpemVkIGFzIGEgY29udGludW91cyBwcm9jZXNzIG9mIGNvbnN0cnVjdGlvbiBhbmQgcmVjb25zdHJ1Y3Rpb24uIEluIHRoaXMgcHJvY2VzcywgdGVhY2hlcnMgZGVmaW5lIGFuZCBhc3N1bWUgdGhlaXIgcm9sZXMgaW4gYSBzcGVjaWZpYyBlZHVjYXRpb25hbCBjb250ZXh0IHRoYXQgaXMgY2hhcmFjdGVyaXplZCBieSB0ZW5zaW9ucywgYWRqdXN0bWVudHMsIGFuZCB0cmFuc2Zvcm1hdGlvbnMuIFRoaXMgc3R1ZHkgZm9jdXNlcyBvbiB1bmRlcnN0YW5kaW5nIHRoZSBwcm9mZXNzaW9uYWwgaWRlbnRpdHkgb2YgaGlnaGVyIGVkdWNhdGlvbiB0ZWFjaGVycywgYSBmaWVsZCBjaGFyYWN0ZXJpemVkIGJ5IGNvbnN0YW50IGV2b2x1dGlvbiBhbmQgZGVtYW5kcy4gVGhlIHBlcnNvbmFsIGNoYXJhY3RlcmlzdGljcyBvZiB0aGlzIGlkZW50aXR5IGFyZSBleHBsb3JlZCwgaW5jbHVkaW5nIGV4cGVyaWVuY2VzIGFuZCBiaW9ncmFwaGljYWwgcmVwcmVzZW50YXRpb25zLCBhcyB3ZWxsIGFzIGl0cyBpbnRlcnJlbGF0aW9uc2hpcCB3aXRoIHRoZSBpbnN0aXR1dGlvbmFsIGVudmlyb25tZW50LiBVc2luZyBhIHF1YWxpdGF0aXZlIGludGVycHJldGl2ZSBhcHByb2FjaCwgc2l4IHRlYWNoZXJzIHJlY29nbml6ZWQgZm9yIHRoZWlyIHBlZGFnb2dpY2FsIGlubm92YXRpb24gYW5kIGVkdWNhdGlvbmFsIGNvbW1pdG1lbnQgd2VyZSBpbnRlcnZpZXdlZC4gVGhlIHJlc3VsdHMgcmV2ZWFsIG91dHN0YW5kaW5nIG1vdGl2YXRpb24gYW5kIHJlc3BvbnNpYmlsaXR5IGluIGVkdWNhdGlvbmFsIHdvcmssIGJ1dCBhbHNvIHRlbnNpb25zIGJldHdlZW4gcGVyc29uYWwgaWRlbnRpdHkgYW5kIHRoZSB3b3JrIGNvbnRleHQsIHJlZmxlY3RlZCBpbiB0aGUgcGVyY2VwdGlvbiBvZiBsb3cgcmVjb2duaXRpb24gYW5kIHRoZSBpbXBvcnRhbmNlIG9mIGluc3RpdHV0aW9uYWwgbGVhZGVyc2hpcC4gVGhlIHRlYWNoZXJzIHNob3cgYSBjcml0aWNhbCBhbmQgcmVmbGVjdGl2ZSB2aWV3IG9mIHRoZWlyIHdvcmssIGluZmx1ZW5jZWQgYnkgY2hpbGRob29kIGV4cGVyaWVuY2VzIHRoYXQgaW1wYWN0IHRoZWlyIGNvbmNlcHRpb25zIG9mIGVkdWNhdGlvbmFsIGp1c3RpY2UgYW5kIGVxdWl0eS4gVG8gY29uY2x1ZGUsIHRoZSBjb21tb24gY2hhcmFjdGVyaXN0aWNzIG9mIHByb2Zlc3Npb25hbCBpZGVudGl0eSBpbiBoaWdoZXIgZWR1Y2F0aW9uIGhpZ2hsaWdodCB0aGUgbmVlZCB0byBpbnRlZ3JhdGUgdGhlbSBpbnRvIHByb2Zlc3Npb25hbCBkZXZlbG9wbWVudC4gVGhlIGFydGljbGUgYWR2b2NhdGVzIGZvciB0aGUgZGVzaWduIG9mIG1vcmUgcGVyc29uYWxpemVkIHRyYWluaW5nIHByb2dyYW1zIGFuZCB0aGUgcHJvbW90aW9uIG9mIGNvbnRpbnVvdXMgbGVhcm5pbmcgYW1vbmcgcGVlcnMgYXMga2V5IGVsZW1lbnRzIHRvIHN0cmVuZ3RoZW4gdGhpcyBpZGVudGl0eSBhbmQgaW1wcm92ZSBwZWRhZ29naWNhbCBwcmFjdGljZS4iLCJwdWJsaXNoZXIiOiJGcm9udGllcnMgTWVkaWEgU0EiLCJ2b2x1bWUiOiI5In0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="-320356903"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0005682E">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>(</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
-            <w:t xml:space="preserve">Halal </w:t>
-[...17 lines deleted...]
-            <w:t xml:space="preserve"> et al., 2024)</w:t>
+            <w:t>Halal Orfali et al., 2024)</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77D4E897" w14:textId="4FFC0110" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
@@ -8640,51 +8589,50 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>los resultados muestran que los estudiantes consideran</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> que estos elementos se desarrollan a través de la interacción social, las experiencias extracurriculares y la reflexión personal. La identidad profesional es un fenómeno situado y contextual, donde la interacción de los valores y las actitudes establece un componente esencial de la formación docente </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fOTA3ODAxYjMtNzQ1ZS00NmIyLWFlOTAtZmY3ZDRlMzAzZjE3IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKExvamRvdsOhIGV0wqBhbC4sIDIwMjEpIiwibWFudWFsT3ZlcnJpZGVUZXh0IjoiIn0sImNpdGF0aW9uSXRlbXMiOlt7ImlkIjoiNmVkMGQyYzQtMTVhZS0zNDc3LWJkMDAtMmFlZDMwMzExY2E3IiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiNmVkMGQyYzQtMTVhZS0zNDc3LWJkMDAtMmFlZDMwMzExY2E3IiwidGl0bGUiOiJTdG9yaWVzIG9mIHRlYWNoZXJzJyBpZGVudGl0eTogQmV0d2VlbiBwZXJzb25hbCBhbmQgcHJvZmVzc2lvbmFsIGV4cGVyaWVuY2UiLCJhdXRob3IiOlt7ImZhbWlseSI6IkxvamRvdsOhIiwiZ2l2ZW4iOiJLYXRlxZlpbmEiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJWbMSNa292w6EiLCJnaXZlbiI6IkthdGXFmWluYSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6Ik5laHliYSIsImdpdmVuIjoiSmFuIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiU3R1ZGlhIFBhZWRhZ29naWNhIiwiRE9JIjoiMTAuNTgxNy9TUDIwMjEtMi02IiwiSVNTTiI6IjIzMzY0NTIxIiwiaXNzdWVkIjp7ImRhdGUtcGFydHMiOltbMjAyMV1dfSwiYWJzdHJhY3QiOiJUZWFjaGVyIGlkZW50aXR5IGlzIG9uZSBvZiB0aGUga2V5IGZhY3RvcnMgaW5mbHVlbmNpbmcgdGhlIGZvcm0gYW5kIHF1YWxpdHkgb2YgZWR1Y2F0aW9uYWwgcHJvY2Vzc2VzLiBUaGUgYWltIG9mIG91ciBsaXRlcmF0dXJlIHJldmlldyBpcyBhbiBhbmFseXNpcyBvZiByZXNlYXJjaCBvbiB0ZWFjaGVycycgbmFycmF0aXZlIGlkZW50aXR5IGluIHByaW1hcnkgYW5kIHNlY29uZGFyeSBlZHVjYXRpb24uIFdlIHVzZWQgdGhlIFdlYiBvZiBTY2llbmNlIGRhdGFiYXNlIGFuZCBzZWxlY3RlZCBzdHVkaWVzIGZyb20gMjAxMC0yMDIwIGluIEVuZ2xpc2guIFRoZSBhbmFseXNpcyBzaG93cyB0aGF0IHRoZSBhcmVhIG9mIHRlYWNoZXIgaWRlbnRpdHkgY2FuIGJlIHZpZXdlZCBmcm9tIHRoZSBwb2ludHMgb2YgcGVyc29uYWwgYW5kIHByb2Zlc3Npb25hbCBpZGVudGl0eSBhbmQgdGhlaXIgaW50ZXJwbGF5LiBUaGUgZGF0YSBhYm91dCB0ZWFjaGVyIGlkZW50aXR5IHdlcmUgY29sbGVjdGVkIG1vc3RseSBhcyBuYXJyYXRpdmVzIHNob3dpbmcgdGVhY2hlcnMnIGV4cGVyaWVuY2Ugb2YgdGhlaXIgcHJvZmVzc2lvbiBhbmQgdGhlaXIgc2VsdmVzLiBQcm9mZXNzaW9uYWwgaWRlbnRpdHkgaXMgaW52ZXN0aWdhdGVkIGluIHRlcm1zIG9mIGRpdmVyc2l0eSBpbiBjbGFzc3Jvb20gZGlzY291cnNlLCBjdXJyaWN1bHVtLCBhbmQgcHJvZmVzc2lvbmFsIGRldmVsb3BtZW50LiBSZXNlYXJjaCBvbiBhIHRlYWNoZXJzJyBwZXJzb25hbCBpZGVudGl0eSBmb2N1c2VzIHByaW1hcmlseSBvbiBnZW5kZXIsIHBhcmVudGluZywgc2V4dWFsIG9yaWVudGF0aW9uLCBldGhuaWNpdHksIGN1bHR1cmUsIHBvbGl0aWNhbCBvcmllbnRhdGlvbiwgYW5kIG5hdGlvbmFsIGlkZW50aXR5LiBUaGUgc3R1ZHkgaWxsdXN0cmF0ZXMgYW4gaW50ZXJwbGF5IG9mIHByb2Zlc3Npb25hbCBhbmQgcGVyc29uYWwgaWRlbnRpdHkuIiwiaXNzdWUiOiIyIiwidm9sdW1lIjoiMjYiLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiIifSwiaXNUZW1wb3JhcnkiOmZhbHNlfV19"/>
           <w:id w:val="-1530485712"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>(</w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>Lojdová</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r>
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="000000"/>
             </w:rPr>
@@ -8732,51 +8680,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0005682E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>una</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> formación docente</w:t>
       </w:r>
       <w:r w:rsidR="0005682E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> basado en contenido técnico</w:t>
+        <w:t xml:space="preserve"> basado en contenido </w:t>
+      </w:r>
+      <w:r w:rsidR="0005682E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>técnico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, estos hallazgos muestran que los futuros profesionales integran normas éticas y valores a partir de las experiencias prácticas y la socialización académica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DEBDF78" w14:textId="269D56B7" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
@@ -9127,51 +9084,59 @@
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">las cuales </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>moldeando tanto actitudes como aptitudes</w:t>
       </w:r>
       <w:r w:rsidR="00DB68E4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> De igual forma, se evidenció que los factores personales, socioculturales y educativos se convierten en referentes importantes para orientar la práctica profesional y fortalecer el compromiso ético con la sociedad cuando se ejerza la profesión y durante su trayectoria de preparación. En este caso se destaca la importancia de las relaciones sociales en la formación de la identidad profesional; las interacciones con amigos, familiares y profesionales del campo educativo </w:t>
+        <w:t xml:space="preserve"> De igual forma, se evidenció que los factores personales, socioculturales y educativos se convierten en referentes importantes para orientar la práctica profesional y fortalecer el compromiso ético con la sociedad cuando se ejerza la profesión y durante su trayectoria de preparación. En este caso se destaca la importancia de las relaciones sociales en la formación de la identidad </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">profesional; las interacciones con amigos, familiares y profesionales del campo educativo </w:t>
       </w:r>
       <w:r w:rsidR="00DB68E4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>proporcionaron</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> oportunidades para reflexionar sobre las propias habilidades y aspiraciones.  Esto </w:t>
       </w:r>
       <w:r w:rsidR="00DB68E4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>contribuyó</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
@@ -9242,50 +9207,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk193747726"/>
     </w:p>
     <w:p w14:paraId="42D6CF43" w14:textId="77777777" w:rsidR="006E6311" w:rsidRDefault="006E6311" w:rsidP="006E6311"/>
     <w:p w14:paraId="598D1ED5" w14:textId="77777777" w:rsidR="006E6311" w:rsidRDefault="006E6311" w:rsidP="006E6311"/>
     <w:p w14:paraId="01750A6A" w14:textId="77777777" w:rsidR="006E6311" w:rsidRDefault="006E6311" w:rsidP="006E6311"/>
     <w:p w14:paraId="37020453" w14:textId="77777777" w:rsidR="006E6311" w:rsidRPr="006E6311" w:rsidRDefault="006E6311" w:rsidP="006E6311"/>
     <w:p w14:paraId="5B4F0B15" w14:textId="4495B0BA" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00F13630">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>uturas líneas de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02690EA8" w14:textId="63069391" w:rsidR="00906694" w:rsidRDefault="007F4CC7" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>I</w:t>
@@ -9492,105 +9458,92 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36E92B20" w14:textId="77777777" w:rsidR="006E6311" w:rsidRPr="00A432AB" w:rsidRDefault="006E6311" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01E8EC25" w14:textId="786A5069" w:rsidR="00906694" w:rsidRDefault="008677BF" w:rsidP="00A432AB">
       <w:pPr>
         <w:pStyle w:val="APA7EDI"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00D07D84" w:rsidRPr="00A432AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>eferencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B866990" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Blanco Echeverry, M. del P. (2022). ¿Cómo entender la identidad profesional hoy? El Ágora USB, 22(1), 426-443. https://doi.org/10.21500/16578031.4694 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E8C8510" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Creswell, J. W., &amp; </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, C. N. (2018). </w:t>
+        <w:t xml:space="preserve">Creswell, J. W., &amp; Poth, C. N. (2018). </w:t>
       </w:r>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Qualitative inquiry and research design: Choosing among five approaches (4th ed.). Sage Publications. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FD9A927" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Creswell W. J, &amp; Creswell J. D. (2018). Research design: Qualitative, quantitative, and mixed methods </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A432AB">
@@ -9666,263 +9619,172 @@
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Sustainability</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, 12(20), 8593. https://doi.org/10.3390/su12208593 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61F9B1B3" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Falcón Linares, C., &amp; </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Pérez, A. (2020). Construcción de identidad profesional docente durante la formación inicial como maestros. Revista Complutense de Educación, 31(3), 329-340. https://doi.org/10.5209/rced.63374 </w:t>
+        <w:t xml:space="preserve">Falcón Linares, C., &amp; Arraiz Pérez, A. (2020). Construcción de identidad profesional docente durante la formación inicial como maestros. Revista Complutense de Educación, 31(3), 329-340. https://doi.org/10.5209/rced.63374 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4322FA04" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Flores Arriola, A. L., Muñoz </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Felix</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">, A. P., Félix </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, L. E., &amp; Cárdenas Valverde, J. C. (2024). Identidad docente como factor en el aprendizaje de los estudiantes. Aula Virtual, 5(12), 1578-1597. https://doi.org/10.5281/zenodo.14679089 </w:t>
+        <w:t xml:space="preserve">, A. P., Félix Tipián, L. E., &amp; Cárdenas Valverde, J. C. (2024). Identidad docente como factor en el aprendizaje de los estudiantes. Aula Virtual, 5(12), 1578-1597. https://doi.org/10.5281/zenodo.14679089 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FDE4B10" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">García </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, D. A., &amp; Zanatta Colín, M. E. (2022). Conformación de la identidad profesional en estudiantes de educación superior: Revista de Psicología de la Universidad Autónoma del Estado de México, 11(24), 115-136. https://doi.org/10.36677/rpsicologia.v11i24.18545 </w:t>
+        <w:t xml:space="preserve">García Dottor, D. A., &amp; Zanatta Colín, M. E. (2022). Conformación de la identidad profesional en estudiantes de educación superior: Revista de Psicología de la Universidad Autónoma del Estado de México, 11(24), 115-136. https://doi.org/10.36677/rpsicologia.v11i24.18545 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DF275F5" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Halal </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Valenzuela, R. (2024). </w:t>
+        <w:t xml:space="preserve">Halal Orfali, C., Arancibia Muñoz, M. L., Riquelme Plaza, I., &amp; Unda Valenzuela, R. (2024). </w:t>
       </w:r>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">How higher education teachers see their professional identity. Frontiers in Education, 9, 1429847.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">https://doi.org/10.3389/feduc.2024.1429847 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A42D57" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Hernández-Sampieri, R., Fernández-Collado, C., &amp; Baptista-Lucio, P. (2014). Metodología de la investigación (6.ª ed.). McGraw-Hill </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. https://www.paginaspersonales.unam.mx/files/981/Investigacion_sampieri_6a_ED.pdf </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A6C4DD5" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">, K., &amp; </w:t>
+      <w:r w:rsidRPr="00A432AB">
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lojdová, K., Vlčková, K., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Nehyba</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, J. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Stories of teachers’ identity: between personal and professional experience. Studia </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A432AB">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -10144,50 +10006,51 @@
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79597BC5" w14:textId="77777777" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A432AB">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Rol de Contribución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="78EE2EC5" w14:textId="39F2C73E" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
             <w:pPr>
               <w:pStyle w:val="Ttulo3"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -11488,236 +11351,257 @@
     <w:p w14:paraId="2E9AECA3" w14:textId="77777777" w:rsidR="00906694" w:rsidRDefault="00906694">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5895"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="076596EA" w14:textId="77777777" w:rsidR="00906694" w:rsidRDefault="00906694">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00906694" w:rsidSect="00A432AB">
-      <w:headerReference w:type="default" r:id="rId16"/>
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12242" w:h="15842"/>
       <w:pgMar w:top="1276" w:right="1701" w:bottom="709" w:left="1701" w:header="142" w:footer="259" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C5AAA06" w14:textId="77777777" w:rsidR="00C91D61" w:rsidRDefault="00C91D61">
+    <w:p w14:paraId="74B40A41" w14:textId="77777777" w:rsidR="001C084F" w:rsidRDefault="001C084F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="697BD812" w14:textId="77777777" w:rsidR="00C91D61" w:rsidRDefault="00C91D61">
+    <w:p w14:paraId="55B3613D" w14:textId="77777777" w:rsidR="001C084F" w:rsidRDefault="001C084F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
-    <w:altName w:val="等线 Light"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6CC27949" w14:textId="4B1CC725" w:rsidR="00A432AB" w:rsidRPr="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A432AB">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00A432AB">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>12  Núm.</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00A432AB">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 24                   Julio – Diciembre 2025                      PAG</w:t>
+      <w:t xml:space="preserve"> 24                   Julio – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00A432AB">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00A432AB">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025                      PAG</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FCBFD9F" w14:textId="77777777" w:rsidR="00C91D61" w:rsidRDefault="00C91D61">
+    <w:p w14:paraId="684B1DDD" w14:textId="77777777" w:rsidR="001C084F" w:rsidRDefault="001C084F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C0EEF83" w14:textId="77777777" w:rsidR="00C91D61" w:rsidRDefault="00C91D61">
+    <w:p w14:paraId="4DC8774E" w14:textId="77777777" w:rsidR="001C084F" w:rsidRDefault="001C084F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2DB2FEC7" w14:textId="69DF47AA" w:rsidR="00A432AB" w:rsidRDefault="00A432AB" w:rsidP="00A432AB">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35CD421D" wp14:editId="1E6E27F5">
           <wp:extent cx="5612130" cy="608330"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="761876416" name="image15.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="761876416" name="image15.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
@@ -11725,51 +11609,51 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="608330"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27650EB0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="27650EB0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12376,51 +12260,51 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="462188006">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="199710713">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1240679621">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1627851456">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="374355601">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1884052239">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C1DA5"/>
     <w:rsid w:val="0000055C"/>
     <w:rsid w:val="00000A14"/>
@@ -12515,50 +12399,51 @@
     <w:rsid w:val="0014553A"/>
     <w:rsid w:val="00147106"/>
     <w:rsid w:val="001479A5"/>
     <w:rsid w:val="00152A5C"/>
     <w:rsid w:val="00157425"/>
     <w:rsid w:val="0015749B"/>
     <w:rsid w:val="00160072"/>
     <w:rsid w:val="0017280F"/>
     <w:rsid w:val="00175228"/>
     <w:rsid w:val="00176059"/>
     <w:rsid w:val="00176DEB"/>
     <w:rsid w:val="00176F0C"/>
     <w:rsid w:val="00183668"/>
     <w:rsid w:val="001877A9"/>
     <w:rsid w:val="00193804"/>
     <w:rsid w:val="0019473C"/>
     <w:rsid w:val="001963C2"/>
     <w:rsid w:val="00196732"/>
     <w:rsid w:val="001979EF"/>
     <w:rsid w:val="001A0EC9"/>
     <w:rsid w:val="001A1D6B"/>
     <w:rsid w:val="001A6E65"/>
     <w:rsid w:val="001B3898"/>
     <w:rsid w:val="001B7330"/>
     <w:rsid w:val="001C0753"/>
+    <w:rsid w:val="001C084F"/>
     <w:rsid w:val="001C1191"/>
     <w:rsid w:val="001C1345"/>
     <w:rsid w:val="001C1734"/>
     <w:rsid w:val="001C298A"/>
     <w:rsid w:val="001C2A68"/>
     <w:rsid w:val="001C4195"/>
     <w:rsid w:val="001C4AEC"/>
     <w:rsid w:val="001C4CC8"/>
     <w:rsid w:val="001D377F"/>
     <w:rsid w:val="001D3E12"/>
     <w:rsid w:val="001E5996"/>
     <w:rsid w:val="001F145E"/>
     <w:rsid w:val="001F313D"/>
     <w:rsid w:val="001F473D"/>
     <w:rsid w:val="001F57BD"/>
     <w:rsid w:val="00202A79"/>
     <w:rsid w:val="00204FFA"/>
     <w:rsid w:val="00207DEA"/>
     <w:rsid w:val="002100AC"/>
     <w:rsid w:val="002108A3"/>
     <w:rsid w:val="00210CAA"/>
     <w:rsid w:val="0021237C"/>
     <w:rsid w:val="00214482"/>
     <w:rsid w:val="00215881"/>
     <w:rsid w:val="00220043"/>
@@ -12654,50 +12539,51 @@
     <w:rsid w:val="003708B8"/>
     <w:rsid w:val="00372561"/>
     <w:rsid w:val="00372E06"/>
     <w:rsid w:val="00374F5C"/>
     <w:rsid w:val="0037598B"/>
     <w:rsid w:val="003763C8"/>
     <w:rsid w:val="00377CD8"/>
     <w:rsid w:val="00382CFA"/>
     <w:rsid w:val="00383817"/>
     <w:rsid w:val="00384E1B"/>
     <w:rsid w:val="00385FC9"/>
     <w:rsid w:val="00386E8D"/>
     <w:rsid w:val="003909FA"/>
     <w:rsid w:val="003917F9"/>
     <w:rsid w:val="00391CA9"/>
     <w:rsid w:val="00391DDD"/>
     <w:rsid w:val="0039298D"/>
     <w:rsid w:val="0039395E"/>
     <w:rsid w:val="00394144"/>
     <w:rsid w:val="00394520"/>
     <w:rsid w:val="003950F9"/>
     <w:rsid w:val="003954B9"/>
     <w:rsid w:val="003961D3"/>
     <w:rsid w:val="00397686"/>
     <w:rsid w:val="003A17F3"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A5B4D"/>
     <w:rsid w:val="003A66A9"/>
     <w:rsid w:val="003A71DB"/>
     <w:rsid w:val="003A72DE"/>
     <w:rsid w:val="003B058D"/>
     <w:rsid w:val="003B242A"/>
     <w:rsid w:val="003B4096"/>
     <w:rsid w:val="003C1DA5"/>
     <w:rsid w:val="003C202A"/>
     <w:rsid w:val="003C334A"/>
     <w:rsid w:val="003C3944"/>
     <w:rsid w:val="003C4AA7"/>
     <w:rsid w:val="003C4FC5"/>
     <w:rsid w:val="003C5951"/>
     <w:rsid w:val="003C72A2"/>
     <w:rsid w:val="003D2028"/>
     <w:rsid w:val="003D2686"/>
     <w:rsid w:val="003D3209"/>
     <w:rsid w:val="003D4AB5"/>
     <w:rsid w:val="003F255D"/>
     <w:rsid w:val="003F4AD3"/>
     <w:rsid w:val="00400143"/>
     <w:rsid w:val="00407185"/>
     <w:rsid w:val="00412B88"/>
     <w:rsid w:val="00412D83"/>
@@ -12910,50 +12796,51 @@
     <w:rsid w:val="00716F79"/>
     <w:rsid w:val="00723D86"/>
     <w:rsid w:val="00724220"/>
     <w:rsid w:val="00727E9D"/>
     <w:rsid w:val="0073077F"/>
     <w:rsid w:val="007321D4"/>
     <w:rsid w:val="00733876"/>
     <w:rsid w:val="007355E8"/>
     <w:rsid w:val="007368DE"/>
     <w:rsid w:val="00737D3A"/>
     <w:rsid w:val="0074008B"/>
     <w:rsid w:val="007403C5"/>
     <w:rsid w:val="00742A6F"/>
     <w:rsid w:val="007435DF"/>
     <w:rsid w:val="00751D62"/>
     <w:rsid w:val="00752978"/>
     <w:rsid w:val="00752F64"/>
     <w:rsid w:val="00760366"/>
     <w:rsid w:val="00762919"/>
     <w:rsid w:val="00762A9F"/>
     <w:rsid w:val="00764715"/>
     <w:rsid w:val="0076473B"/>
     <w:rsid w:val="00765B1E"/>
     <w:rsid w:val="00771428"/>
     <w:rsid w:val="0077431D"/>
+    <w:rsid w:val="007744B2"/>
     <w:rsid w:val="00775EE2"/>
     <w:rsid w:val="007769FA"/>
     <w:rsid w:val="0078092A"/>
     <w:rsid w:val="007850C7"/>
     <w:rsid w:val="007878EC"/>
     <w:rsid w:val="00791CB2"/>
     <w:rsid w:val="007944FA"/>
     <w:rsid w:val="00795491"/>
     <w:rsid w:val="007969F0"/>
     <w:rsid w:val="00796A41"/>
     <w:rsid w:val="007A3792"/>
     <w:rsid w:val="007A3EA7"/>
     <w:rsid w:val="007A50B9"/>
     <w:rsid w:val="007A5BC8"/>
     <w:rsid w:val="007A631A"/>
     <w:rsid w:val="007B0261"/>
     <w:rsid w:val="007B391D"/>
     <w:rsid w:val="007B4A03"/>
     <w:rsid w:val="007B6C2B"/>
     <w:rsid w:val="007B7B65"/>
     <w:rsid w:val="007C2518"/>
     <w:rsid w:val="007C2FE4"/>
     <w:rsid w:val="007C41BD"/>
     <w:rsid w:val="007C4421"/>
     <w:rsid w:val="007C5333"/>
@@ -13544,66 +13431,66 @@
     <w:rsid w:val="00FE3171"/>
     <w:rsid w:val="00FE7901"/>
     <w:rsid w:val="00FF1469"/>
     <w:rsid w:val="00FF1F86"/>
     <w:rsid w:val="00FF2B85"/>
     <w:rsid w:val="00FF3243"/>
     <w:rsid w:val="0D216332"/>
     <w:rsid w:val="634F54A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="1026" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="52D6B4BF"/>
   <w15:docId w15:val="{7EF4E91A-63FC-408A-BCC5-E8178050C0AF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="es-MX" w:eastAsia="es-MX" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14025,51 +13912,50 @@
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
@@ -14484,67 +14370,67 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C298A"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteprimerasangraCar">
     <w:name w:val="Texto independiente primera sangría Car"/>
     <w:basedOn w:val="TextoindependienteCar"/>
     <w:link w:val="Textoindependienteprimerasangra"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001C298A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="es-ES" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-8397-1241" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosmario.or7@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6559-0879" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dorisdzid@Hotmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosmario.or7@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/pag.v12i24.941" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6559-0879" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dorisdzid@Hotmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-8397-1241" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0C6BD7C0-D914-4B41-A6FE-58AA7E0369C3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008D3B8D" w:rsidRDefault="000D6ABA">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
           </w:r>
         </w:p>
@@ -14591,230 +14477,230 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4BE7A73B-7CC0-4CBF-A572-58DDA179C141}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D57B31" w:rsidRDefault="007E1D60" w:rsidP="007E1D60">
           <w:pPr>
             <w:pStyle w:val="4EED9F12B44F4138A6E7F61157CF44F3"/>
           </w:pPr>
           <w:r w:rsidRPr="00A91A19">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00452DF5" w:rsidRDefault="00452DF5">
+    <w:p w:rsidR="00820C32" w:rsidRDefault="00820C32">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00452DF5" w:rsidRDefault="00452DF5">
+    <w:p w:rsidR="00820C32" w:rsidRDefault="00820C32">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
-    <w:altName w:val="等线 Light"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00452DF5" w:rsidRDefault="00452DF5">
+    <w:p w:rsidR="00820C32" w:rsidRDefault="00820C32">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00452DF5" w:rsidRDefault="00452DF5">
+    <w:p w:rsidR="00820C32" w:rsidRDefault="00820C32">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A49DE"/>
     <w:rsid w:val="000238BE"/>
     <w:rsid w:val="00033277"/>
     <w:rsid w:val="0007134B"/>
     <w:rsid w:val="000C685B"/>
     <w:rsid w:val="000D6ABA"/>
     <w:rsid w:val="00131972"/>
     <w:rsid w:val="00133689"/>
     <w:rsid w:val="001C1345"/>
     <w:rsid w:val="001C2898"/>
     <w:rsid w:val="001E4B81"/>
     <w:rsid w:val="00216851"/>
     <w:rsid w:val="00224415"/>
     <w:rsid w:val="00227E4E"/>
     <w:rsid w:val="00243927"/>
     <w:rsid w:val="00245F58"/>
     <w:rsid w:val="00262B89"/>
     <w:rsid w:val="00277702"/>
     <w:rsid w:val="002A1CE2"/>
     <w:rsid w:val="002A498E"/>
     <w:rsid w:val="002A7BE3"/>
     <w:rsid w:val="002B00C7"/>
     <w:rsid w:val="002C2EE1"/>
     <w:rsid w:val="00306983"/>
     <w:rsid w:val="00310F95"/>
     <w:rsid w:val="00320A24"/>
+    <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A3040"/>
     <w:rsid w:val="003C4D94"/>
     <w:rsid w:val="00412B88"/>
     <w:rsid w:val="00413D52"/>
     <w:rsid w:val="00416B85"/>
     <w:rsid w:val="00422415"/>
     <w:rsid w:val="004526DA"/>
     <w:rsid w:val="00452DF5"/>
     <w:rsid w:val="0045644B"/>
     <w:rsid w:val="0045709B"/>
     <w:rsid w:val="0045760A"/>
     <w:rsid w:val="00491A9C"/>
     <w:rsid w:val="004A74F9"/>
     <w:rsid w:val="004C7754"/>
     <w:rsid w:val="004F23AA"/>
     <w:rsid w:val="00531B9B"/>
     <w:rsid w:val="00533E48"/>
     <w:rsid w:val="00535E00"/>
     <w:rsid w:val="00575889"/>
     <w:rsid w:val="00577C87"/>
     <w:rsid w:val="00584033"/>
     <w:rsid w:val="00596E7E"/>
     <w:rsid w:val="005975B3"/>
     <w:rsid w:val="005977E3"/>
     <w:rsid w:val="005B0F77"/>
@@ -14823,50 +14709,51 @@
     <w:rsid w:val="005B6C36"/>
     <w:rsid w:val="005C11B8"/>
     <w:rsid w:val="005E4F92"/>
     <w:rsid w:val="0061556E"/>
     <w:rsid w:val="00622459"/>
     <w:rsid w:val="00624848"/>
     <w:rsid w:val="00637890"/>
     <w:rsid w:val="00641DEA"/>
     <w:rsid w:val="00653332"/>
     <w:rsid w:val="006706F2"/>
     <w:rsid w:val="00687EC8"/>
     <w:rsid w:val="006A49DE"/>
     <w:rsid w:val="006A4E01"/>
     <w:rsid w:val="006A6641"/>
     <w:rsid w:val="006D1461"/>
     <w:rsid w:val="006E1F99"/>
     <w:rsid w:val="006F23C9"/>
     <w:rsid w:val="00705F37"/>
     <w:rsid w:val="007412BE"/>
     <w:rsid w:val="00742A6F"/>
     <w:rsid w:val="007944FA"/>
     <w:rsid w:val="007A2EDC"/>
     <w:rsid w:val="007E1D60"/>
     <w:rsid w:val="00804210"/>
     <w:rsid w:val="00804B7B"/>
+    <w:rsid w:val="00820C32"/>
     <w:rsid w:val="00827CC7"/>
     <w:rsid w:val="0083595D"/>
     <w:rsid w:val="008B59A6"/>
     <w:rsid w:val="008C24AF"/>
     <w:rsid w:val="008C4D79"/>
     <w:rsid w:val="008D3B8D"/>
     <w:rsid w:val="008F04D4"/>
     <w:rsid w:val="008F1F42"/>
     <w:rsid w:val="008F2CA4"/>
     <w:rsid w:val="00905E79"/>
     <w:rsid w:val="00917F76"/>
     <w:rsid w:val="00950786"/>
     <w:rsid w:val="00950AA0"/>
     <w:rsid w:val="009522D9"/>
     <w:rsid w:val="00963BA7"/>
     <w:rsid w:val="009808FB"/>
     <w:rsid w:val="00997CF6"/>
     <w:rsid w:val="009D2A60"/>
     <w:rsid w:val="00A11F28"/>
     <w:rsid w:val="00A964D2"/>
     <w:rsid w:val="00AA0E70"/>
     <w:rsid w:val="00AA29B1"/>
     <w:rsid w:val="00AB4B5F"/>
     <w:rsid w:val="00AB64D2"/>
     <w:rsid w:val="00AD1CD1"/>
@@ -14921,51 +14808,51 @@
     <w:rsid w:val="00FA483C"/>
     <w:rsid w:val="00FD6CC2"/>
     <w:rsid w:val="00FF1F86"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="es-MX" w:eastAsia="es-MX" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15380,51 +15267,51 @@
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4EED9F12B44F4138A6E7F61157CF44F3">
     <w:name w:val="4EED9F12B44F4138A6E7F61157CF44F3"/>
     <w:rsid w:val="007E1D60"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -15680,50 +15567,80 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+  <customSectProps/>
+  <customShpExts>
+    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
+  </customShpExts>
+</s:customData>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="70e25b89-e0dc-41c7-b14f-b3c516697cc9" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005AA19A8E6F8E024ABF7365B1D25A24AB" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0a96232972c8546872d799fe0dc0101e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="70e25b89-e0dc-41c7-b14f-b3c516697cc9" xmlns:ns4="eeb31dc6-445f-45cc-a943-6fe8d00c503d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f9f55e57bb78150f674a1b951b156291" ns3:_="" ns4:_="">
     <xsd:import namespace="70e25b89-e0dc-41c7-b14f-b3c516697cc9"/>
     <xsd:import namespace="eeb31dc6-445f-45cc-a943-6fe8d00c503d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -15900,168 +15817,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D8F5BB5-5D0C-4A69-B8F6-F7936BA2CF4B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C20B89-F4BA-4AD5-B607-B86AACB3B793}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="70e25b89-e0dc-41c7-b14f-b3c516697cc9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</s:customData>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79ADC517-6D1C-41CA-A26F-2338EE08DBED}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F477127A-7A4D-4FDD-8E00-66F05D319937}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/2000/xmlns/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="70e25b89-e0dc-41c7-b14f-b3c516697cc9"/>
     <ds:schemaRef ds:uri="eeb31dc6-445f-45cc-a943-6fe8d00c503d"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...36 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5997</Words>
-  <Characters>32984</Characters>
+  <Words>6012</Words>
+  <Characters>33069</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>274</Lines>
-  <Paragraphs>77</Paragraphs>
+  <Lines>275</Lines>
+  <Paragraphs>78</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MyCompany</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38904</CharactersWithSpaces>
+  <CharactersWithSpaces>39003</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Carlos Mario Ovando Rodriguez</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005AA19A8E6F8E024ABF7365B1D25A24AB</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
     <vt:lpwstr>2058-12.2.0.23155</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ICV">